--- v0 (2025-10-28)
+++ v1 (2026-02-24)
@@ -111,102 +111,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将前往尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：波士顿出发&amp;rarr;尼亚加拉瀑布夜景游（自费，90分钟）特别说明：为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
+              <w:t xml:space="preserve">今天，我们将前往尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：波士顿出发&amp;rarr;尼亚加拉瀑布夜景游（必付项目，90分钟）特别说明：为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将在瀑布进行一系列活动，驱车沿着尼亚加拉瀑布直至下游的战争古堡，瞭解瀑布的前世今生。行程安排：尼亚加拉瀑布经典游（必付项目，2.5小时，包含旋涡州立公园+风之洞+雾中少女号观瀑船）&amp;rarr;尼亚加拉古堡州立公园+尼亚加拉瀑布发电站深度游（自费，40分钟）&amp;rarr;波士顿景点介绍：【尼亚加拉旋涡州立公园NiagaraWhirlpoolStatePark】尼亚加拉旋涡深125英尺，是在7500年前被水侵蚀而形成的。它位于尼亚加拉由西北流向突然向东北方向拐弯的地方，急促的河水在流向改变后回流，形成一个巨大的旋涡。公园内很清静，有烧烤炉和野餐桌，站在上面可以俯瞰下面的大旋涡，非常壮观。公园内有一条小道可下到谷底，可以乘冲锋舟进入大旋涡体验惊心动魄的场面。【风之洞（美境）CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【尼亚加拉古堡州立公园OldFortNiagaraStatePark】战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。</w:t>
+              <w:t xml:space="preserve">今天我们将在瀑布进行一系列活动，驱车沿着尼亚加拉瀑布直至下游的战争古堡，了解瀑布的前世今生。行程安排：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+雾中少女号观瀑船）&amp;rarr;波士顿特殊说明：雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后，行程将不再前往该景点，具体关闭时间以景点实际通知为准，敬请谅解。景点介绍：【尼亚加拉旋涡州立公园NiagaraWhirlpoolStatePark】尼亚加拉旋涡深125英尺，是在7500年前被水侵蚀而形成的。它位于尼亚加拉由西北流向突然向东北方向拐弯的地方，急促的河水在流向改变后回流，形成一个巨大的旋涡。公园内很清静，有烧烤炉和野餐桌，站在上面可以俯瞰下面的大旋涡，非常壮观。【风之洞CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -260,83 +260,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：尼亚加拉瀑布经典游NiagaraFallsClassicTour(Mandatory)成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船/古堡州立公园尼亚加拉瀑布夜景游NiagaraFallsNightTour成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00尼亚加拉古堡州立公园+尼亚加拉瀑布发电站深度游OldFortNiagaraStatePark+NiagaraFallsPowerVistaIn-depthTour成人：$25.00儿童（0-12岁）：$15.00</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述BNF2：尼亚加拉瀑布经典游NiagaraFallsClassicTour成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船BNF2必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>