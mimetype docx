--- v0 (2025-10-17)
+++ v1 (2026-03-16)
@@ -213,153 +213,153 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，也可以前往三大主题乐园尽情玩乐（自费），或者选择粉红湖+霍必窟天井一日游（自费）。1.西卡莱特乐园Xcaret一日游（预定代码MC1XT）天天出发（一人成团）平日价格：成人：$198/人，儿童（5-11）：$149/人旺季价格：成人：$208/人，儿童（5-11）：$156/人（2024旺季日期：07/01-08/11、12/26-12/31）行程安排：酒店&amp;rarr;西卡莱特乐园Xcaret&amp;rarr;酒店（无中文导游陪同，搭乘乐园提供接驳车往返酒店）2.西普洛乐园Xplor一日游（预定代码MC1XR）淡季出发班期：周一至周六；旺季出发班期：天天出发（一人成团）平日价格：成人：$183/人，儿童（5-11）：$137/人旺季价格：成人：$193/人，儿童（5-11）：$145/人（2024旺季日期：07/01-08/11、12/26-12/31）行程安排：酒店&amp;rarr;西普洛乐园Xplor&amp;rarr;酒店（无中文导游陪同，搭乘乐园提供接驳车往返酒店）3.谢哈乐园Xel-Ha一日游（预定代码MC1XA）天天出发（一人成团）平日价格：成人：$145/人，儿童（5-11）：$109/人旺季价格：成人：$155/人，儿童（5-11）：$117/人（2024旺季日期：07/01-08/11、12/26-12/31）行程安排：酒店&amp;rarr;谢哈乐园Xel-Ha&amp;rarr;酒店（无中文导游陪同，搭乘乐园提供接驳车往返酒店）4.粉红湖+霍必窟天井一日游（预定代码MC1PT）英文团：两人成团，天天出发。中文团：周三、周四：两人成团。中文团：周一、周二、周五、周六、周日：四人成团。（少于2人的订单，请提前询位，团出发前2天中午12:00（美东时间）可最终确认是否成团）价格：成人：$219/人，儿童（3-11）：$199/人行程安排：粉红湖（30分钟）&amp;rarr;霍必窟天井&amp;amp;午餐（90分钟）景点介绍：【西卡莱特乐园XcaretPark】XCaret主题公园坐落在加勒比海岸，原本也是一处玛雅遗址，后来发现这里蕴藏着几支地下河流，水清如碧玉。于是1990年，一个墨西哥本土的建筑集团与墨西哥的人类和历史研究院合作动工，成功打造了今天的集生态和古文化为一体的主题公园，一炮走红，成为世界著名的旅游胜地之一。公园内拥有40多处景点且老幼皆宜，是家庭旅游的理想去处！在公园里，您不仅能在地下河游泳，探索神秘的洞穴，漫步于丛林小道，观赏栖息在公园内的动物：鹿、美洲虎、火烈鸟及其它异国鸟类；还能在蝴蝶馆发现新色彩，以及在珊瑚礁水族馆发掘海洋之谜。乐园内有几处值得游览的景点，如玛雅古迹、墨西哥民俗博物馆、传统的HaciendaHenequenera庄园以及瓜达罗佩教堂。另外，您还可以观看前西班牙时代舞蹈、马术表演和由300位演员华丽演绎的&amp;rdquo;XcaretM&amp;eacute;xicoEspectacular&amp;rdquo;墨西哥风情表演，体验墨西哥的文化。【谢哈乐园Xel-HaPark】谢哈公园是世界上最大的自然海洋生态公园，迷人小海湾、天然井和水池。整个园区就是一个自然保护区，这里有美丽的加勒比风光、热带雨林和独有的物种以及完好的自然生态。您可以在谢哈乐园的自然景观中尽情享用美食与饮品、浮潜、漂流，享受各种水上活动带来的乐趣，或者躺在吊床上休息，欣赏天堂般的迷人景色，快来尽情游玩吧~【西普洛乐园XplorPark】西普洛乐园是坎昆最刺激的冒险乐园，公园位于丛林中心，在这里您可以使用新式、安全的装备，参加各种冒险活动。沿着高空滑索滑行，驾驶水陆两栖车在地上地下行驶，通过游泳和木筏穿梭在布满钟乳石和石笋的古地层溶洞。西普洛乐园就是你要找的冒险圣地！【粉红湖LasColoradasPinkLake】这片湖的粉红色源自于盐水中大量的粉色藻类，肉眼可见的粉色湖水，让人仿佛置身童话世界之中，一眼望去如同连着天际的一幅水彩画。在坎昆，&amp;ldquo;九亿少女的梦&amp;rdquo;是火遍INS的&amp;ldquo;粉红湖&amp;rdquo;，没有一个&amp;ldquo;粉红控&amp;rdquo;能抗拒这片梦幻的湖水。虽然偏居于墨西哥尤卡坦半岛一隅，但是其独特的纯天然少女感让人心情不自觉的就变好~【霍必窟天井CenoteHubiku】&amp;ldquo;Hubik&amp;uacute;&amp;rdquo;在玛雅语中的意思是&amp;ldquo;大主&amp;rdquo;、&amp;ldquo;鬣蜥巢&amp;rdquo;，它位于尤卡坦半岛特莫松附近。Cenote是一个天然石灰岩洞，洞深约27米，其形状几乎为圆形，直径约为50米。洞中水体清澈，这是一个地下自然形成的天然&amp;ldquo;游泳池&amp;rdquo;，通过石阶往下，便可以在宝蓝色的水中畅游了，这一定是不能错过的精彩体验。正午时分，阳光从顶部直射下来，犹如天使张开双臂，宛如人间仙境。</w:t>
+              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，也可以前往三大主题乐园尽情玩乐（自费），或者选择粉红湖+霍必窟天井一日游（自费）。1.西卡莱特乐园Xcaret一日游（预定代码MC1XT）天天出发（一人成团）平日价格：成人：$200/人，儿童（5-11）：$150/人旺季价格：成人：$210/人，儿童（5-11）：$158/人（2025旺季日期：03/14-04/27、07/01-08/15、12/26-12/31）行程安排：酒店&amp;rarr;西卡莱特乐园Xcaret&amp;rarr;酒店（无中文导游陪同，搭乘乐园提供接驳车往返酒店）2.西普洛乐园Xplor一日游（预定代码MC1XR）淡季出发班期：周一至周六；旺季出发班期：天天出发（一人成团）平日价格：成人：$185/人，儿童（5-11）：$139/人旺季价格：成人：$195/人，儿童（5-11）：$147/人（2025旺季日期：03/14-04/27、07/01-08/15、12/26-12/31）行程安排：酒店&amp;rarr;西普洛乐园Xplor&amp;rarr;酒店（无中文导游陪同，搭乘乐园提供接驳车往返酒店）3.谢哈乐园Xel-Ha一日游（预定代码MC1XA）天天出发（一人成团）平日价格：成人：$155/人，儿童（5-11）：$117/人旺季价格：成人：$165/人，儿童（5-11）：$124/人（2025旺季日期：03/14-04/27、07/01-08/15、12/26-12/31）行程安排：酒店&amp;rarr;谢哈乐园Xel-Ha&amp;rarr;酒店（无中文导游陪同，搭乘乐园提供接驳车往返酒店）4.粉红湖+霍必窟天井一日游（预定代码MC1PT）英文团：两人成团，天天出发。中文团：周三、周四：两人成团。中文团：周一、周二、周五、周六、周日：四人成团。（少于2人的订单，请提前询位，团出发前2天中午12:00（美东时间）可最终确认是否成团）价格：成人：$229/人，儿童（3-11）：$209/人行程安排：粉红湖（30分钟）&amp;rarr;霍必窟天井&amp;amp;午餐（90分钟）温馨提示：因X乐园官网目前维护升级无法正常预订门票，X乐园日游将暂停预订，具体恢复时间另行通知。在此期间，您可尽情享受我们为您安排的沙滩全包酒店内的各项美食与设施。景点介绍：【西卡莱特乐园XcaretPark】XCaret主题公园坐落在加勒比海岸，原本也是一处玛雅遗址，后来发现这里蕴藏着几支地下河流，水清如碧玉。于是1990年，一个墨西哥本土的建筑集团与墨西哥的人类和历史研究院合作动工，成功打造了今天的集生态和古文化为一体的主题公园，一炮走红，成为世界著名的旅游胜地之一。公园内拥有40多处景点且老幼皆宜，是家庭旅游的理想去处！在公园里，您不仅能在地下河游泳，探索神秘的洞穴，漫步于丛林小道，观赏栖息在公园内的动物：鹿、美洲虎、火烈鸟及其它异国鸟类；还能在蝴蝶馆发现新色彩，以及在珊瑚礁水族馆发掘海洋之谜。乐园内有几处值得游览的景点，如玛雅古迹、墨西哥民俗博物馆、传统的HaciendaHenequenera庄园以及瓜达罗佩教堂。另外，您还可以观看前西班牙时代舞蹈、马术表演和由300位演员华丽演绎的&amp;rdquo;XcaretM&amp;eacute;xicoEspectacular&amp;rdquo;墨西哥风情表演，体验墨西哥的文化。【谢哈乐园Xel-HaPark】谢哈公园是世界上最大的自然海洋生态公园，迷人小海湾、天然井和水池。整个园区就是一个自然保护区，这里有美丽的加勒比风光、热带雨林和独有的物种以及完好的自然生态。您可以在谢哈乐园的自然景观中尽情享用美食与饮品、浮潜、漂流，享受各种水上活动带来的乐趣，或者躺在吊床上休息，欣赏天堂般的迷人景色，快来尽情游玩吧~【西普洛乐园XplorPark】西普洛乐园是坎昆最刺激的冒险乐园，公园位于丛林中心，在这里您可以使用新式、安全的装备，参加各种冒险活动。沿着高空滑索滑行，驾驶水陆两栖车在地上地下行驶，通过游泳和木筏穿梭在布满钟乳石和石笋的古地层溶洞。西普洛乐园就是你要找的冒险圣地！【粉红湖LasColoradasPinkLake】这片湖的粉红色源自于盐水中大量的粉色藻类，肉眼可见的粉色湖水，让人仿佛置身童话世界之中，一眼望去如同连着天际的一幅水彩画。在坎昆，&amp;ldquo;九亿少女的梦&amp;rdquo;是火遍INS的&amp;ldquo;粉红湖&amp;rdquo;，没有一个&amp;ldquo;粉红控&amp;rdquo;能抗拒这片梦幻的湖水。虽然偏居于墨西哥尤卡坦半岛一隅，但是其独特的纯天然少女感让人心情不自觉的就变好~【霍必窟天井CenoteHubiku】&amp;ldquo;Hubik&amp;uacute;&amp;rdquo;在玛雅语中的意思是&amp;ldquo;大主&amp;rdquo;、&amp;ldquo;鬣蜥巢&amp;rdquo;，它位于尤卡坦半岛特莫松附近。Cenote是一个天然石灰岩洞，洞深约27米，其形状几乎为圆形，直径约为50米。洞中水体清澈，这是一个地下自然形成的天然&amp;ldquo;游泳池&amp;rdquo;，通过石阶往下，便可以在宝蓝色的水中畅游了，这一定是不能错过的精彩体验。正午时分，阳光从顶部直射下来，犹如天使张开双臂，宛如人间仙境。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，也可以前往三大主题乐园尽情玩乐（自费），或者选择粉红湖+霍必窟天井一日游（自费）。详情请参照第3天。1.西卡莱特乐园Xcaret一日游（预定代码MC1XT）2.西普洛乐园Xplor一日游（预定代码MC1XR）3.谢哈乐园Xel-Ha一日游（预定代码MC1XA）4.粉红湖+霍必窟天井一日游（预定代码MC1PT）</w:t>
+              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，也可以前往三大主题乐园尽情玩乐（自费），或者选择粉红湖+霍必窟天井一日游（自费）。详情请参照第3天。1.西卡莱特乐园Xcaret一日游（预定代码MC1XT）2.西普洛乐园Xplor一日游（预定代码MC1XR）3.谢哈乐园Xel-Ha一日游（预定代码MC1XA）4.粉红湖+霍必窟天井一日游（预定代码MC1PT）温馨提示：因X乐园官网目前维护升级无法正常预订门票，X乐园日游将暂停预订，具体恢复时间另行通知。在此期间，您可尽情享受我们为您安排的沙滩全包酒店内的各项美食与设施。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，也可以前往三大主题乐园尽情玩乐（自费），或者选择粉红湖+霍必窟天井一日游（自费）。详情请参照第3天。1.西卡莱特乐园Xcaret一日游（预定代码MC1XT）2.西普洛乐园Xplor一日游（预定代码MC1XR）3.谢哈乐园Xel-Ha一日游（预定代码MC1XA）4.粉红湖+霍必窟天井一日游（预定代码MC1PT）</w:t>
+              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，也可以前往三大主题乐园尽情玩乐（自费），或者选择粉红湖+霍必窟天井一日游（自费）。详情请参照第3天。1.西卡莱特乐园Xcaret一日游（预定代码MC1XT）2.西普洛乐园Xplor一日游（预定代码MC1XR）3.谢哈乐园Xel-Ha一日游（预定代码MC1XA）4.粉红湖+霍必窟天井一日游（预定代码MC1PT）温馨提示：因X乐园官网目前维护升级无法正常预订门票，X乐园日游将暂停预订，具体恢复时间另行通知。在此期间，您可尽情享受我们为您安排的沙滩全包酒店内的各项美食与设施。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>