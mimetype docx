--- v0 (2025-10-15)
+++ v1 (2026-02-25)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上开启今天的小环岛精华游。举世闻名的威基基，夏威夷最著名的地标之一的钻石头，檀香山高级住宅区卡哈拉，壮观的海泉喷口等。行程安排：威基基海滩（途经）&amp;rarr;钻石头火山口观景台（15分钟）&amp;rarr;哈拉高级住宅区（途经）&amp;rarr;海泉喷口（15分钟）&amp;rarr;白沙滩（途经）&amp;rarr;努阿努帕里大风口（20分钟）WaikikiHotel区域免费接送，详情请点击链接查看。游览时间：2024年：8:30am-11:00am；2025年：8:00am-11:30am景点介绍：【威基基海滩WaikikiBeach】威基基海滩位于夏威夷首府檀香山市，是世界上最著名的海滩，东起钻石山下的卡皮欧尼拉公园，西至阿拉威游艇码头，长度约1.61千米。这里有细软洁白的沙滩、摇曳多姿的椰子树以及林立的高楼大厦。这里林立着世界一流的购物、餐饮、娱乐、活动场所和度假村。在这里，你可以尽情享受夏威夷沙滩的无限风情。【钻石头火山口观景台DiamondHeadLookout】钻石山的标志性轮廓与檀香山的天际线相连，正好映衬在威基基海滩之上。这座760英尺（232米）高的火山口，是夏威夷最著名的地标之一。这个火山口形成于10多万年以前，在20世纪初被作为战略军事瞭望站，于1968年被命名为国家自然地标。今天，钻石山是深受欢迎的徒步目的地，在这里可以俯瞰威基基和欧胡岛南海岸的全景。【海泉喷口HālonaBlowhole】奇景海泉喷口是一处非常特殊的自然景观，海岸边的岩石，经过长期的海蚀作用而形成一个小洞穴，每当大浪来袭，海水便由小洞穴喷发而出，形成一种天然奇观。【努阿努帕里大风口NuuanuPaliLookout】大风口以其终年强劲的大风而闻名，而且这里还是一处视域开阔的悬崖观景台。站在观景台可眺望欧胡岛东北平原优美的风景，在贯穿欧胡岛的强风吹拂中感受自然之美。</w:t>
+              <w:t xml:space="preserve">早上开启今天的小环岛精华游。举世闻名的威基基，夏威夷最著名的地标之一的钻石头，檀香山高级住宅区卡哈拉，壮观的海泉喷口等。行程安排：威基基海滩（途经）&amp;rarr;钻石头火山口观景台（15分钟）&amp;rarr;哈拉高级住宅区（途经）&amp;rarr;恐龙湾观光区（入内参观，15分钟）&amp;rarr;海泉喷口（15分钟）&amp;rarr;白沙滩（途经）&amp;rarr;努阿努帕里大风口（入内参观，15分钟）WaikikiHotel区域免费接送，详情请点击链接查看。游览时间：2024年：8:30am-11:00am；2025年：8:00am-11:30am溫馨提示：恐龙湾观光区每周一、周二关闭，届时将无法入内参观，敬请谅解。景点介绍：【威基基海滩WaikikiBeach】威基基海滩位于夏威夷首府檀香山市，是世界上最著名的海滩，东起钻石山下的卡皮欧尼拉公园，西至阿拉威游艇码头，长度约1.61千米。这里有细软洁白的沙滩、摇曳多姿的椰子树以及林立的高楼大厦。这里林立着世界一流的购物、餐饮、娱乐、活动场所和度假村。在这里，你可以尽情享受夏威夷沙滩的无限风情。【钻石头火山口观景台DiamondHeadLookout】钻石山的标志性轮廓与檀香山的天际线相连，正好映衬在威基基海滩之上。这座760英尺（232米）高的火山口，是夏威夷最著名的地标之一。这个火山口形成于10多万年以前，在20世纪初被作为战略军事瞭望站，于1968年被命名为国家自然地标。今天，钻石山是深受欢迎的徒步目的地，在这里可以俯瞰威基基和欧胡岛南海岸的全景。【海泉喷口HālonaBlowhole】奇景海泉喷口是一处非常特殊的自然景观，海岸边的岩石，经过长期的海蚀作用而形成一个小洞穴，每当大浪来袭，海水便由小洞穴喷发而出，形成一种天然奇观。【努阿努帕里大风口NuuanuPaliLookout】大风口以其终年强劲的大风而闻名，而且这里还是一处视域开阔的悬崖观景台。站在观景台可眺望欧胡岛东北平原优美的风景，在贯穿欧胡岛的强风吹拂中感受自然之美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -177,51 +177,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的导游费用。</w:t>
+              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的中文导游费用。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
@@ -241,51 +241,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
+              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>