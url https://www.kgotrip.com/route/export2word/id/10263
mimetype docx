--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">参观夏威夷最著名的波利尼西亚文化中心，畅游七个村落，欣赏独木舟水上舞蹈表演。此外，萨摩亚区钻木取火、赤脚上树摘椰子的表演也同样深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。如果觉得光看看还不够过瘾，您甚至可以在夏威夷区亲身体会边唱边跳的歌舞表演，加入汤加区原住民的击打巨鼓仪式，去马克萨斯区尝试纹身刺青的感觉。参观时间：1:15pm-10:00pm景点介绍：【波利尼西亚文化中心及自助晚宴PolynesianCulturalCenter】前往著名的波利尼西亚文化中心体验最原汁原味的土著文化，这里是一个不可以错过的异域文化体验之地。波利尼西亚文化村是当地最受欢迎的旅游景点之一，萨摩亚区钻木取火、赤脚上树摘椰子的表演深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。晚宴后，欣赏最受欢迎的大型夜晚秀&amp;ldquo;HA~生命之歌&amp;rdquo;，激情洋溢的表演者、震撼的鼓声、精湛的舞技、爆发的火山，将带给你一场特别的视觉震撼。</w:t>
+              <w:t xml:space="preserve">参观夏威夷最著名的波利尼西亚文化中心，畅游七个村落，欣赏独木舟水上舞蹈表演。此外，萨摩亚区钻木取火、赤脚上树摘椰子的表演也同样深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。如果觉得光看看还不够过瘾，您甚至可以在夏威夷区亲身体会边唱边跳的歌舞表演，加入汤加区原住民的击打巨鼓仪式，去马克萨斯区尝试纹身刺青的感觉。行程安排：夏威夷果农场（10分钟）&amp;rarr;波利尼西亚文化村（120分钟，可自费享用烤乳猪晚餐）&amp;rarr;歌舞表演（90分钟）参观时间：1:30pm-10:00pmWaikikiHotel区域免费接送，详情请点击链接查看。景点介绍：【波利尼西亚文化中心及自助晚宴PolynesianCulturalCenter】前往著名的波利尼西亚文化中心体验最原汁原味的土著文化，这里是一个不可以错过的异域文化体验之地。波利尼西亚文化村是当地最受欢迎的旅游景点之一，萨摩亚区钻木取火、赤脚上树摘椰子的表演深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。晚宴后，欣赏最受欢迎的大型夜晚秀&amp;ldquo;HA~生命之歌&amp;rdquo;，激情洋溢的表演者、震撼的鼓声、精湛的舞技、爆发的火山，将带给你一场特别的视觉震撼。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -177,115 +177,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的导游费用；3.波利尼西亚文化中心门票、自助晚宴、表演。</w:t>
+              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的中文导游费用；3.波利尼西亚文化中心往返接送服务、门票、自助晚宴、实景秀表演。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐；2.服务费：$10/人；3.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.三餐；2.服务费：$10/人；3.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述波利尼西亚文化中心烤乳猪晚餐PolynesianCulturalCenterRoastSucklingPigDinner每人：$70.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
+              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>