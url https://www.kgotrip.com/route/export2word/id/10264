--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将探索夏威夷最高人气线路，游览欧胡岛最美丽的海岸线。我们将开车穿越帕里森林公路，沿途欣赏绿树成荫的柯欧劳山脉。来到柯欧劳山谷，您可以远眺悠闲宁静的古庙平等院。这座庙宇建于1968年，整座建筑没有一颗钉子，完整呈现了山谷空悠的自然之美（门票自理）。西安事变的主角张学良先生和赵一荻女士也长眠于此，您可以瞻仰一下这位改变中国历史的名人遗留的风采。离开柯欧劳山谷，我们将途经大名鼎鼎的古兰尼牧场。许多影视剧都曾在此取景，如电影《侏罗纪公园》、《风语者》、《珍珠港》和《哥斯拉》等。之后前往下一站夏威夷果农场，在这里您可以品尝各种口味的夏威夷特产：火山豆、咖啡等，同时了解夏威夷农产品的种植情况。随后乘车前往卡胡库，您可以自费品尝只有夏威夷才能吃到的甜虾。之后前往北海岸最北处的日落海滩，那是冲浪爱好者的天堂。每到冬季，世界各地冲浪大神就会在这里一较高下。下一站途经奥巴马总统最喜欢的哈雷伊瓦小镇，打卡网红彩虹冰。最后一站我们将来到都乐菠萝园农场，沿途满眼农家田园风情。行程安排：柯欧劳山谷（含张学良墓园门票）&amp;rarr;古兰尼牧场（途经）&amp;rarr;夏威夷果农场&amp;rarr;夏威夷日落海滩&amp;rarr;哈雷伊瓦小镇&amp;rarr;都乐菠萝种植园游览时间：2024年：12:30pm-18:00pm；2025年：12:15pm-18:30pmWaikikiHotel区域免费接送，详情请点击链接查看。景点介绍：【柯欧劳山谷KoʻolauRange】柯欧劳山谷是美国夏威夷州瓦胡岛上的盾状火山遗迹，1972年被列入美国国家自然地标。山谷跨越34英里，山顶平均高度约为2,500英尺。【古兰尼牧场KualoaRanch】位于夏威夷欧胡岛的古兰尼牧场是一个非常有名的景点，它本身是一个传统的养牛牧场和农场，由一个夏威夷本地家庭管理。古兰尼牧场风景优美，地貌多样，从陡峭的山崖蔓延到波光粼粼的大海，从茂密的热带雨林到开阔的山谷，从美丽的白色沙滩到翠绿的悬崖，应有尽有。许多影视剧都曾在此取景，如电影《侏罗纪公园》、《风语者》、《珍珠港》和《哥斯拉》等。【夏威夷果农场MacadamiaNutFarmOutlet】农场坐落在欧胡岛迎风面的柯欧劳山脉下，这里提供来自岛屿周围的优质夏威夷特产如夏威夷果、咖啡等。【夏威夷日落海滩SunsetBeachPark】夏威夷日落海滩在欧胡岛的北端，是著名的冲浪圣地，是世界冲浪锦标赛的举行海滩，被称为世界冲浪之都，这里的海浪最高时可达15米。日落海滩最美的时光自然是日落时分&amp;mdash;&amp;mdash;金黄色的太阳慢慢沉入大海，天空充满金色的晚霞，大海和沙滩上布满柔柔的金光。这一刻，在这儿欣赏日落海滩美妙落日的所有人，都会陶醉在大自然的神秘景色中。【哈雷伊瓦小镇HaleiwaTown】哈雷伊瓦小镇是冲浪中区，更是本土风情、乡村格调，以及商店、餐厅和美术馆的集结地。木造的小店坐落其中，知名的彩虹雪花冰也是诞生于此，镇上目前有H.Miura、Matsumoto&amp;rsquo;s、Aoki&amp;rsquo;s等3家杂货商店，以贩卖彩虹刨冰而闻名，络绎不绝的游客大排长龙，不妨入境随俗尝一杯洒上色彩缤纷的彩虹冰吧！【都乐菠萝种植园DolePlantation】都乐菠萝种植园是一家有着150年历史的种植园，这家也是夏威夷相对较大的菠萝种植园。如今都乐生产的菠萝几乎遍布美国各个城市的超市。</w:t>
+              <w:t xml:space="preserve">今天我们将探索夏威夷最高人气线路，游览欧胡岛最美丽的海岸线。我们将开车穿越帕里森林公路，沿途欣赏绿树成荫的柯欧劳山脉。来到柯欧劳山谷，您可以远眺悠闲宁静的古庙平等院。这座庙宇建于1968年，整座建筑没有一颗钉子，完整呈现了山谷空悠的自然之美（门票自理）。西安事变的主角张学良先生和赵一荻女士也长眠于此，您可以瞻仰一下这位改变中国历史的名人遗留的风采。之后前往下一站夏威夷果农场，在这里您可以品尝各种口味的夏威夷特产：火山豆、咖啡等，同时了解夏威夷农产品的种植情况。接着我们将前往草帽岛，在这里可以欣赏柯欧劳山谷和卡内奥赫湾的迷人景色。随后乘车前往卡胡库，您可以自费品尝只有夏威夷才能吃到的甜虾。之后前往北海岸最北处的日落海滩，那是冲浪爱好者的天堂。每到冬季，世界各地冲浪大神就会在这里一较高下。下一站途经奥巴马总统最喜欢的哈雷伊瓦小镇，打卡网红彩虹冰。最后一站我们将来到都乐菠萝园农场，沿途满眼农家田园风情。行程安排：柯欧劳山谷（含张学良墓园门票，15分钟）&amp;rarr;夏威夷果农场（15分钟）&amp;rarr;草帽岛（15分钟）&amp;rarr;卡胡库虾场（20分钟）&amp;rarr;夏威夷日落海滩（15分钟）&amp;rarr;哈雷伊瓦小镇（途经）&amp;rarr;都乐菠萝种植园（20分钟）游览时间：2026年：12:15pm-18:30pmWaikikiHotel区域免费接送，详情请点击链接查看。景点介绍：【柯欧劳山谷KoʻolauRange】柯欧劳山谷是美国夏威夷州瓦胡岛上的盾状火山遗迹，1972年被列入美国国家自然地标。山谷跨越34英里，山顶平均高度约为2,500英尺。【夏威夷果农场MacadamiaNutFarmOutlet】农场坐落在欧胡岛迎风面的柯欧劳山脉下，这里提供来自岛屿周围的优质夏威夷特产如夏威夷果、咖啡等。【草帽岛Mokoli'i】草帽岛是一个靠近古兰尼牧场的独立的小岛，由于它的形状很像中国古代人的草帽，故由此得名。草帽岛也被称之为斗笠岛，是一个鸟类保护区。【夏威夷日落海滩SunsetBeachPark】夏威夷日落海滩在欧胡岛的北端，是著名的冲浪圣地，是世界冲浪锦标赛的举行海滩，被称为世界冲浪之都，这里的海浪最高时可达15米。日落海滩最美的时光自然是日落时分&amp;mdash;&amp;mdash;金黄色的太阳慢慢沉入大海，天空充满金色的晚霞，大海和沙滩上布满柔柔的金光。这一刻，在这儿欣赏日落海滩美妙落日的所有人，都会陶醉在大自然的神秘景色中。【哈雷伊瓦小镇HaleiwaTown】哈雷伊瓦小镇是冲浪中区，更是本土风情、乡村格调，以及商店、餐厅和美术馆的集结地。木造的小店坐落其中，知名的彩虹雪花冰也是诞生于此，镇上目前有H.Miura、Matsumoto&amp;rsquo;s、Aoki&amp;rsquo;s等3家杂货商店，以贩卖彩虹刨冰而闻名，络绎不绝的游客大排长龙，不妨入境随俗尝一杯洒上色彩缤纷的彩虹冰吧！【都乐菠萝种植园DolePlantation】都乐菠萝种植园是一家有着150年历史的种植园，这家也是夏威夷相对较大的菠萝种植园。如今都乐生产的菠萝几乎遍布美国各个城市的超市。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -177,51 +177,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的导游费用；3.张学良墓园门票。</w:t>
+              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的中文导游费用；3.张学良墓园门票。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
@@ -241,51 +241,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
+              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>