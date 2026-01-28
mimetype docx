--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">为避免与整个州的名称混淆，夏威夷岛通常被称为&amp;ldquo;大岛&amp;rdquo;。从景色壮观的夏威夷火山国家公园到葱绿的雨林，从乌黑的砂子到兰花园中赏心悦目的兰花，一路上的景点都将让您感受到火山岛是大自然无与伦比的表达。行程安排：理查森黑沙滩&amp;rarr;榕树大道&amp;rarr;大岛饼干工厂&amp;rarr;夏威夷威洛亚河州立公园&amp;rarr;彩虹瀑布&amp;rarr;夏威夷火山国家公园（门票现付，约$15/人）游览时间：9:30am-4:30pm大岛ITO机场和Hilo区域酒店免费接送。景点介绍：【理查森黑沙滩RichardsonOceanPark】火山岛最出名黑沙滩有两个，一个是位于东南部的普纳鲁吾黑沙滩，另一个就是希洛的理查森黑沙滩。这片沙滩大部分由黑色的火山细沙形成，其名源自于它原来的主人，艾莎理查森和乔治理查德森的姓氏。理查森黑沙滩是希洛地区唯一一个同时拥有黑色细沙和绿色细沙的沙滩。运气好的话，还可以看到海龟或夏威夷特有的海豹在海滩上歇息。【夏威夷威洛亚河州立公园WailoaRiverStateRecreationArea】夏威夷威洛亚河州立公园是一处适合散步、野餐和划船垂钓安静放松的场所。还有一座卡美哈美哈雕像，用以纪念夏威夷王国的创始人卡美哈美哈一世国王。【彩虹瀑布RainbowFalls】位于大岛希洛市的西部，因瀑布的水雾经阳光折射后形成美丽的彩虹而出名。彩虹瀑布高约24.4米，在四周层层叠叠、青翠欲滴的热带植物的掩映下它显得如此与众不同。【夏威夷火山国家公园HawaiiVolcanoesNationalPark】夏威夷火山国家公园位于美国夏威夷州的夏威夷岛上，面积929平方千米，主要包括莫纳罗亚火山（MaunaLoa）和基拉韦厄火山（Kilauea）两座世界上最为活跃的活火山。其中基拉韦厄火山，被称为&amp;ldquo;全世界唯一可开车进入的火山&amp;rdquo;。沿着全场10.6英里的火山口公路（CraterRimDrive），你可以越来越接近中心点，沿途的火山溶岩地形、坚硬黝黑的岩块，以及片草不生的荒芜景象，加上一望无际的空旷视野，让人赞叹之余，心情似乎也随之沉淀。</w:t>
+              <w:t xml:space="preserve">为避免与整个州的名称混淆，夏威夷岛通常被称为&amp;ldquo;大岛&amp;rdquo;。从景色壮观的夏威夷火山国家公园到葱绿的雨林，从乌黑的砂子到兰花园中赏心悦目的兰花，一路上的景点都将让您感受到火山岛是大自然无与伦比的表达。行程安排：希洛黑沙滩（15分钟）&amp;rarr;榕树大道（途经）&amp;rarr;大岛饼干工厂（15分钟）&amp;rarr;夏威夷威洛亚河州立公园（途经）&amp;rarr;彩虹瀑布（15分钟）&amp;rarr;夏威夷火山国家公园（包含门票，120分钟）游览时间：9:30am-4:30pm大岛ITO机场和Hilo区域酒店免费接送。景点介绍：【希洛黑沙滩BayfrontSands】希洛海滨沙滩是希洛地区面积最大、沙质最细腻的海滩，这片灰褐色沙滩地势平缓，许多地方都覆盖着浮木。只有一些小浪能绕过希洛防波堤，到达希洛湾的后方。【夏威夷威洛亚河州立公园WailoaRiverStateRecreationArea】夏威夷威洛亚河州立公园是一处适合散步、野餐和划船垂钓安静放松的场所。还有一座卡美哈美哈雕像，用以纪念夏威夷王国的创始人卡美哈美哈一世国王。【彩虹瀑布RainbowFalls】位于大岛希洛市的西部，因瀑布的水雾经阳光折射后形成美丽的彩虹而出名。彩虹瀑布高约24.4米，在四周层层叠叠、青翠欲滴的热带植物的掩映下它显得如此与众不同。【夏威夷火山国家公园HawaiiVolcanoesNationalPark】夏威夷火山国家公园位于美国夏威夷州的夏威夷岛上，面积929平方千米，主要包括莫纳罗亚火山（MaunaLoa）和基拉韦厄火山（Kilauea）两座世界上最为活跃的活火山。其中基拉韦厄火山，被称为&amp;ldquo;全世界唯一可开车进入的火山&amp;rdquo;。沿着全场10.6英里的火山口公路（CraterRimDrive），你可以越来越接近中心点，沿途的火山溶岩地形、坚硬黝黑的岩块，以及片草不生的荒芜景象，加上一望无际的空旷视野，让人赞叹之余，心情似乎也随之沉淀。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -177,115 +177,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的导游费用。</w:t>
+              <w:t xml:space="preserve">1.行程中的交通费用；2.行程中的中文导游费用；3.夏威夷火山公园门票。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐；2.夏威夷火山公园门票：约$15/人；3.服务费：$12/人；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.三餐；2.服务费：$12/人；3.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
+              <w:t xml:space="preserve">【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。【退改说明】如需退改，请至少提前5个工作日联系我司客服确认是否产生罚金。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>