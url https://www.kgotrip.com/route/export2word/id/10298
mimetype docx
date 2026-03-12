--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -162,255 +162,255 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园两大特色一日游肯尼迪航空中心一日游（周一&amp;amp;周三&amp;amp;周五出发，两人成团。）墨西哥湾风情一日游（限定每周六出发，两人成团。）</w:t>
+              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园三大特色一日游肯尼迪航空中心一日游（周三&amp;amp;周五&amp;amp;周日出发，两人成团。）墨西哥湾风情一日游（限定每周四出发，两人成团。）银泉州立公园玻璃底船+皮划艇之旅一日游（周二、周四出发，两人成团。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园两大特色一日游肯尼迪航空中心一日游（周一&amp;amp;周三&amp;amp;周五出发，两人成团。）墨西哥湾风情一日游（限定每周六出发，两人成团。）</w:t>
+              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园三大特色一日游肯尼迪航空中心一日游（周三&amp;amp;周五&amp;amp;周日出发，两人成团。）墨西哥湾风情一日游（限定每周四出发，两人成团。）银泉州立公园玻璃底船+皮划艇之旅一日游（周二、周四出发，两人成团。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园两大特色一日游肯尼迪航空中心一日游（周一&amp;amp;周三&amp;amp;周五出发，两人成团。）墨西哥湾风情一日游（限定每周六出发，两人成团。）</w:t>
+              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园三大特色一日游肯尼迪航空中心一日游（周三&amp;amp;周五&amp;amp;周日出发，两人成团。）墨西哥湾风情一日游（限定每周四出发，两人成团。）银泉州立公园玻璃底船+皮划艇之旅一日游（周二、周四出发，两人成团。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园两大特色一日游肯尼迪航空中心一日游（周一&amp;amp;周三&amp;amp;周五出发，两人成团。）墨西哥湾风情一日游（限定每周六出发，两人成团。）</w:t>
+              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园三大特色一日游肯尼迪航空中心一日游（周三&amp;amp;周五&amp;amp;周日出发，两人成团。）墨西哥湾风情一日游（限定每周四出发，两人成团。）银泉州立公园玻璃底船+皮划艇之旅一日游（周二、周四出发，两人成团。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园两大特色一日游肯尼迪航空中心一日游（周一&amp;amp;周三&amp;amp;周五出发，两人成团。）墨西哥湾风情一日游（限定每周六出发，两人成团。）</w:t>
+              <w:t xml:space="preserve">今天您可以与家人、朋友尽情享受度假屋内的各种设施，在游泳池里畅游、健身房打卡、去厨房做一桌美味的佳肴，沐浴着佛州阳光，喝一杯下午茶，品尝美味的茶点，享受自然的阳光和微风，与家人朋友聊天谈笑或者做做游戏。无论是家庭、朋友出游还是公司聚会，这里都将成为您难忘的一段回忆。或者您可付费搭乘专车（三房安排7人VAN、四房及以上安排平顶，平顶每车最多可以乘坐10位客人，放7-8件行李）往返各大主题乐园，如参加特色一日游，导游亲自到度假屋接送。如需我司帮忙预定主题乐园门票，请在预定产品时一并选择您想去的园区并支付费用（是否有票以客服最终答复为准），门票价格以主题乐园的窗口价为准，门票一经预定不能取消或者更改；上团以后我司不再提供代订票服务。如您自行带票，请自理酒店到主题乐园间的交通。十二大主题园区迪士尼魔法王国迪士尼未来世界迪士尼好莱坞影城迪士尼动物王国奥兰多环球影城环球影城冒险岛环球影城-火山湾水上乐园奥兰多海洋世界迪士尼飓风或暴风雪水上乐园乐高乐园乐高水上乐园海洋世界水上乐园三大特色一日游肯尼迪航空中心一日游（周三&amp;amp;周五&amp;amp;周日出发，两人成团。）墨西哥湾风情一日游（限定每周四出发，两人成团。）银泉州立公园玻璃底船+皮划艇之旅一日游（周二、周四出发，两人成团。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -515,83 +515,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.您往返出发地与目的地的机票或相关交通费用；2.三餐；3.服务费；4.一切除费用包含外的私人性质费用(行李托运费，洗衣费等)。自费项目项目名称价格说明描述迪士尼魔法王国Disney'sMagicKingdom成人（10岁及以上）：$133.00~$202.00儿童（3-9岁）：$128.00~$197.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼动物王国Disney'sAnimalKingdom成人（10岁及以上）：$117.00~$170.00儿童（3-9岁）：$112.00~$165.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼未来世界Disney'sEpcotCenter成人（10岁及以上）：$122.00~$192.00儿童（3-9岁）：$117.00~$186.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼好莱坞影城Disney'sHollywoodStudios成人（10岁及以上）：$133.00~$192.00儿童（3-9岁）：$128.00~186.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼2天单日单园门票DisneyWorld2DaysBase成人：$237.00~$359.00儿童（3-9岁）：$227.00~$349.00魔法王国/动物王国/未来世界/好莱坞影城；使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。环球单日（单日单园）UniversalStudios1-DayBase成人：$117.00~$170.00儿童（3-9岁）：$111.00~$165.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球单日（单日双园）Universal1-Day2-Park成人：$175.00~$228.00儿童（3-9岁）：$170.00~$223.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球双日（每日一园）Universal2-Day2-Park(1ParkPerDay)成人：$257.00~$331.00儿童（3-9岁）：$247.00~$320.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球双日（双日双园）Universal2-Day2-Park(Park-to-Park)成人：$321.00~$395.00儿童（3-9岁）：$310.00~$384.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球三园区探索者通票3-ParkExplorerTicketwithVolcanoBay成人：$395.00儿童（3-9岁）：$384.00环球影城、冒险岛及火山湾水上乐园三园环球两天三园跨园区票Universal3-Park2-DayParktoParkTicket成人：$445.00儿童（3-9岁）：$434.00环球影城、冒险岛及火山湾水上乐园三园奥兰多海洋世界SeaWorldOrlando成人：$113.00老人(65+岁)：$113.00儿童(3-9岁)：$113.00海洋世界水上乐园AquaticaWaterPark成人：$95.00老人：$95.00儿童（3岁以上）：$95.00乐高主题乐园LEGOLANDThemePark成人：$112.00老人：$112.00儿童（2岁以上）：$112.00参加乐高主题乐园、乐高水上乐园，每组客人需缴纳$100的车费（1-4人），每多一位客人加收$20/人，同时需另外支付服务费$12/人。乐高水上乐园LEGOLANDWaterPark乐高乐园基础上自费：$30.00乐高水上乐园不可单独选择，客人可在选择乐高乐园的基础上，自费$30升级为一天双园。若参加乐高主题乐园、乐高水上乐园，每组客人需缴纳$100的车费（1-4人），每多一位客人加收$20/人，同时需另外支付服务费$12/人。特色一日游团费：肯尼迪航空中心KennedySpaceCenter成人：$88.00老人（65+岁）：$88.00儿童（9岁以下）：$88.00团费不含景点门票费用特色一日游团费-墨西哥湾GulfofMexico成人：$88.00老人（65+岁）：$88.00儿童（9岁以下）：$88.00团费不含景点门票费用。肯尼迪航空中心KennedySpaceCenter成人：$86.24老人(65+岁)：$86.24儿童(3-11岁)：$75.54清水湾观海豚快船SpeedBoatforDolphinWatch成人：$28.00老人(60+岁)：$28.00儿童(3-9岁)：$20.00</w:t>
+              <w:t xml:space="preserve">1.您往返出发地与目的地的机票或相关交通费用；2.三餐；3.服务费；4.一切除费用包含外的私人性质费用(行李托运费，洗衣费等)。自费项目项目名称价格说明描述特色一日游团费-银泉州立公园SilverSpringsStatePark每人：$88.00迪士尼魔法王国Disney'sMagicKingdom成人（10岁及以上）：$133.00~$202.00儿童（3-9岁）：$128.00~$197.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼动物王国Disney'sAnimalKingdom成人（10岁及以上）：$117.00~$170.00儿童（3-9岁）：$112.00~$165.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼未来世界Disney'sEpcotCenter成人（10岁及以上）：$122.00~$192.00儿童（3-9岁）：$117.00~$186.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼好莱坞影城Disney'sHollywoodStudios成人（10岁及以上）：$133.00~$192.00儿童（3-9岁）：$128.00~186.00使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。迪士尼2天单日单园门票DisneyWorld2DaysBase成人：$237.00~$359.00儿童（3-9岁）：$227.00~$349.00魔法王国/动物王国/未来世界/好莱坞影城；使用日期不同价格不同，具体每日门票价格请以迪士尼官网为准。环球单日（单日单园）UniversalStudios1-DayBase成人：$117.00~$170.00儿童（3-9岁）：$111.00~$165.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球单日（单日双园）Universal1-Day2-Park成人：$175.00~$228.00儿童（3-9岁）：$170.00~$223.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球双日（每日一园）Universal2-Day2-Park(1ParkPerDay)成人：$257.00~$331.00儿童（3-9岁）：$247.00~$320.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球双日（双日双园）Universal2-Day2-Park(Park-to-Park)成人：$321.00~$395.00儿童（3-9岁）：$310.00~$384.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。环球三园区探索者通票3-ParkExplorerTicketwithVolcanoBay成人：$395.00儿童（3-9岁）：$384.00环球影城、冒险岛及火山湾水上乐园三园环球两天三园跨园区票Universal3-Park2-DayParktoParkTicket成人：$445.00儿童（3-9岁）：$434.00环球影城、冒险岛及火山湾水上乐园三园奥兰多海洋世界SeaWorldOrlando成人：$113.00老人(65+岁)：$113.00儿童(3-9岁)：$113.00海洋世界水上乐园AquaticaWaterPark成人：$95.00老人：$95.00儿童（3岁以上）：$95.00乐高主题乐园LEGOLANDThemePark成人：$112.00老人：$112.00儿童（2岁以上）：$112.00参加乐高主题乐园、乐高水上乐园，每组客人需缴纳$100的车费（1-4人），每多一位客人加收$20/人，同时需另外支付服务费$15/人。乐高水上乐园LEGOLANDWaterPark乐高乐园基础上自费：$30.00乐高水上乐园不可单独选择，客人可在选择乐高乐园的基础上，自费$30升级为一天双园。若参加乐高主题乐园、乐高水上乐园，每组客人需缴纳$100的车费（1-4人），每多一位客人加收$20/人，同时需另外支付服务费$15/人。特色一日游团费：肯尼迪航空中心KennedySpaceCenter成人：$158.00儿童（9岁以下）：$158.00团费包含景点门票费用特色一日游团费-墨西哥湾GulfofMexico成人：$118.00儿童（9岁以下）：$118.00团费包含景点门票费用。清水湾观海豚快船SpeedBoatforDolphinWatch成人：$30.63儿童(12岁及以下)：$23.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前18日(含)內100%出发前19日(含)至30日(含)50%出发前31日(含)至59日(含)30%出发前60日及以上02.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；3.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前18日(含)內100%出发前19日(含)至30日(含)50%出发前31日(含)至59日(含)30%出发前60日及以上02.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；3.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前18日(含)內100%出发前19日(含)至30日(含)50%出发前31日(含)至59日(含)30%出发前60日及以上02.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；3.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前18日(含)內100%出发前19日(含)至30日(含)50%出发前31日(含)至59日(含)30%出发前60日及以上02.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；3.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前18日(含)內100%出发前19日(含)至30日(含)50%出发前31日(含)至59日(含)30%出发前60日及以上02.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；3.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前18日(含)內100%出发前19日(含)至30日(含)50%出发前31日(含)至59日(含)30%出发前60日及以上02.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；3.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>