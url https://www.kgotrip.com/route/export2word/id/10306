--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -111,408 +111,408 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天上午您将在波士顿登上火车，伴随着汽笛轰鸣，我们将跟随列车行进的脚步前往美国第一大城市纽约。沿途拥有无数港口、船舶和桥梁，可饱览康涅狄格州海岸线和风景如画的美景。抵达纽约后，我们将在导游的带领下，参观多个著名的地标建筑，了解更多关于这座城市独特的历史和文化！行程安排：波士顿乘坐火车前往纽约（包含火车票，4小时左右）&amp;rarr;纽约&amp;rarr;哈德逊城市广场+午餐+TheEdge网红观景台（120分钟，观景台需自费）&amp;rarr;现代艺术博物馆（自费，90分钟）&amp;rarr;时代广场（20分钟）&amp;rarr;晚上可自费观赏百老汇音乐剧备注：1.火车首选班次信息：Amtrak-171NortheastRegional;CoachSeatDepartsBoston,MA-SouthStation(BOS)-8:15amArrivesNewYork,NY-MoynihanTrainHallatPennSta.(NYP)-12:24pm2.火车票资源紧张，强烈建议您尽早预订，避免出现车票因售罄无法预订的情况。如遇车票售罄，将更换其他车次前往纽约。3.火车上无导游陪同。著名迪斯尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。景点介绍：【哈德逊城市广场HudsonYards】在2019年，HudsonYards万众期待盛大开幕，这里便成为曼哈顿远西侧岸边一片最闪耀的摩天楼群，颠覆了大众对城市的想像！但HudsonYards的奇迹远非仅此而已......最受瞩目的应该就是新地标Vessel，被称为&amp;ldquo;纽约的埃菲尔铁塔&amp;rdquo;，镂空的螺旋式楼梯链接，设计极具颠覆，同时也充满争议。30HudsonYards还拥有西半球最高的城市观景台theEdge，比1050英尺的帝国大厦观景台和离地850英尺的洛克菲勒中心观景台都要高！当然，HudsonYards俨然已经成为纽约的热门打卡圣地，旁边的7层楼奢华商场TheShops，也非常值得一逛。TheShops占地100万平方英尺，内含纽约第一家也是唯一的一家高端百货NeimanMarcus，囊括的品牌超过100家。被称为&amp;ldquo;小西班牙&amp;rdquo;的美食集市由三位西班牙主厨联合创立，走进去有一种西班牙小吃街的感觉。纽约时报介绍这里Top20的食物，伊比利亚火腿就排第一，用的是只有三周大的利比亚小猪肉，很值得一试，当然还有不会出错的西班牙海鲜饭。【纽约天际浮景台EdgeNYC】纽约天际浮景台是西半球最高的户外空中平台，拥有独一无二的设计。它悬浮在半空中，拥有其他任何地方都无法获得的360度全景。观景台拥有360度视野的三角形户外观景平台，向外倾斜的玻璃帷幕，中间有一个区块是玻璃地板，可以从空中俯瞰到自由女神、河景及金融区等。【现代艺术博物馆MuseumofModernArt】洛克菲勒家族在曼哈顿城中建造的世界上最杰出的现代艺术收藏馆之一的纽约现代艺术博物馆(MoMA)，有许多近当代的先锋艺术展览，涉及美术、建筑、雕塑、电影、设计等方方面面。其中最著名的馆藏品包括梵高的《星月夜》、毕加索的《亚维农少女》、莫奈的《睡莲》、达利的《记忆的永恒》、爱德华&amp;bull;蒙克《呐喊》等等。不仅如此，馆中的庭院也十分漂亮，从馆内巨大的透明落地窗望出去，现代时尚的花园坐落在摩天大楼之间，别有一番风味。【时代广场TimesSquare】时代广场是美国纽约市曼哈顿的一块繁华街区，被称为&amp;ldquo;世界的十字路口&amp;rdquo;。广场附近聚集了各类商场和剧院，是繁盛的娱乐及购物中心。广告的商业金融气息与高科技艺术手段在这里得到完美的统一，夜晚耀眼的霓虹灯反映了曼哈顿强烈的时尚都市特性。走进时代广场，四周都是色彩绚烂的广告牌和身怀绝技的街头艺人，耳边充斥着各种商品的广告语、歌曲MV，震撼着每个人的心灵。事实上人们早已流传如斯：不到纽约算不上到过美国，不到时代广场算不上到过纽约。景点介绍：【百老汇BroadwayTheatre】百老汇剧院，是指包括在美国纽约曼哈顿剧院区域以及林肯中心一带的剧院所演出的戏剧，百老汇以演出音乐剧著名，每天每晚都有各种经典精彩的演出在此上演。亦常常有戏剧、歌剧、舞蹈等等的表演，和伦敦的西区剧院同为英语世界中最著名的剧院区域。在过去的一个多世纪里，百老汇一直被认为是纽约乃至世界表演艺术的中心。百老汇剧院区域也是纽约市的重要旅游景点。06/05/2025-06/10/2025、08/21/2025-09/15/2025期间入住酒店，当天将入住纽瓦克区域酒店，同时赠送每位客人一张TheEdge观景台门票。</w:t>
+              <w:t xml:space="preserve">今天上午您将在波士顿登上火车，伴随着汽笛轰鸣，我们将跟随列车行进的脚步前往美国第一大城市纽约。沿途拥有无数港口、船舶和桥梁，可饱览康涅狄格州海岸线和风景如画的美景。抵达纽约后，我们将在导游的带领下，参观多个著名的地标建筑，了解更多关于这座城市独特的历史和文化！行程安排：波士顿乘坐火车前往纽约（包含火车票，4小时左右）&amp;rarr;纽约&amp;rarr;哈德逊城市广场+午餐+TheEdge网红观景台（120分钟，观景台需自费）&amp;rarr;翱翔纽约（自费，60分钟）&amp;rarr;时代广场（20分钟）&amp;rarr;晚上可自费观赏百老汇音乐剧备注：1.火车首选班次信息：Amtrak-171NortheastRegional;CoachSeatDepartsBoston,MA-SouthStation(BOS)-8:15amArrivesNewYork,NY-MoynihanTrainHallatPennSta.(NYP)-12:24pm2.火车票资源紧张，强烈建议您尽早预订，避免出现车票因售罄无法预订的情况。如遇车票售罄，将更换其他车次前往纽约。3.火车上无导游陪同。著名迪斯尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。景点介绍：【哈德逊城市广场HudsonYards】在2019年，HudsonYards万众期待盛大开幕，这里便成为曼哈顿远西侧岸边一片最闪耀的摩天楼群，颠覆了大众对城市的想像！但HudsonYards的奇迹远非仅此而已......最受瞩目的应该就是新地标Vessel，被称为&amp;ldquo;纽约的埃菲尔铁塔&amp;rdquo;，镂空的螺旋式楼梯链接，设计极具颠覆，同时也充满争议。30HudsonYards还拥有西半球最高的城市观景台theEdge，比1050英尺的帝国大厦观景台和离地850英尺的洛克菲勒中心观景台都要高！当然，HudsonYards俨然已经成为纽约的热门打卡圣地，旁边的7层楼奢华商场TheShops，也非常值得一逛。TheShops占地100万平方英尺，内含纽约第一家也是唯一的一家高端百货NeimanMarcus，囊括的品牌超过100家。被称为&amp;ldquo;小西班牙&amp;rdquo;的美食集市由三位西班牙主厨联合创立，走进去有一种西班牙小吃街的感觉。纽约时报介绍这里Top20的食物，伊比利亚火腿就排第一，用的是只有三周大的利比亚小猪肉，很值得一试，当然还有不会出错的西班牙海鲜饭。【纽约天际浮景台EdgeNYC】纽约天际浮景台是西半球最高的户外空中平台，拥有独一无二的设计。它悬浮在半空中，拥有其他任何地方都无法获得的360度全景。观景台拥有360度视野的三角形户外观景平台，向外倾斜的玻璃帷幕，中间有一个区块是玻璃地板，可以从空中俯瞰到自由女神、河景及金融区等。【翱翔纽约RiseNY】位于时代广场，以沉浸式体验带您穿越纽约充满活力的流行文化与历史变迁。从市政厅地铁站的复刻出发，参观涵盖金融、电影、时尚、音乐、天际线、电视广播和百老汇的七大展厅，欣赏珍贵展品与经典布景。最后登上高科技飞行剧院，在逼真的8K空中视角中俯瞰纽约地标，感受如亲临其境的震撼旅程。【时代广场TimesSquare】时代广场是美国纽约市曼哈顿的一块繁华街区，被称为&amp;ldquo;世界的十字路口&amp;rdquo;。广场附近聚集了各类商场和剧院，是繁盛的娱乐及购物中心。广告的商业金融气息与高科技艺术手段在这里得到完美的统一，夜晚耀眼的霓虹灯反映了曼哈顿强烈的时尚都市特性。走进时代广场，四周都是色彩绚烂的广告牌和身怀绝技的街头艺人，耳边充斥着各种商品的广告语、歌曲MV，震撼着每个人的心灵。事实上人们早已流传如斯：不到纽约算不上到过美国，不到时代广场算不上到过纽约。景点介绍：【百老汇BroadwayTheatre】百老汇剧院，是指包括在美国纽约曼哈顿剧院区域以及林肯中心一带的剧院所演出的戏剧，百老汇以演出音乐剧著名，每天每晚都有各种经典精彩的演出在此上演。亦常常有戏剧、歌剧、舞蹈等等的表演，和伦敦的西区剧院同为英语世界中最著名的剧院区域。在过去的一个多世纪里，百老汇一直被认为是纽约乃至世界表演艺术的中心。百老汇剧院区域也是纽约市的重要旅游景点。06/03/2026-06/07/2026、07/02/2026-07/05/2026、07/16/2026-07/19/2026、08/24/2026-09/13/2026期间出发的班期，当天将入住HolidayInnNewarkInternationalAirport或CourtyardbyMarriottBaskingRidge或同级酒店，同时赠送每位客人一张TheEdge观景台门票。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨，前往美国国家诞生地-费城，多重视角畅游友爱之城。下午前往美国首都华盛顿DC，华盛顿是美国的政治中心，白宫、国会、最高法院均设在这里，它也拥有众多国家驻美大使馆，是著名旅游胜地。行程安排：纽约&amp;rarr;费城&amp;rarr;国家独立历史公园（30分钟）&amp;rarr;华盛顿特区&amp;rarr;国会大厦+美国国家档案馆深度游（自费入内参观，2小时，包含外观联邦最高法院和国会图书馆）&amp;rarr;白宫（外观，30分钟）&amp;rarr;酒店景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。景点介绍：【国会大厦U.S.CapitolIn-depthTour】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。我们将入内华盛顿特区的几何中心&amp;mdash;&amp;mdash;国会大厦，行走在华丽精美的国会走廊，聆听每一幅壁画和每一座雕像背后的故事，深度了解为什么这里是民有、民治、民享政权的最高象征。【美国国家档案馆TheNationalArchives】国家档案馆收录了美国历史上各时期的珍贵文件，照片，和影像数据。其中最为著名的藏品便是1776年建国伊始起草的写在羊皮纸上的开国档原稿，共包括3份：《独立宣言》，《美国宪法》和《权利法案》。还有林肯在南北战争期间颁布的解放黑奴的《1863解放宣言》，二战结束纳粹德国的投降书，令尼克松东窗事发并最终将其拉下马的水门事件录音带等。在众多展品中还看到了非常亲切的一份&amp;mdash;&amp;mdash;周总理接见来访的美国总统尼克松的照片，旁边还附有一张当时宴请尼克松的宴会菜单，极其简朴，就是一张白纸，上面印有国徽，而主菜是著名的北京烤鸭，配以其它几样简单的菜点。这张被美国客人带回来的菜单成了对当年中国国情的如实写照。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。</w:t>
+              <w:t xml:space="preserve">清晨，前往美国国家诞生地-费城，多重视角畅游友爱之城。下午前往美国首都华盛顿DC，华盛顿是美国的政治中心，白宫、国会、最高法院均设在这里，它也拥有众多国家驻美大使馆，是著名旅游胜地。行程安排：纽约&amp;rarr;费城&amp;rarr;国家独立历史公园（30分钟）&amp;rarr;华盛顿特区&amp;rarr;国会大厦+美国国家档案馆深度游（自费入内参观，2小时，包含外观联邦最高法院和国会图书馆）&amp;rarr;白宫（外观，30分钟）&amp;rarr;酒店景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。景点介绍：【国会大厦U.S.Capitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。我们将入内华盛顿特区的几何中心&amp;mdash;&amp;mdash;国会大厦，行走在华丽精美的国会走廊，聆听每一幅壁画和每一座雕像背后的故事，深度了解为什么这里是民有、民治、民享政权的最高象征。【美国国家档案馆TheNationalArchives】国家档案馆收录了美国历史上各时期的珍贵文件，照片，和影像数据。其中最为著名的藏品便是1776年建国伊始起草的写在羊皮纸上的开国档原稿，共包括3份：《独立宣言》，《美国宪法》和《权利法案》。还有林肯在南北战争期间颁布的解放黑奴的《1863解放宣言》，二战结束纳粹德国的投降书，令尼克松东窗事发并最终将其拉下马的水门事件录音带等。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们继续深度游览美国政治中心-首都华盛顿。它以浓厚的文化气息、丰富的旅游资源成为全球瞩目的旅游目的地之一，不止有国会大厦、林肯纪念堂等大名鼎鼎的政治地标，这里的博物馆、国家公园、观光游船等同样令人流连忘返，在不同时间还会与樱花、美食节、音乐节不期而遇。行程安排：林肯纪念堂+越战纪念墙（60分钟）&amp;rarr;华盛顿特区深度游（必付项目，60分钟）&amp;rarr;纽约华盛顿特区深度游行程安排：空军纪念碑（20分钟）&amp;rarr;杰佛逊纪念堂（20分钟）&amp;rarr;二战纪念碑（20分钟）景点介绍：【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。景点介绍：【华盛顿特区深度游WashingtonD.C.In-depthTour】首先，我们将来到空军纪念碑，是由三根八十多米长的弧形钢柱组成，其设计灵感源自美国空军&amp;ldquo;雷鸟&amp;rdquo;特技表演队在特技表演时留在空中的三道白烟。随后到达泰斗湖前瞻仰纪念提出&amp;ldquo;人人生而平等&amp;rdquo;伟大理念的杰佛逊纪念堂。之后前往为纪念在二战期间服役的1600万美国军人而建的二战纪念碑。06/05/2025-06/10/2025、08/21/2025-09/15/2025期间入住酒店，当天将入住纽瓦克区域酒店。</w:t>
+              <w:t xml:space="preserve">今天，我们继续深度游览美国政治中心-首都华盛顿。它以浓厚的文化气息、丰富的旅游资源成为全球瞩目的旅游目的地之一，不止有国会大厦、林肯纪念堂等大名鼎鼎的政治地标，还有越战纪念墙、二战纪念碑等人文景观。除此之外，在不同时间还会与樱花、美食节、音乐节不期而遇。行程安排：林肯纪念堂+越战纪念墙（60分钟）&amp;rarr;华盛顿特区深度游（必付项目，90分钟）&amp;rarr;纽约华盛顿特区深度游行程安排：空军纪念碑（20分钟）&amp;rarr;杰佛逊纪念堂（20分钟）&amp;rarr;二战纪念碑（20分钟）景点介绍：【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。景点介绍：【华盛顿特区深度游WashingtonD.C.In-depthTour】首先，我们将来到空军纪念碑，是由三根八十多米长的弧形钢柱组成，其设计灵感源自美国空军&amp;ldquo;雷鸟&amp;rdquo;特技表演队在特技表演时留在空中的三道白烟。随后到达泰斗湖前瞻仰纪念提出&amp;ldquo;人人生而平等&amp;rdquo;伟大理念的杰佛逊纪念堂。之后前往为纪念在二战期间服役的1600万美国军人而建的二战纪念碑。06/03/2026-06/07/2026、07/02/2026-07/05/2026、07/16/2026-07/19/2026、08/24/2026-09/13/2026期间出发的班期，当天将入住HolidayInnNewarkInternationalAirport或CourtyardbyMarriottBaskingRidge或同级酒店。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将从纽约出发，首先前往风景秀丽，峡谷和瀑布美景并存的沃特金斯峡谷州立公园。随后抵达瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：纽约&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，沃特金斯州立公园关闭后行程将不再前往）&amp;rarr;尼亚加拉瀑布夜景游（必付项目，90分钟）特别说明：1.沃特金斯峡谷州立公园是夏天行程，在峡谷开放（一般是每年4-10月）后执行，实际入园日期请以官网披露为准。若沃特金斯峡谷州立公园关闭，行程将调整为前往康宁玻璃中心（自费，90分钟）参观。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
+              <w:t xml:space="preserve">今天，我们将从纽约出发，首先前往风景秀丽，峡谷和瀑布美景并存的沃特金斯峡谷州立公园。随后抵达瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：纽约&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，公园关闭后行程将前往康宁玻璃中心）&amp;rarr;尼亚加拉瀑布夜景游（必付项目，90分钟）特别说明：1.沃特金斯峡谷州立公园+五指湖是夏季行程，在州立公园开放（一般是每年5-10月）后前往，实际入园日期请以官网披露为准。若州立公园关闭，沃特金斯峡谷州立公园+五指湖行程将调整为前往康宁玻璃中心（自费，90分钟）参观。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">在尼亚加拉瀑布进行一系列活动后，我们将前往多伦多，这是北美洲国家加拿大安大略省首府，加拿大的最大城市，目前多伦多的低犯罪率、洁净的环境、高生活水平、以及对多样文化的包容性，令该市被多个经济学智囊团列为世界上最宜居的城市之一。行程安排：尼亚加拉瀑布（加境）&amp;rarr;尼亚加拉IMAX电影（加境）（自费，30分钟）&amp;rarr;加境号角号观瀑船（自费，30分钟）&amp;rarr;天龙塔观瀑，午餐（包含天龙塔午餐，120分钟）&amp;rarr;多伦多&amp;rarr;多伦多游船（自费，60分钟）&amp;rarr;加拿大国家电视塔（自费，60分钟）&amp;rarr;雷普利水族馆（自费，60分钟）&amp;rarr;多伦多唐人街（60分钟，您可自费享用传统中餐）特别说明：1.9-10月枫叶季期间参团的客人将有机会前往安大略省议会大楼赏枫。2.如遇多伦多游船关闭，则该景点将替换为卡萨罗马皇家古堡（自费，60分钟）。景点介绍：【尼亚加拉IMAX电影（加境）IMAX:Niagara(Canadaside)】在IMAX影院近距离观看尼亚加拉瀑布的故事！在45分钟内，这些故事将让您终生难忘！电影屏幕比普通电视屏幕大4500倍。12,000瓦的地板震动数位环绕声，给您身临其境的观影体验。无论是翻越尼亚加拉大瀑布、攀登珠穆朗玛峰，还是以每小时230英里的速度在印地赛道上飞驰，IMAX电影一定会带您前往从未到过的地方！【号角号观瀑船HornblowerNiagaraCruise】号角号瀑布游船始终是尼加拉瀑布最有名的玩乐方式，穿上薄薄的蓝色雨衣，搭上那艘白色的双层游船，最刺激的瀑布之旅便展开了。看起来颇有历史却很坚固的号角号，会从河岸一路勇猛地驶向瀑布，并进入瀑布的马蹄形中转圈，丰沛的河水有如万马奔腾向你扑来，顿时船上的陌生人似乎都变成同船共渡的沦落人，就在一片朦胧水花中，你可以亲身感受瀑布的气势和威力。脱离暴风圈之后的号角号，有如历劫归来的小船，摇摇晃晃地飘向美国瀑布，天气晴朗时，太阳光和水气交织出又长又美的彩虹，投射在名副其实的“彩虹大桥”前。【尼亚加拉瀑布水帘通道JourneyBehindtheFalls】这是尼亚加拉最古老的旅游热点之一。乘坐电梯下降125英尺，通过一条短隧道可通往两个室外观景台和两个位于瀑布正后方的入口。走到上层和下层观景台，从瀑布的正下方感受马蹄瀑布的神奇魅力。您将体验到世界上五分之一的淡水冲入下面盆地的壮观景象。观景台脚下的高度可能会让您&amp;ldquo;湿身&amp;rdquo;又或是惊叹不已，但是不要忘记经历过这些，世界上五分之一的淡水，一生必须体验一次的尼亚加拉大瀑布就会呈现在你的眼前！【观瀑天龙塔SkylonTower】观瀑天龙塔可以让游客更好地观看尼亚加拉瀑布的全景，是距离马蹄瀑布最近的一座塔。高达百余米。通往塔顶瞭望台的电梯一半镶着玻璃，可以在电梯升降的同时欣赏风景。塔里设有剧院和游戏场所，最上层是旋转餐厅。您将有机会在著名的360度旋转餐厅享用美食，或者在塔楼的SummitSuite自助餐厅享受更适合家庭出游的休闲餐饮。美景尽收眼底，在距尼亚加拉瀑布775英尺之上，无论是两人的浪漫一餐，还是一家人出来度假，放松全身，都可尽情享受豪华优越的就餐环境和世界一流的烹饪美食吧！就餐期间Ride-to-the-Top和Indoor/Outdoor观景台尼亚加拉大瀑布可免费进入。景点介绍：【多伦多游船TorontoSightseeingHarbourTour】登上一艘两层的五大湖蒸汽船，在多伦多内港进行60分钟令人振奋的游览，从港口欣赏多伦多的美丽风景！享受60分钟观光海港之旅，探索多伦多港的大小景点，获得观赏城市的独特视角以及多伦多天际线和其他景观。【卡萨罗马皇家古堡CasaLoma】位于高处俯瞰着多伦多市，是一座具有百年历史的并拥有98所房间的城堡，是梦幻般建筑的代表，彷佛带你回到爱德华时代。你可以静悄悄地穿过蜿蜒曲折、延伸到城堡各处的秘密通道，参观刻有时代印记的装饰精美的房间，寻访沉淀了百年的传奇记忆；也可以走上塔楼欣赏多伦多迷人的独特风景。众多好莱坞电影曾在这里取景，很多慈善活动和上流社会的派对时常也会在这里举办。一楼的大厅天花板是美丽的石膏和精致的雕花，从伊莉莎白时代的宫殿获取灵感而建。。【加拿大国家电视塔CNTower】加拿大国家电视塔是多伦多的标志，也是游客到多伦多市必看的景点。自上而下由基座、观景台、“天空之盖”和天线塔4部分组成。电视塔最独特之处是在观景台所建的玻璃地面，这块呈扇形的玻璃地面有342米高，几乎让每个尝试踏月这块地面的游客都是跃跃欲试，带着“冒险”的心情走上去挑战自己。【多伦多雷普利水族馆Ripley'sAquariumofCanada】加拿大雷普利水族馆位于加拿大多伦多市中心，就在著名的CN塔的东南方，为加拿大最大水族馆。这里有超过16000种海洋生物，并以一条最长的96米的移动通道为特色，设在一段透明的观光隧道中，头上即是包括鲨鱼、大型的鳐与其栖息的礁湖。游客们将在游乐的同时受到启发去关爱和保护珍贵的水世界。【多伦多唐人街Toronto'sChinatown】多伦多唐人街自1878年起，由来自新加坡、越南等地的华侨聚居在此逐渐形成规模。目前这里汇集了多家中国餐厅、商店、蔬果市场、推拿中心等，装饰和风格颇具中国特色。每年春节是唐人街非常热闹的时候，特色的舞龙游行在喧天锣鼓的伴奏下进行，热闹非凡。每年6月在安大略湖举办的龙舟大赛，已成为多伦多夏季的文娱盛事。</w:t>
+              <w:t xml:space="preserve">在尼亚加拉瀑布进行一系列活动后，我们将前往多伦多，这是北美洲国家加拿大安大略省首府，加拿大的最大城市，目前多伦多的低犯罪率、洁净的环境、高生活水平、以及对多样文化的包容性，令该市被多个经济学智囊团列为世界上最宜居的城市之一。行程安排：尼亚加拉瀑布（加境）&amp;rarr;尼亚加拉IMAX电影（加境）（自费，30分钟）&amp;rarr;尼亚加拉瀑布船（自费，30分钟）&amp;rarr;天龙塔观瀑，午餐（包含天龙塔午餐，120分钟）&amp;rarr;多伦多&amp;rarr;多伦多游船（自费，60分钟）&amp;rarr;加拿大国家电视塔（自费，60分钟）&amp;rarr;雷普利水族馆（自费，60分钟）&amp;rarr;多伦多唐人街（60分钟，您可自费享用传统中餐）特别说明：1.9-10月枫叶季期间参团的客人将有机会前往安大略省议会大楼赏枫。2.如遇多伦多游船关闭，则该景点将替换为卡萨罗马皇家古堡（自费，60分钟）。景点介绍：【尼亚加拉IMAX电影（加境）IMAX:Niagara(Canadaside)】在IMAX影院近距离观看尼亚加拉瀑布的故事！在45分钟内，这些故事将让您终生难忘！电影屏幕比普通电视屏幕大4500倍。12,000瓦的地板震动数位环绕声，给您身临其境的观影体验。无论是翻越尼亚加拉大瀑布、攀登珠穆朗玛峰，还是以每小时230英里的速度在印地赛道上飞驰，IMAX电影一定会带您前往从未到过的地方！【尼亚加拉瀑布船VoyagetotheFallsBoatTour】尼亚加拉瀑布船始终是尼加拉瀑布最有名的玩乐方式，穿上薄薄的红色雨衣，搭上那艘白色的双层游船，最刺激的瀑布之旅便展开了。看起来颇有历史却很坚固的尼亚加拉瀑布船，会从河岸一路勇猛地驶向瀑布，并进入瀑布的马蹄形中转圈，丰沛的河水有如万马奔腾向你扑来，顿时船上的陌生人似乎都变成同船共渡的沦落人，就在一片朦胧水花中，你可以亲身感受瀑布的气势和威力。脱离暴风圈之后的遊船，有如历劫归来的小船，摇摇晃晃地飘向美国瀑布，天气晴朗时，太阳光和水气交织出又长又美的彩虹，投射在名副其实的&amp;ldquo;彩虹大桥&amp;rdquo;前。【尼亚加拉瀑布水帘通道JourneyBehindtheFalls】这是尼亚加拉最古老的旅游热点之一。乘坐电梯下降125英尺，通过一条短隧道可通往两个室外观景台和两个位于瀑布正后方的入口。走到上层和下层观景台，从瀑布的正下方感受马蹄瀑布的神奇魅力。您将体验到世界上五分之一的淡水冲入下面盆地的壮观景象。观景台脚下的高度可能会让您&amp;ldquo;湿身&amp;rdquo;又或是惊叹不已，但是不要忘记经历过这些，世界上五分之一的淡水，一生必须体验一次的尼亚加拉大瀑布就会呈现在你的眼前！【观瀑天龙塔SkylonTower】观瀑天龙塔可以让游客更好地观看尼亚加拉瀑布的全景，是距离马蹄瀑布最近的一座塔。高达百余米。通往塔顶瞭望台的电梯一半镶着玻璃，可以在电梯升降的同时欣赏风景。塔里设有剧院和游戏场所，最上层是旋转餐厅。您将有机会在著名的360度旋转餐厅享用美食，或者在塔楼的SummitSuite自助餐厅享受更适合家庭出游的休闲餐饮。美景尽收眼底，在距尼亚加拉瀑布775英尺之上，无论是两人的浪漫一餐，还是一家人出来度假，放松全身，都可尽情享受豪华优越的就餐环境和世界一流的烹饪美食吧！就餐期间Ride-to-the-Top和Indoor/Outdoor观景台尼亚加拉大瀑布可免费进入。景点介绍：【多伦多游船TorontoSightseeingHarbourTour】登上一艘两层的五大湖蒸汽船，在多伦多内港进行60分钟令人振奋的游览，从港口欣赏多伦多的美丽风景！享受60分钟观光海港之旅，探索多伦多港的大小景点，获得观赏城市的独特视角以及多伦多天际线和其他景观。【卡萨罗马皇家古堡CasaLomaRoyalCastle】位于高处俯瞰着多伦多市，是一座具有百年历史的并拥有98所房间的城堡，是梦幻般建筑的代表，彷佛带你回到爱德华时代。你可以静悄悄地穿过蜿蜒曲折、延伸到城堡各处的秘密通道，参观刻有时代印记的装饰精美的房间，寻访沉淀了百年的传奇记忆；也可以走上塔楼欣赏多伦多迷人的独特风景。众多好莱坞电影曾在这里取景，很多慈善活动和上流社会的派对时常也会在这里举办。一楼的大厅天花板是美丽的石膏和精致的雕花，从伊莉莎白时代的宫殿获取灵感而建。。【加拿大国家电视塔CNTower】加拿大国家电视塔是多伦多的标志，也是游客到多伦多市必看的景点。自上而下由基座、观景台、“天空之盖”和天线塔4部分组成。电视塔最独特之处是在观景台所建的玻璃地面，这块呈扇形的玻璃地面有342米高，几乎让每个尝试踏月这块地面的游客都是跃跃欲试，带着“冒险”的心情走上去挑战自己。【多伦多雷普利水族馆Ripley'sAquariumofCanada】加拿大雷普利水族馆位于加拿大多伦多市中心，就在著名的CN塔的东南方，为加拿大最大水族馆。这里有超过16000种海洋生物，并以一条最长的96米的移动通道为特色，设在一段透明的观光隧道中，头上即是包括鲨鱼、大型的鳐与其栖息的礁湖。游客们将在游乐的同时受到启发去关爱和保护珍贵的水世界。【多伦多唐人街Toronto'sChinatown】多伦多唐人街自1878年起，由来自新加坡、越南等地的华侨聚居在此逐渐形成规模。目前这里汇集了多家中国餐厅、商店、蔬果市场、推拿中心等，装饰和风格颇具中国特色。每年春节是唐人街非常热闹的时候，特色的舞龙游行在喧天锣鼓的伴奏下进行，热闹非凡。每年6月在安大略湖举办的龙舟大赛，已成为多伦多夏季的文娱盛事。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从多伦多出发前往加拿大境内的千岛，它位于加拿大与美国之间的圣劳伦斯河上，星罗棋布着1864座独立岛屿。登上游艇，途径千岛最出名最有魅力的风景名胜。前往著名的政治和商业都市-渥太华，这里有永不熄灭的和平火种。随后北上前往加拿大东部最大的法语城市，最具法国文化特色，素有&amp;ldquo;北美小巴黎&amp;rdquo;之称的蒙特利尔市。行程安排：多伦多&amp;rarr;千岛&amp;rarr;加拿大千岛游船（自费，60分钟，游船关闭后行程将不再前往）&amp;rarr;渥太华&amp;rarr;加拿大国会山（外观，30分钟）&amp;rarr;蒙特利尔&amp;rarr;蒙特利尔双层观光巴士（必付项目，60分钟，如观光巴士因天气太冷等原因不开，行程将不再前往）&amp;rarr;蒙特利尔市政厅（外观，20分钟)&amp;rarr;蒙特利尔旧城区（90分钟）景点介绍：【加拿大千岛游船ThousandIslandsCruise】安大略湖的湖水流出注入圣罗伦斯河，在圣罗伦斯河河湾有大小天然岛屿1865个,人工岛屿1个，被称作千岛湖，又叫圣劳伦斯群岛国家公园。千岛湖游船让你领略无限的风光，在岛屿边上你将看到历史遗留下来的各种痕迹。可以乘坐游船在群岛间悠游和欣赏大小不同、姿态各异的豪宅与岛屿。【加拿大国会山ParliamentHill】国会山是指以国会大厦为中心的一片区域。也是渥太华乃至整个加拿大的象征。钟楼上迎风飘扬的枫树叶国旗，渥太华河畔一系列石砌铜顶的哥德式建筑物毅然矗立，象征着加拿大民族不屈的精神。在和平塔上还有展望台，台上可眺望渥太华全景，塔上会于国会大楼开会期间燃起油灯。【蒙特利尔双层观光巴士DoubleDeckerMontreal】乘坐双层观光巴士是打开蒙特利尔最佳方式之一。巴士分为两层，上层为露天设计，满足您对城市观光的需求。行程涵盖蒙特利尔圣母大教堂等市区内一些值得打卡的景点，自由惬意地欣赏多元文化融合的美，每一处风景，每一个声音和每一次讲解，都可能为您带来隐藏的惊喜！【蒙特利尔市政厅MontréalCityHall】蒙特利尔老城区的雅克&amp;middot;卡迪亚广场北侧就是蒙特利尔市的市政厅。始建于1878年，采用的是当时比较流行的&amp;ldquo;法国第二帝国样式&amp;rdquo;。1922年，原建筑大部分毁于火灾，建筑师LouisParant受命重建，重建的建筑结构采用了当时先进的钢结构设计，风格上为保证原有风格，以法国图尔市政厅为蓝本，同时在屋顶设计上添加了当时比较主流的新装饰主义风格，也修改了原有的板岩屋面材料，改用了铜制屋顶。这个建筑由于布满建筑历史时代发展的烙印，在1984年，该建筑入选加拿大标志性历史建筑名单。【蒙特利尔旧城区OldMontreal】蒙特利尔古城指圣罗伦斯河北岸的旧港及其附近的一片城区，是蒙特利尔最古老的街区。透露着一股浓浓欧洲味的蒙特利尔古城是旅客必游之景点。古城内的教堂、富欧洲特色的古老石砌房屋，似乎借季节的转化，在续续细说它这几百年来所见到的人事变迁。空气中荡漾的是文化气息和小资情调！</w:t>
+              <w:t xml:space="preserve">早上从多伦多出发前往加拿大境内的千岛，它位于加拿大与美国之间的圣劳伦斯河上，星罗棋布着1864座独立岛屿。登上游艇，途径千岛最出名最有魅力的风景名胜。前往著名的政治和商业都市-渥太华，这里有永不熄灭的和平火种。随后北上前往加拿大东部最大的法语城市，最具法国文化特色，素有&amp;ldquo;北美小巴黎&amp;rdquo;之称的蒙特利尔市。行程安排：多伦多&amp;rarr;千岛&amp;rarr;加拿大千岛游船（自费，60分钟，游船关闭后行程将不再前往）&amp;rarr;渥太华&amp;rarr;加拿大国会山（外观，30分钟）&amp;rarr;蒙特利尔&amp;rarr;蒙特利尔双层观光巴士（必付项目，60分钟，如观光巴士因天气太冷等原因不开，行程将不再前往）&amp;rarr;蒙特利尔市政厅（外观，20分钟)&amp;rarr;蒙特利尔旧城区（90分钟）&amp;rarr;蒙特利尔法式餐（自费，60分钟)景点介绍：【加拿大千岛游船ThousandIslandsCruise】安大略湖的湖水流出注入圣罗伦斯河，在圣罗伦斯河河湾有大小天然岛屿1865个,人工岛屿1个，被称作千岛湖，又叫圣劳伦斯群岛国家公园。千岛湖游船让你领略无限的风光，在岛屿边上你将看到历史遗留下来的各种痕迹。可以乘坐游船在群岛间悠游和欣赏大小不同、姿态各异的豪宅与岛屿。景点介绍：【加拿大国会山ParliamentHill】国会山是指以国会大厦为中心的一片区域。也是渥太华乃至整个加拿大的象征。钟楼上迎风飘扬的枫树叶国旗，渥太华河畔一系列石砌铜顶的哥德式建筑物毅然矗立，象征着加拿大民族不屈的精神。在和平塔上还有展望台，台上可眺望渥太华全景，塔上会于国会大楼开会期间燃起油灯。景点介绍：【蒙特利尔双层观光巴士DoubleDeckerMontreal】乘坐双层观光巴士是打开蒙特利尔最佳方式之一。巴士分为两层，上层为露天设计，满足您对城市观光的需求。行程涵盖蒙特利尔圣母大教堂等市区内一些值得打卡的景点，自由惬意地欣赏多元文化融合的美，每一处风景，每一个声音和每一次讲解，都可能为您带来隐藏的惊喜！【蒙特利尔市政厅MontréalCityHall】蒙特利尔老城区的雅克&amp;middot;卡迪亚广场北侧就是蒙特利尔市的市政厅。始建于1878年，采用的是当时比较流行的&amp;ldquo;法国第二帝国样式&amp;rdquo;。1922年，原建筑大部分毁于火灾，建筑师LouisParant受命重建，重建的建筑结构采用了当时先进的钢结构设计，风格上为保证原有风格，以法国图尔市政厅为蓝本，同时在屋顶设计上添加了当时比较主流的新装饰主义风格，也修改了原有的板岩屋面材料，改用了铜制屋顶。这个建筑由于布满建筑历史时代发展的烙印，在1984年，该建筑入选加拿大标志性历史建筑名单。【蒙特利尔旧城区OldMontreal】蒙特利尔古城指圣罗伦斯河北岸的旧港及其附近的一片城区，是蒙特利尔最古老的街区。透露着一股浓浓欧洲味的蒙特利尔古城是旅客必游之景点。古城内的教堂、富欧洲特色的古老石砌房屋，似乎借季节的转化，在续续细说它这几百年来所见到的人事变迁。空气中荡漾的是文化气息和小资情调！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往充满法国情怀的城市魁北克，英法对照的路标和招牌随处可见，路上行人穿着打扮也深具欧洲风格，露天咖啡座，浪漫温馨，鹅卵石步行街，购买艺术品，法皇刘易斯广场，仿若到了巴黎。行程安排：蒙特利尔&amp;rarr;魁北克法式餐（自费，75分钟）&amp;rarr;魁北克古城区游览（自费，60分钟。含外观法皇路易斯广场，芳堤娜城堡酒店，议会大楼，外观魁北克圣母圣殿主教堂）&amp;rarr;旧城区小香普兰街（60分钟）&amp;rarr;蒙特伦西瀑布+缆车（自费，60分钟）&amp;rarr;酒店景点介绍：【魁北克古城区OldQuebec】魁北克为北美地区唯一留有城墙堡垒的城市，斑驳的老城墙诉说着不为人知的往昔，以皇家广场为中心，有许多城市始建时期的狭窄街道和骑士旅馆、胜利教堂等古老建筑。同时又是近代美洲殖民化及其发展的关键地区之一。1985年被列为世界文化遗产。【蒙特伦西瀑布MontmorencyFalls】蒙特莫伦西瀑布素有水晶瀑布的美称，瀑布的声势非常之浩大，因为它落差有83米，是尼亚加拉瀑布的1.5倍，大量的水从峭立的悬崖倾泻直落圣罗伦斯河，发出震耳欲聋的声响，气势相当雄伟。</w:t>
+              <w:t xml:space="preserve">今天我们将前往充满法国情怀的城市魁北克，英法对照的路标和招牌随处可见，路上行人穿着打扮也深具欧洲风格，露天咖啡座，浪漫温馨，鹅卵石步行街，购买艺术品，法皇刘易斯广场，仿若到了巴黎。行程安排：蒙特利尔&amp;rarr;魁北克&amp;rarr;魁北克法式餐（自费，75分钟）&amp;rarr;魁北克古城区游览（自费，60分钟。含外观法皇路易斯广场，芳堤娜城堡酒店，议会大楼，外观魁北克圣母圣殿主教堂）&amp;rarr;旧城区小香普兰街（60分钟）&amp;rarr;蒙特伦西瀑布+缆车（自费，60分钟）&amp;rarr;酒店温馨提示：蒙特伦西瀑布+缆车将于11/18/2025-12/25/2025&amp;amp;01/05/2026-01/30/2026期间关闭，缆车关闭后，行程将不再前往该景点，具体关闭时间以景点实际通知为准。景点介绍：【魁北克古城区OldQuebec】魁北克为北美地区唯一留有城墙堡垒的城市，斑驳的老城墙诉说着不为人知的往昔，以皇家广场为中心，有许多城市始建时期的狭窄街道和骑士旅馆、胜利教堂等古老建筑。同时又是近代美洲殖民化及其发展的关键地区之一。1985年被列为世界文化遗产。【蒙特伦西瀑布MontmorencyFalls】蒙特莫伦西瀑布素有水晶瀑布的美称，瀑布的声势非常之浩大，因为它落差有83米，是尼亚加拉瀑布的1.5倍，大量的水从峭立的悬崖倾泻直落圣罗伦斯河，发出震耳欲聋的声响，气势相当雄伟。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">上午我们将经过50亿年形成的美东大峡谷，穿梭崖壁间恍若另一个世界。约傍晚时分返回波士顿。行程安排：酒店&amp;rarr;美东大峡谷（自费，60分钟）&amp;rarr;波士顿景点介绍：【美东大峡谷AusableChasm】风景如画的美东大峡谷，峡谷于50亿年前开始被风蚀，水冲，积淀，才打磨出今天的旷世奇景。几百英尺之下的谷底由天然石块铺就，漫步其上，穿梭崖壁间，恍若另一世界。</w:t>
+              <w:t xml:space="preserve">上午我们将经过50亿年形成的美东大峡谷，穿梭崖壁间恍若另一个世界。约傍晚时分返回波士顿。行程安排：酒店&amp;rarr;美东大峡谷（自费，60分钟）&amp;rarr;波士顿景点介绍：【美东大峡谷AusableChasm,GrandCanyonoftheEasternUnitedStates】风景如画的美东大峡谷，峡谷于50亿年前开始被风蚀，水冲，积淀，才打磨出今天的旷世奇景。几百英尺之下的谷底由天然石块铺就，漫步其上，穿梭崖壁间，恍若另一世界。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -566,51 +566,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.除费用包含以外的景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：华盛顿特区深度游WashingtonD.C.In-depthTour成人：$42.00老人（65+岁）：$42.00儿童（3-12岁）：$32.00必付项目：蒙特利尔双层观光巴士DoubleDeckerMontreal(Mandatory)成人：$45.00老人（65+岁）：$45.00儿童（3-12岁）：$35.00必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00纽约天际浮景台EdgeNYC成人：$43.55~$58.79老人：$43.55~$58.79儿童（6-12岁）：$38.11~$53.35现代艺术博物馆MuseumofModernArt成人：$30.00老人(65岁及以上)：$22.00兒童(16岁及以下)：$0.00备注：感恩节和圣诞节期间闭馆。百老汇音乐剧BroadwayMusical每人：$280.00或$260.00著名迪士尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。国会大厦+国家档案馆深度游U.S.Capitol+TheNationalArchivesIn-depthTour成人：$49.50老人（65岁及以上）：$49.50儿童（3-12岁）：$39.50包含外观联邦最高法院和国会图书馆美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$25.00儿童（12岁以下）：$11.00-$20.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00康宁玻璃中心CorningMuseumofGlass成人：$22.00老人(62+岁)：$19.00儿童(17岁以下)：$0.00尼亚加拉IMAX电影（加境）IMAX:Niagara(Canadaside)成人（13岁及以上）：$14.65老人（65岁及以上）：$14.65儿童（4-12岁）：$10.75尼亚加拉瀑布船+公园许可证VoyagetotheFallsBoatTour-Niagara+ParkPermit成人：$39.51老人(65+岁)：$39.51儿童(5-12岁)：$28.21多伦多游船TorontoSightseeingHarbourTour成人（13岁及以上）：$33.79老人（65岁及以上）：$33.79儿童（4-12岁）：$25.88卡萨罗马皇家古堡CasaLoma成人：$40.00老人（65+岁）：$35.00青年（14-17岁）：$35.00儿童（4-13岁）：$20.00加拿大国家电视塔CNTower成人（14-64岁）：$48.59老人（65+岁）：$33.90青年（6-13岁）：$33.90儿童（3-5岁）：$15.82多伦多雷普利水族馆Ripley'sAquariumofCanada成人：$49.72老人（65+岁）：$32.77青年（6-13岁）：$32.77儿童（3-5岁）：$14.13加境千岛游船ThousandIslandsCruise成人：$36.20老人（65+岁）：$31.70儿童（3-12岁）：$23.80魁北克法式餐QuebecFrenchStyleLunch成人：$43.00老人(65+岁)：$43.00儿童(3-12岁)：$43.00蒙特利尔法国餐MontrealFrenchDinner成人：$43.00老人（65+岁）：$43.00儿童（3-12岁）：$43.00东岸大峡谷（徒步步道）AusableChasm(TrailOnly)成人：$21.50老人（65+岁）：$21.50儿童（5-12岁）：$13.00魁北克古城区游览OldQuebecCityTour成人：$29.00老人(65+岁)：$29.00儿童(3-12岁)：$24.00蒙特伦西瀑布+缆车MontmorencyFalls+CableCar成人：$19.95老人（65+岁）：$19.95儿童（3-12岁）：$11.95</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.除费用包含以外的景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述翱翔纽约RiseNY成人：$48.99儿童（3-12岁）：$45.72蒙特利尔法式餐MontrealFrenchDinner(T)每人：CAD$56.00必付项目：华盛顿特区深度游WashingtonD.C.In-depthTour成人：$42.00老人（65+岁）：$42.00儿童（3-12岁）：$32.00必付项目：蒙特利尔双层观光巴士DoubleDeckerMontreal(Mandatory)成人：$45.00老人（65+岁）：$45.00儿童（3-12岁）：$35.00必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人：$45.00老人（65岁及以上）：$45.00儿童（3-12岁）：$35.00纽约天际浮景台EdgeNYC成人：$43.55~$58.79老人：$43.55~$58.79儿童（6-12岁）：$38.11~$53.35百老汇音乐剧BroadwayMusical每人：$280.00或$260.00著名迪士尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。国会大厦+国家档案馆深度游U.S.Capitol+TheNationalArchivesIn-depthTour成人：$49.50老人（65岁及以上）：$49.50儿童（3-12岁）：$39.50包含外观联邦最高法院和国会图书馆美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00康宁玻璃中心CorningMuseumofGlass成人：$25.00老人（62岁及以上）：$22.00儿童（17岁以下）：$0.00尼亚加拉IMAX电影（加境）IMAX:Niagara(Canadaside)成人（13岁及以上）：$14.65老人（65岁及以上）：$14.65儿童（4-12岁）：$10.75尼亚加拉瀑布船+公园许可证VoyagetotheFallsBoatTour-Niagara+ParkPermit成人：$48.53老人(65+岁)：$48.53儿童(5-12岁)：$31.58多伦多游船TorontoSightseeingHarbourTour成人：$37.24儿童（4-12岁）：$22.55卡萨罗马皇家古堡CasaLoma成人：$47.17老人（65+岁）：$42.00青年（14-17岁）：$42.00儿童（4-13岁）：$31.67加拿大国家电视塔CNTower成人（14-64岁）：$50.85老人（65+岁）：$36.16青年（6-13岁）：$36.16儿童（3-5岁）：$18.08多伦多雷普利水族馆Ripley'sAquariumofCanada成人：$51.98老人（65+岁）：$33.90青年（6-13岁）：$33.90儿童（3-5岁）：$15.26加境千岛游船ThousandIslandsCruise成人：$39.50老人（65+岁）：$39.50儿童（3-12岁）：$25.94魁北克法式餐QuebecFrenchStyleLunch成人：$43.00老人(65+岁)：$43.00儿童(3-12岁)：$43.00东岸大峡谷（徒步步道）AusableChasm(TrailOnly)成人：$19.95老人（65+岁）：$19.95儿童（5-12岁）：$11.95魁北克古城区游览OldQuebecCityTour成人：$29.00老人(65+岁)：$29.00儿童(3-12岁)：$24.00蒙特伦西瀑布+缆车MontmorencyFalls+CableCar成人：$19.95老人（65+岁）：$19.95儿童（3-12岁）：$11.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>