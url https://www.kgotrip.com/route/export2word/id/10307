--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】美东火车体验之旅丨波士顿+纽约+美国梦购物中心+华盛顿D.C.+尼亚加拉瀑布 7日游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">【银榜惠享】美东火车体验之旅丨波士顿+纽约+美国梦购物中心+华盛顿特区+尼亚加拉瀑布 7日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,306 +111,306 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天上午您将在波士顿登上火车，伴随着汽笛轰鸣，我们将跟随列车行进的脚步前往美国第一大城市纽约。沿途拥有无数港口、船舶和桥梁，可饱览康涅狄格州海岸线和风景如画的美景。抵达纽约后，我们将在导游的带领下，参观多个著名的地标建筑，了解更多关于这座城市独特的历史和文化！行程安排：波士顿乘坐火车前往纽约（包含火车票，4小时左右）&amp;rarr;纽约&amp;rarr;哈德逊城市广场+午餐+TheEdge网红观景台（120分钟，观景台需自费）&amp;rarr;现代艺术博物馆（自费，90分钟）&amp;rarr;时代广场（20分钟）&amp;rarr;晚上可自费观赏百老汇音乐剧备注：1.火车首选班次信息：Amtrak-171NortheastRegional;CoachSeatDepartsBoston,MA-SouthStation(BOS)-8:15amArrivesNewYork,NY-MoynihanTrainHallatPennSta.(NYP)-12:24pm2.火车票资源紧张，强烈建议您尽早预订，避免出现车票因售罄无法预订的情况。如遇车票售罄，将更换其他车次前往纽约。3.火车上无导游陪同。著名迪斯尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。景点介绍：【哈德逊城市广场HudsonYards】在2019年，HudsonYards万众期待盛大开幕，这里便成为曼哈顿远西侧岸边一片最闪耀的摩天楼群，颠覆了大众对城市的想像！但HudsonYards的奇迹远非仅此而已......最受瞩目的应该就是新地标Vessel，被称为&amp;ldquo;纽约的埃菲尔铁塔&amp;rdquo;，镂空的螺旋式楼梯链接，设计极具颠覆，同时也充满争议。30HudsonYards还拥有西半球最高的城市观景台theEdge，比1050英尺的帝国大厦观景台和离地850英尺的洛克菲勒中心观景台都要高！当然，HudsonYards俨然已经成为纽约的热门打卡圣地，旁边的7层楼奢华商场TheShops，也非常值得一逛。TheShops占地100万平方英尺，内含纽约第一家也是唯一的一家高端百货NeimanMarcus，囊括的品牌超过100家。被称为&amp;ldquo;小西班牙&amp;rdquo;的美食集市由三位西班牙主厨联合创立，走进去有一种西班牙小吃街的感觉。纽约时报介绍这里Top20的食物，伊比利亚火腿就排第一，用的是只有三周大的利比亚小猪肉，很值得一试，当然还有不会出错的西班牙海鲜饭。【纽约天际浮景台EdgeNYC】纽约天际浮景台是西半球最高的户外空中平台，拥有独一无二的设计。它悬浮在半空中，拥有其他任何地方都无法获得的360度全景。观景台拥有360度视野的三角形户外观景平台，向外倾斜的玻璃帷幕，中间有一个区块是玻璃地板，可以从空中俯瞰到自由女神、河景及金融区等。【现代艺术博物馆MuseumofModernArt】洛克菲勒家族在曼哈顿城中建造的世界上最杰出的现代艺术收藏馆之一的纽约现代艺术博物馆(MoMA)，有许多近当代的先锋艺术展览，涉及美术、建筑、雕塑、电影、设计等方方面面。其中最著名的馆藏品包括梵高的《星月夜》、毕加索的《亚维农少女》、莫奈的《睡莲》、达利的《记忆的永恒》、爱德华&amp;bull;蒙克《呐喊》等等。不仅如此，馆中的庭院也十分漂亮，从馆内巨大的透明落地窗望出去，现代时尚的花园坐落在摩天大楼之间，别有一番风味。【时代广场TimesSquare】时代广场是美国纽约市曼哈顿的一块繁华街区，被称为&amp;ldquo;世界的十字路口&amp;rdquo;。广场附近聚集了各类商场和剧院，是繁盛的娱乐及购物中心。广告的商业金融气息与高科技艺术手段在这里得到完美的统一，夜晚耀眼的霓虹灯反映了曼哈顿强烈的时尚都市特性。走进时代广场，四周都是色彩绚烂的广告牌和身怀绝技的街头艺人，耳边充斥着各种商品的广告语、歌曲MV，震撼着每个人的心灵。事实上人们早已流传如斯：不到纽约算不上到过美国，不到时代广场算不上到过纽约。景点介绍：【百老汇BroadwayTheatre】百老汇剧院，是指包括在美国纽约曼哈顿剧院区域以及林肯中心一带的剧院所演出的戏剧，百老汇以演出音乐剧著名，每天每晚都有各种经典精彩的演出在此上演。亦常常有戏剧、歌剧、舞蹈等等的表演，和伦敦的西区剧院同为英语世界中最著名的剧院区域。在过去的一个多世纪里，百老汇一直被认为是纽约乃至世界表演艺术的中心。百老汇剧院区域也是纽约市的重要旅游景点。06/05/2025-06/10/2025、08/21/2025-09/15/2025期间入住酒店，当天将入住纽瓦克区域酒店，同时赠送每位客人一张TheEdge观景台门票。</w:t>
+              <w:t xml:space="preserve">今天上午您将在波士顿登上火车，伴随着汽笛轰鸣，我们将跟随列车行进的脚步前往美国第一大城市纽约。沿途拥有无数港口、船舶和桥梁，可饱览康涅狄格州海岸线和风景如画的美景。抵达纽约后，我们将在导游的带领下，参观多个著名的地标建筑，了解更多关于这座城市独特的历史和文化！行程安排：波士顿乘坐火车前往纽约（包含火车票，4小时左右）&amp;rarr;纽约&amp;rarr;哈德逊城市广场+午餐+TheEdge网红观景台（120分钟，观景台需自费）&amp;rarr;翱翔纽约（自费，60分钟）&amp;rarr;时代广场（20分钟）&amp;rarr;晚上可自费观赏百老汇音乐剧备注：1.火车首选班次信息：Amtrak-171NortheastRegional;CoachSeatDepartsBoston,MA-SouthStation(BOS)-8:15amArrivesNewYork,NY-MoynihanTrainHallatPennSta.(NYP)-12:24pm2.火车票资源紧张，强烈建议您尽早预订，避免出现车票因售罄无法预订的情况。如遇车票售罄，将更换其他车次前往纽约。3.火车上无导游陪同。著名迪斯尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。景点介绍：【哈德逊城市广场HudsonYards】在2019年，HudsonYards万众期待盛大开幕，这里便成为曼哈顿远西侧岸边一片最闪耀的摩天楼群，颠覆了大众对城市的想像！但HudsonYards的奇迹远非仅此而已......最受瞩目的应该就是新地标Vessel，被称为&amp;ldquo;纽约的埃菲尔铁塔&amp;rdquo;，镂空的螺旋式楼梯链接，设计极具颠覆，同时也充满争议。30HudsonYards还拥有西半球最高的城市观景台theEdge，比1050英尺的帝国大厦观景台和离地850英尺的洛克菲勒中心观景台都要高！当然，HudsonYards俨然已经成为纽约的热门打卡圣地，旁边的7层楼奢华商场TheShops，也非常值得一逛。TheShops占地100万平方英尺，内含纽约第一家也是唯一的一家高端百货NeimanMarcus，囊括的品牌超过100家。被称为&amp;ldquo;小西班牙&amp;rdquo;的美食集市由三位西班牙主厨联合创立，走进去有一种西班牙小吃街的感觉。纽约时报介绍这里Top20的食物，伊比利亚火腿就排第一，用的是只有三周大的利比亚小猪肉，很值得一试，当然还有不会出错的西班牙海鲜饭。【纽约天际浮景台EdgeNYC】纽约天际浮景台是西半球最高的户外空中平台，拥有独一无二的设计。它悬浮在半空中，拥有其他任何地方都无法获得的360度全景。观景台拥有360度视野的三角形户外观景平台，向外倾斜的玻璃帷幕，中间有一个区块是玻璃地板，可以从空中俯瞰到自由女神、河景及金融区等。【翱翔纽约RiseNY】位于时代广场，以沉浸式体验带您穿越纽约充满活力的流行文化与历史变迁。从市政厅地铁站的复刻出发，参观涵盖金融、电影、时尚、音乐、天际线、电视广播和百老汇的七大展厅，欣赏珍贵展品与经典布景。最后登上高科技飞行剧院，在逼真的8K空中视角中俯瞰纽约地标，感受如亲临其境的震撼旅程。【时代广场TimesSquare】时代广场是美国纽约市曼哈顿的一块繁华街区，被称为&amp;ldquo;世界的十字路口&amp;rdquo;。广场附近聚集了各类商场和剧院，是繁盛的娱乐及购物中心。广告的商业金融气息与高科技艺术手段在这里得到完美的统一，夜晚耀眼的霓虹灯反映了曼哈顿强烈的时尚都市特性。走进时代广场，四周都是色彩绚烂的广告牌和身怀绝技的街头艺人，耳边充斥着各种商品的广告语、歌曲MV，震撼着每个人的心灵。事实上人们早已流传如斯：不到纽约算不上到过美国，不到时代广场算不上到过纽约。景点介绍：【百老汇BroadwayTheatre】百老汇剧院，是指包括在美国纽约曼哈顿剧院区域以及林肯中心一带的剧院所演出的戏剧，百老汇以演出音乐剧著名，每天每晚都有各种经典精彩的演出在此上演。亦常常有戏剧、歌剧、舞蹈等等的表演，和伦敦的西区剧院同为英语世界中最著名的剧院区域。在过去的一个多世纪里，百老汇一直被认为是纽约乃至世界表演艺术的中心。百老汇剧院区域也是纽约市的重要旅游景点。06/01/2026-06/07/2026、06/30/2026-07/05/2026、07/14/2026-07/19/2026、08/22/2026-09/13/2026期间出发的班期，当天将入住HolidayInnNewarkInternationalAirport或CourtyardbyMarriottBaskingRidge或同级酒店，同时赠送每位客人一张TheEdge观景台门票。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">快快整装出发！我们将驱车前往位于新泽西的大型娱乐购物中心-美国梦大型娱乐购物商业中心。您不仅可以在这里尽情购物，也可以自费参加购物中心内的各类项目，比如北美室内最大的水上乐园，水族馆，乐高中心等。行程安排：纽约&amp;rarr;美国梦大型娱乐购物商业中心（7小时）&amp;rarr;纽约特别说明：12月25号圣诞节当天商场内的商店和餐厅暂停营业，敬请谅解。客人必须通过我司购买自费项目:美国梦购物中心水上乐园DreamWorksWaterPark(目前暂未开放，预计11月开放)尼克宇宙游乐园NickelodeonUniverseBigSnow滑雪场景点介绍：【美国之梦大型娱乐购物商业中心AmericanDream】美国之梦大型娱乐购物商业中心位于新泽西州，是一座集购物、娱乐、主题乐园于一体的大型购物中心。这里是购物的天堂，您可以尽情享受购物。您也可以走进北美最大的室内水上乐园体验水上项目带来的乐趣；参观位于城市地下的水族馆，展示不同类型的海洋生物，从小虾、海星到海马、鲨鱼等；乐高探索中心则专门为3-10岁孩子的家庭设计，包括4D影院、砖块泳池、积木课程、生日派对房间等。购物中心提供众多游玩项目，总有一款是您想要参加并且不容错过的。06/05/2025-06/10/2025、08/21/2025-09/15/2025期间入住酒店，当天将入住纽瓦克区域酒店。</w:t>
+              <w:t xml:space="preserve">快快整装出发！我们将驱车前往位于新泽西的大型娱乐购物中心-美国梦大型娱乐购物商业中心。您不仅可以在这里尽情购物，也可以自费参加购物中心内的各类项目，比如北美室内最大的水上乐园，水族馆，乐高中心等。行程安排：纽约&amp;rarr;美国梦大型娱乐购物商业中心（7小时）&amp;rarr;纽约特别说明：12月25号圣诞节当天商场内的商店和餐厅暂停营业，敬请谅解。客人必须通过我司购买以下自费项目中的任意一项：美国梦购物中心水上乐园DreamWorksWaterPark尼克宇宙游乐园NickelodeonUniverseBigSnow滑雪场景点介绍：【美国之梦大型娱乐购物商业中心AmericanDream】美国之梦大型娱乐购物商业中心位于新泽西州，是一座集购物、娱乐、主题乐园于一体的大型购物中心。这里是购物的天堂，您可以尽情享受购物。您也可以走进北美最大的室内水上乐园体验水上项目带来的乐趣；参观位于城市地下的水族馆，展示不同类型的海洋生物，从小虾、海星到海马、鲨鱼等；乐高探索中心则专门为3-10岁孩子的家庭设计，包括4D影院、砖块泳池、积木课程、生日派对房间等。购物中心提供众多游玩项目，总有一款是您想要参加并且不容错过的。06/01/2026-06/07/2026、06/30/2026-07/05/2026、07/14/2026-07/19/2026、08/22/2026-09/13/2026期间出发的班期，当天将入住HolidayInnNewarkInternationalAirport或CourtyardbyMarriottBaskingRidge或同级酒店。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将驱车前往友爱之城-费城，参观独立历史公园，见证美国独立相关历史。随后前往美国的政治中心、首都华盛顿，白宫、国会均设在这里，它还拥有众多博物馆，是著名旅游胜地。行程安排：纽约&amp;rarr;费城&amp;rarr;国家独立历史公园（30分钟）&amp;rarr;华盛顿特区&amp;rarr;国会大厦+美国国家档案馆深度游（自费入内参观，2小时，包含外观联邦最高法院和国会图书馆）&amp;rarr;白宫（外观，30分钟）&amp;rarr;林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;酒店特殊说明：1.如遇特殊情况无法进入国会，行程将以华盛顿特区深度游代替。华盛顿特区深度游行程安排：空军纪念碑（20分钟，可以看到著名的五角大楼）&amp;rarr;杰斐逊纪念堂（20分钟）&amp;rarr;二战纪念碑（20分钟）纽约到费城行驶：约100英里费城到华盛顿特区行驶：约140英里景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。【国会大厦U.S.CapitolIn-depthTour】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。我们将入内华盛顿特区的几何中心&amp;mdash;&amp;mdash;国会大厦，行走在华丽精美的国会走廊，聆听每一幅壁画和每一座雕像背后的故事，深度了解为什么这里是民有、民治、民享政权的最高象征。【美国国家档案馆TheNationalArchives】国家档案馆收录了美国历史上各时期的珍贵文件，照片，和影像数据。其中最为著名的藏品便是1776年建国伊始起草的写在羊皮纸上的开国档原稿，共包括3份：《独立宣言》，《美国宪法》和《权利法案》。还有林肯在南北战争期间颁布的解放黑奴的《1863解放宣言》，二战结束纳粹德国的投降书，令尼克松东窗事发并最终将其拉下马的水门事件录音带等。在众多展品中还看到了非常亲切的一份&amp;mdash;&amp;mdash;周总理接见来访的美国总统尼克松的照片，旁边还附有一张当时宴请尼克松的宴会菜单，极其简朴，就是一张白纸，上面印有国徽，而主菜是著名的北京烤鸭，配以其它几样简单的菜点。这张被美国客人带回来的菜单成了对当年中国国情的如实写照。【华盛顿特区深度游WashingtonD.C.In-depthTour】首先，我们将来到空军纪念碑，是由三根八十多米长的弧形钢柱组成，其设计灵感源自美国空军&amp;ldquo;雷鸟&amp;rdquo;特技表演队在特技表演时留在空中的三道白烟。随后到达泰斗湖前瞻仰纪念提出&amp;ldquo;人人生而平等&amp;rdquo;伟大理念的杰佛逊纪念堂。之后前往为纪念在二战期间服役的1600万美国军人而建的二战纪念碑。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。</w:t>
+              <w:t xml:space="preserve">今天，我们将驱车前往友爱之城-费城，参观独立历史公园，见证美国独立相关历史。随后前往美国的政治中心、首都华盛顿，白宫、国会均设在这里，它还拥有众多博物馆，是著名旅游胜地。行程安排：纽约&amp;rarr;费城&amp;rarr;国家独立历史公园（30分钟）&amp;rarr;华盛顿特区&amp;rarr;国会大厦+美国国家档案馆深度游（自费入内参观，2小时，包含外观联邦最高法院和国会图书馆）&amp;rarr;白宫（外观，30分钟）&amp;rarr;林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;酒店特殊说明：1.如遇特殊情况无法进入国会，行程将以华盛顿特区深度游代替。华盛顿特区深度游行程安排：空军纪念碑（20分钟，可以看到著名的五角大楼）&amp;rarr;杰斐逊纪念堂（20分钟）&amp;rarr;二战纪念碑（20分钟）景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。景点介绍：【国会大厦U.S.Capitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。我们将入内华盛顿特区的几何中心&amp;mdash;&amp;mdash;国会大厦，行走在华丽精美的国会走廊，聆听每一幅壁画和每一座雕像背后的故事，深度了解为什么这里是民有、民治、民享政权的最高象征。【美国国家档案馆TheNationalArchives】国家档案馆收录了美国历史上各时期的珍贵文件，照片，和影像数据。其中最为著名的藏品便是1776年建国伊始起草的写在羊皮纸上的开国档原稿，共包括3份：《独立宣言》，《美国宪法》和《权利法案》。还有林肯在南北战争期间颁布的解放黑奴的《1863解放宣言》，二战结束纳粹德国的投降书，令尼克松东窗事发并最终将其拉下马的水门事件录音带等。【华盛顿特区深度游WashingtonD.C.In-depthTour】首先，我们将来到空军纪念碑，是由三根八十多米长的弧形钢柱组成，其设计灵感源自美国空军&amp;ldquo;雷鸟&amp;rdquo;特技表演队在特技表演时留在空中的三道白烟。随后到达泰斗湖前瞻仰纪念提出&amp;ldquo;人人生而平等&amp;rdquo;伟大理念的杰佛逊纪念堂。之后前往为纪念在二战期间服役的1600万美国军人而建的二战纪念碑。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">前往世界500强企业康宁的总部，参观全球最大的玻璃收藏博物馆，欣赏现场制作玻璃表演技术。午餐后，前往著名的沃特金斯峡谷。随后抵达尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：康宁玻璃中心（自费，90分钟）&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，沃特金斯州立公园关闭后行程将不再前往）&amp;rarr;尼亚加拉瀑布夜景深度游（必付项目，90分钟）特别说明：1.沃特金斯峡谷州立公园是夏天行程，在峡谷开放（一般是每年4-10月）后执行，实际入园日期请以官网披露为准。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。酒店到康宁行驶：约275英里康宁到尼亚加拉瀑布行驶：180英里景点介绍：【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
+              <w:t xml:space="preserve">前往世界500强企业康宁的总部，参观全球最大的玻璃收藏博物馆，欣赏现场制作玻璃表演技术。午餐后，前往著名的沃特金斯峡谷。随后抵达尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：康宁玻璃中心（自费，90分钟）&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，仅限沃特金斯峡谷州立公园开放期间前往）&amp;rarr;尼亚加拉瀑布夜景游（必付项目，90分钟）特别说明：1.沃特金斯峡谷州立公园+五指湖是夏季行程，在州立公园开放（一般是每年5-10月）后前往，实际入园日期请以官网披露为准；公园关闭后，沃特金斯峡谷州立公园+五指湖将不再前往。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将在瀑布进行一系列活动，在尼亚加拉瀑布从水上及陆地上两种视角了解瀑布的前世今生。最后我们将返回纽约。行程安排：夏季行程安排（以雾中少女号观瀑船开启开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+雾中少女号瀑布观瀑船）&amp;rarr;纽约冬季行程安排（以雾中少女号观瀑船关闭开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+古堡州立公园）&amp;rarr;纽约特殊说明：1.雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后，行程将不再前往该景点，具体关闭时间以景点实际通知为准。尼亚加拉瀑布到纽约行驶：约400英里景点介绍：【尼亚加拉旋涡州立公园NiagaraWhirlpoolStatePark】尼亚加拉旋涡深125英尺，是在7500年前被水侵蚀而形成的。它位于尼亚加拉由西北流向突然向东北方向拐弯的地方，急促的河水在流向改变后回流，形成一个巨大的旋涡。公园内很清静，有烧烤炉和野餐桌，站在上面可以俯瞰下面的大旋涡，非常壮观。公园内有一条小道可下到谷底，可以乘冲锋舟进入大旋涡体验惊心动魄的场面。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【尼亚加拉古堡州立公园OldFortNiagaraStatePark】战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。【风之洞（美境）CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。06/05/2025-06/10/2025、08/21/2025-09/15/2025期间入住酒店，当天将入住纽瓦克区域酒店。</w:t>
+              <w:t xml:space="preserve">今天我们将在瀑布进行一系列活动，在尼亚加拉瀑布从水上及陆地上两种视角了解瀑布的前世今生。最后我们将返回纽约。行程安排：夏季行程安排（以雾中少女号观瀑船开启开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+雾中少女号瀑布观瀑船）&amp;rarr;纽约冬季行程安排（以雾中少女号观瀑船关闭开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+古堡州立公园）&amp;rarr;纽约特殊说明：1.雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后，行程将不再前往该景点，具体关闭时间以景点实际通知为准。景点介绍：【尼亚加拉旋涡州立公园NiagaraWhirlpoolStatePark】尼亚加拉旋涡深125英尺，是在7500年前被水侵蚀而形成的。它位于尼亚加拉由西北流向突然向东北方向拐弯的地方，急促的河水在流向改变后回流，形成一个巨大的旋涡。公园内很清静，有烧烤炉和野餐桌，站在上面可以俯瞰下面的大旋涡，非常壮观。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【尼亚加拉古堡州立公园OldFortNiagaraStatePark】战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。【风之洞CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。06/01/2026-06/07/2026、06/30/2026-07/05/2026、07/14/2026-07/19/2026、08/22/2026-09/13/2026期间出发的班期，当天将入住HolidayInnNewarkInternationalAirport或CourtyardbyMarriottBaskingRidge或同级酒店。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们首先会抵达纽黑文市，参观耶鲁大学。接着前往位于罗得岛的新港，这里是新英格兰地区避暑胜地，以豪宅著称。傍晚时分到达波士顿。行程安排：纽约&amp;rarr;纽黑文&amp;rarr;耶鲁大学校园游（自费，60分钟）&amp;rarr;新港市&amp;rarr;听涛山庄（自费，90分钟）&amp;rarr;波士顿景点介绍：【耶鲁大学YaleUniversity】耶鲁大学始创于1701年，是常春藤盟校之一，出过5位美国总统，坐落于康涅狄格州纽黑文。该校被称作&amp;ldquo;美国美丽的城市校园&amp;rdquo;，漂亮的哥特式建筑与现代化建筑交相互映，整个校园弥漫着古典的浪漫和现代的精英气息。【听涛山庄TheBreakers】在罗德岛这个豪宅遍布的地方，听涛山庄显得十分的突出,它是美国铁路大亨范德比尔特家族的避暑山庄。在这里，可以亲身感受到美国淘金时期的财富荣耀。因为山庄背靠大海，大海拍击崖壁的浪涛声不绝于耳，所以被称为听涛山庄。山庄后面有一个面积很大的花园草坪，在这里可以感受到面朝大海，春暖花开的惬意~</w:t>
+              <w:t xml:space="preserve">今天我们首先会抵达纽黑文市，参观耶鲁大学。接着前往位于罗得岛的新港，这里是新英格兰地区避暑胜地，以豪宅著称。傍晚时分到达波士顿。行程安排：纽约&amp;rarr;纽黑文&amp;rarr;耶鲁大学校园游（自费，60分钟）&amp;rarr;新港市&amp;rarr;听涛山庄（自费，90分钟）&amp;rarr;波士顿景点介绍：【耶鲁大学YaleUniversity】耶鲁大学始创于1701年，是常春藤盟校之一，出过5位美国总统，坐落于康涅狄格州纽黑文。该校被称作&amp;ldquo;美国美丽的城市校园&amp;rdquo;，漂亮的哥特式建筑与现代化建筑交相互映，整个校园弥漫着古典的浪漫和现代的精英气息。景点介绍：【听涛山庄TheBreakers】在罗德岛这个豪宅遍布的地方，听涛山庄显得十分的突出,它是美国铁路大亨范德比尔特家族的避暑山庄。在这里，可以亲身感受到美国淘金时期的财富荣耀。因为山庄背靠大海，大海拍击崖壁的浪涛声不绝于耳，所以被称为听涛山庄。山庄后面有一个面积很大的花园草坪，在这里可以感受到面朝大海，春暖花开的惬意~</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -515,83 +515,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.除费用包含以外的景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：美国第一之旅TheFirstsofAmericaExplorationTour(Mandatory)成人：$55.00老人（65+岁）：$55.00儿童（3-12岁）：$45.00必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00纽约天际浮景台EdgeNYC成人：$43.55~$58.79老人：$43.55~$58.79儿童（6-12岁）：$38.11~$53.35现代艺术博物馆MuseumofModernArt成人：$30.00老人(65岁及以上)：$22.00兒童(16岁及以下)：$0.00备注：感恩节和圣诞节期间闭馆。百老汇音乐剧BroadwayMusical每人：$280.00或$260.00著名迪士尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。美国梦购物中心水上乐园DreamWorksWaterPark每人：$69.00-$89.00尼克宇宙游乐园NickelodeonUniverse每人：$63.00-$85.00美国之梦摩天轮DreamWheel成人（12岁以上）：$31.92儿童（5-11岁）：19.99美国梦购物中心乐高探索中心LEGODiscoveryCenter成人：$30.91儿童（3-12岁）：$30.91美国梦购物中心水族馆SeaLife成人：$30.91老人（65+）：$30.91儿童（3-12岁）：$25.58国会大厦+国家档案馆深度游U.S.Capitol+TheNationalArchivesIn-depthTour成人：$49.50老人（65岁及以上）：$49.50儿童（3-12岁）：$39.50包含外观联邦最高法院和国会图书馆华盛顿特区深度游WashingtonD.C.In-depthTour成人：$42.00老人(65+岁)：$42.00儿童(3-12岁)：$32.00康宁玻璃中心CorningMuseumofGlass成人：$22.00老人(62+岁)：$19.00儿童(17岁以下)：$0.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00尼亚加拉瀑布经典游NiagaraFallsClassicTour成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船/古堡州立公园美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$25.00儿童（12岁以下）：$11.00-$20.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。耶鲁大学校园游YaleUniversityIn-DepthCampusTour成人：$25.00老人（65+岁）：$25.00儿童（3-12岁）：$15.00听涛山庄TheBreakersMansion成人：$29.00老人（65+岁）：$29.00儿童（6-12岁）：$10.00波士顿观港船BostonHarborCruise成人：$46.00老人（65+岁）：$46.00儿童（3-11岁）：$41.00波士顿龙虾餐BostonLobsterMeal每人：$40.00波士顿云端漫步观景台ViewBostonatPrudentialCenter成人：$34.99老人（65岁+）：$32.99儿童（6-12岁）：$28.99</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.除费用包含以外的景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述翱翔纽约RiseNY成人：$48.99儿童（3-12岁）：$45.72必付项目：美国第一之旅TheFirstsofAmericaExplorationTour(Mandatory)成人：$55.00老人（65+岁）：$55.00儿童（3-12岁）：$45.00必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人：$45.00老人（65岁及以上）：$45.00儿童（3-12岁）：$35.00纽约天际浮景台EdgeNYC成人：$43.55~$58.79老人：$43.55~$58.79儿童（6-12岁）：$38.11~$53.35百老汇音乐剧BroadwayMusical每人：$280.00或$260.00著名迪士尼百老汇音乐剧：《Aladdin阿拉丁》《TheLionKing狮子王》座位区域：OrchestraOrFrontMezzanine价格：$280/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）著名百老汇经典音乐剧：《Wicked女巫》《MJ:TheMusical迈克尔杰克逊》座位区域：OrchestraOrFrontMezzanine《HarryPotterandtheCursedChild哈利波特与被诅咒的孩童》座位区域：OrchestraOrPrimeDressCircle卖价：$260/人（包含一张百老汇门票+百老汇后安排中文接送到酒店）注：百老汇音乐剧门票一经预定无法退改。美国梦购物中心水上乐园DreamWorksWaterPark每人：$69.00-$89.00尼克宇宙游乐园NickelodeonUniverse每人：$63.00-$85.00美国之梦摩天轮DreamWheel成人（12岁以上）：$31.92儿童（5-11岁）：19.99美国梦购物中心乐高探索中心LEGODiscoveryCenter成人：$30.91儿童（3-12岁）：$30.91美国梦购物中心水族馆SeaLife成人：$30.91老人（65+）：$30.91儿童（3-12岁）：$25.58国会大厦+国家档案馆深度游U.S.Capitol+TheNationalArchivesIn-depthTour成人：$49.50老人（65岁及以上）：$49.50儿童（3-12岁）：$39.50包含外观联邦最高法院和国会图书馆华盛顿特区深度游WashingtonD.C.In-depthTour成人：$42.00老人(65+岁)：$42.00儿童(3-12岁)：$32.00康宁玻璃中心CorningMuseumofGlass成人：$25.00老人（62岁及以上）：$22.00儿童（17岁以下）：$0.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00尼亚加拉瀑布经典游NiagaraFallsClassicTour成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船/古堡州立公园美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。耶鲁大学校园游YaleUniversityIn-DepthCampusTour成人：$25.00老人（65+岁）：$25.00儿童（3-12岁）：$15.00听涛山庄TheBreakersMansion成人：$36.00儿童（6-12岁）：$18.00波士顿观港船BostonHarborCruise成人：$46.00老人（65+岁）：$46.00儿童（3-11岁）：$41.00波士顿龙虾餐BostonLobsterMeal每人：$40.00波士顿云端漫步观景台ViewBostonatPrudentialCenter成人：$37.00老人（65岁+）：$35.00儿童（6-12岁）：$18.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】火车票预定后一经确认，无法取消或更改等。参加火车团的人报名时必须使用护照/PhotoID上的姓名及出生日期。</w:t>
+              <w:t xml:space="preserve">【退改说明】火车票预定后一经确认，无法取消或更改等。参加火车团的人报名时必须使用护照/PhotoID上的姓名及出生日期。【退改说明】火车票预定后一经确认，无法取消或更改等。参加火车团的人报名时必须使用护照/PhotoID上的姓名及出生日期。【退改说明】火车票预定后一经确认，无法取消或更改等。参加火车团的人报名时必须使用护照/PhotoID上的姓名及出生日期。【退改说明】火车票预定后一经确认，无法取消或更改等。参加火车团的人报名时必须使用护照/PhotoID上的姓名及出生日期。【退改说明】火车票预定后一经确认，无法取消或更改等。参加火车团的人报名时必须使用护照/PhotoID上的姓名及出生日期。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>