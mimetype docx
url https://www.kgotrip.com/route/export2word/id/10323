--- v0 (2025-10-27)
+++ v1 (2026-03-04)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】温哥华+尤金+雷诺+拉斯维加斯+西峡谷+玻璃桥+洛杉矶+旧金山 9日游（套餐）-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">【银榜惠享】温哥华往返 尤金+雷诺+拉斯维加斯+西峡谷+玻璃桥+洛杉矶+旧金山 9日游（套餐）-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -213,153 +213,153 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迎着朝阳，我们即将开始今天精彩的旅程。沿九十五号公路北行，途中短暂停留休息后，我们将于下午抵达世界赌城&amp;mdash;拉斯维加斯！晚餐后，您更可以和我们一起欣赏赌城的迷人夜景。行程安排：雷诺&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">迎着朝阳，我们即将开始今天精彩的旅程。沿九十五号公路北行，途中短暂停留休息后，我们将于下午抵达世界赌城&amp;mdash;拉斯维加斯！晚餐后，您更可以和我们一起欣赏赌城的迷人夜景。行程安排：雷诺&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightViewTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">拉斯维加斯位居世界四大赌城之一，是一座以赌博业为中心的旅游、购物、度假的世界知名度假城市，拥有&amp;ldquo;世界娱乐之都&amp;rdquo;和&amp;ldquo;结婚之都&amp;rdquo;的美称。每年来拉斯维加斯旅游的3890万旅客中，来购物和享受美食的占了大多数，专程来赌博的只占少数。今天您有一整天的时间在拉斯维加斯，抛开工作和生活的烦恼，在这座娱乐至上的度假之都，尽情的放肆享受吧。或者可自费参加我司西峡谷+玻璃桥一日游（价格$180/人）或西峡谷一日游（含峡谷内热午餐）（中英双语团，价格$140/人）。西峡谷是漫长的科罗拉多峡谷的西端峡谷，简称西峡谷，也称为大峡谷西缘。西峡谷距离拉斯维加斯单程只要三个小时以内。这里还建造了一个U型玻璃走廊，供大家感受峡谷的高度与刺激。</w:t>
+              <w:t xml:space="preserve">拉斯维加斯位居世界四大赌城之一，是一座以赌博业为中心的旅游、购物、度假的世界知名度假城市，拥有&amp;ldquo;世界娱乐之都&amp;rdquo;和&amp;ldquo;结婚之都&amp;rdquo;的美称。每年来拉斯维加斯旅游的3890万旅客中，来购物和享受美食的占了大多数，专程来赌博的只占少数。今天您有一整天的时间在拉斯维加斯，抛开工作和生活的烦恼，在这座娱乐至上的度假之都，尽情的放肆享受吧。或者可自费参加我司西峡谷+玻璃桥一日游（价格$180/人）或西峡谷一日游（含峡谷内热午餐）（中英双语团，价格$160/人）。西峡谷是漫长的科罗拉多峡谷的西端峡谷，简称西峡谷，也称为大峡谷西缘。西峡谷距离拉斯维加斯单程只要三个小时以内。这里还建造了一个U型玻璃走廊，供大家感受峡谷的高度与刺激。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您将有一整天的时间自由参观天使之城洛杉矶，或者自费参加我们精美的一日游（一日游两人成团，请在定团时选择您要去的一日游并支付费用，否则无法安排。可点击蓝色字体查看具体行程）。该天可选择的一日游价格洛杉矶市区一日游（CT）$100/人迪士尼乐园或冒险乐园一日游（DL1）$250/人或$290/人圣地亚哥一日游：老城风情+航母+游船（SD1）$175/人圣地亚哥+海洋世界一日游（SW1）$195/人好莱坞-环球影城畅怀一日游（US1）$215/人</w:t>
+              <w:t xml:space="preserve">今天您将有一整天的时间自由参观天使之城洛杉矶，或者自费参加我们精美的一日游（一日游两人成团，请在定团时选择您要去的一日游并支付费用，否则无法安排。可点击蓝色字体查看具体行程）。该天可选择的一日游价格洛杉矶市区一日游（CT）$115/人迪士尼乐园或冒险乐园一日游（DL1）$265/人或$315/人圣地亚哥一日游：老城风情+航母+游船（SD1）$195/人圣地亚哥+海洋世界一日游（SW1）$200/人好莱坞-环球影城畅怀一日游（US1）$230/人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -417,102 +417,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">旧金山被誉为浪漫文化之都，是最受美国人欢迎的城市，顶尖的科学技术人员云集此地。著名的金门大桥、九曲花街、渔人码头让人流连忘返！双子峰、市政广场令人目不暇接。如果您是第一次来旧金山，一定要搭乘旧金山的海湾游轮，欣赏城市天际线和壮丽的景色，饱览沿途景点，将都市的匆忙与喧嚣抛之脑后。夜宿旧金山湾区北部。行程安排：贝克斯菲尔德&amp;rarr;旧金山&amp;rarr;渔人码头（2.5小时，可自费乘坐海湾游船）&amp;rarr;金门大桥（45分钟）&amp;rarr;九曲花街（45分钟）&amp;rarr;市政厅（40分钟）&amp;rarr;双子峰（25分钟）景点介绍：【旧金山渔人码头SanFranciscoFisherman'sWharf】渔人码头的名号，在旧金山可谓是家喻户晓。从吉拉德里广场开始一直延伸到35号码头的区域，可以看到最热闹的39号码头的各色商店、餐厅、街头表演，也可以远眺远方欣赏恶魔岛、金门大桥、海湾桥的各色风景。【金门湾游轮GoldenGateBayCruise】从历史悠久的渔人码头中心的43号码头出发，在雄伟的金门大桥下和恶魔岛巡游，您将在导游的带领下游览旧金山湾水域，沿着梅森堡蜿蜒向西，通过专业的讲解，您可以了解这座城市丰富多彩的历史和世界著名的地标，还可以近距离接触海洋生物。【金门大桥GoldenGateBridge】金门大桥是世界最大的单孔吊桥之一，被视为三藩市的象征。2.7公里的长度，贯穿了整个三藩市湾和太平洋的金门海峡，更是连接三藩市和北边城市的重要交通枢纽。与此同时，《猩球崛起》、《X战警》等美国大片均在此取景拍摄过。【九曲花街LombardStreet】九曲花街被誉为&amp;ldquo;世界上最弯曲的街道&amp;rdquo;，是旧金山最受欢迎的地标之一。每年，数以百万计的游客步行或驾车经过它的八个急转弯。它被俄罗斯山的豪宅、精心修剪的景观和鲜花环绕，也是该市风景最优美的街道之一。从山顶俯瞰旧金山湾、海湾大桥和科伊特塔令人叹为观止的景色。【旧金山市政厅CivicCenter】旧金山市政厅是一座另人印象深刻的建筑，曾一度被公认为美国最美丽的公共建筑之一。三藩市市政厅模仿了梵蒂冈圣彼得大教堂的建筑风格，金顶的设计则是借鉴了巴黎荣军院。【双子峰TwinPeaks】两座海拔约270公尺的山丘，同时也是旧金山境内独有保留的天然山丘，此地并以360度全景眺望而闻名。双子峰是旧金山市内主要的两个制高点，还有一条8字型的公路环绕在两座山峰的周围。这里的山顶观景台因为没有茂密的大树遮挡，所以可以将旧金山的美景尽收眼底，饱览无余。从峰上俯视，繁华的旧金山市景和迷人的海湾风情都将令您沉醉。</w:t>
+              <w:t xml:space="preserve">旧金山被誉为浪漫文化之都，是最受美国人欢迎的城市，顶尖的科学技术人员云集此地。著名的金门大桥、九曲花街、渔人码头让人流连忘返！双子峰、市政广场令人目不暇接。如果您是第一次来旧金山，一定要搭乘旧金山的海湾游轮，欣赏城市天际线和壮丽的景色，饱览沿途景点，将都市的匆忙与喧嚣抛之脑后。夜宿萨克拉门托区域。行程安排：贝克斯菲尔德&amp;rarr;旧金山&amp;rarr;渔人码头（2.5小时，可自费乘坐海湾游船）&amp;rarr;金门大桥（45分钟）&amp;rarr;九曲花街（45分钟）&amp;rarr;市政厅（40分钟）&amp;rarr;双子峰（25分钟）&amp;rarr;萨克拉门托景点介绍：【旧金山渔人码头SanFranciscoFisherman'sWharf】渔人码头的名号，在旧金山可谓是家喻户晓。从吉拉德里广场开始一直延伸到35号码头的区域，可以看到最热闹的39号码头的各色商店、餐厅、街头表演，也可以远眺远方欣赏恶魔岛、金门大桥、海湾桥的各色风景。【金门湾游轮GoldenGateBayCruise】从历史悠久的渔人码头中心的43号码头出发，在雄伟的金门大桥下和恶魔岛巡游，您将在导游的带领下游览旧金山湾水域，沿着梅森堡蜿蜒向西，通过专业的讲解，您可以了解这座城市丰富多彩的历史和世界著名的地标，还可以近距离接触海洋生物。【金门大桥GoldenGateBridge】金门大桥是世界最大的单孔吊桥之一，被视为三藩市的象征。2.7公里的长度，贯穿了整个三藩市湾和太平洋的金门海峡，更是连接三藩市和北边城市的重要交通枢纽。与此同时，《猩球崛起》、《X战警》等美国大片均在此取景拍摄过。【九曲花街LombardStreet】九曲花街被誉为&amp;ldquo;世界上最弯曲的街道&amp;rdquo;，《毒液》等超多电影在这里拍过飙车戏，是旧金山最受欢迎的地标之一。每年，数以百万计的游客步行或驾车经过它的八个急转弯。它被俄罗斯山的豪宅、精心修剪的景观和鲜花环绕，也是该市风景最优美的街道之一。从山顶俯瞰旧金山湾、海湾大桥和科伊特塔令人叹为观止的景色。【旧金山市政厅SanFranciscoCityHallCivicCenter】旧金山市政厅是一座另人印象深刻的建筑，曾一度被公认为美国最美丽的公共建筑之一。三藩市市政厅模仿了梵蒂冈圣彼得大教堂的建筑风格，金顶的设计则是借鉴了巴黎荣军院。【双子峰TwinPeaks】两座海拔约270公尺的山丘，同时也是旧金山境内独有保留的天然山丘，此地并以360度全景眺望而闻名。双子峰是旧金山市内主要的两个制高点，还有一条8字型的公路环绕在两座山峰的周围。这里的山顶观景台因为没有茂密的大树遮挡，所以可以将旧金山的美景尽收眼底，饱览无余。从峰上俯视，繁华的旧金山市景和迷人的海湾风情都将令您沉醉。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将启程返回俄勒冈州，欣赏宏伟的日晷桥，桥身由玻璃搭建而成，横跨于萨克拉门托河之上，秀丽挺拔，是当之无愧的一件艺术品！参观结束后我们将驱车前往尤金。行程安排：旧金山&amp;rarr;萨克拉门托&amp;rarr;日晷桥（30分钟）&amp;rarr;尤金景点介绍：【日晷桥SundialBridge】宏伟的日晷桥坐落在瑞丁的龟背湾探索公园，横跨萨克拉门托河，由著名西班牙建筑师SantiagoCalatrava设计，是一座具有实际功用的艺术作品。日晷桥跨度700英尺/213米，人行道铺着玻璃砖、白色桥塔高高耸立，悬索既能支撑桥梁也是日晷。这种设计的目的是向人类的创造力和智慧致敬，同时也是这个300英亩公园的主题。</w:t>
+              <w:t xml:space="preserve">今天我们将启程返回俄勒冈州，欣赏宏伟的日晷桥，桥身由玻璃搭建而成，横跨于萨克拉门托河之上，秀丽挺拔，是当之无愧的一件艺术品！参观结束后我们将驱车前往尤金。行程安排：萨克拉门托&amp;rarr;日晷桥（30分钟）&amp;rarr;尤金景点介绍：【日晷桥SundialBridge】宏伟的日晷桥坐落在瑞丁的龟背湾探索公园，横跨萨克拉门托河，由著名西班牙建筑师SantiagoCalatrava设计，是一座具有实际功用的艺术作品。日晷桥跨度700英尺/213米，人行道铺着玻璃砖、白色桥塔高高耸立，悬索既能支撑桥梁也是日晷。这种设计的目的是向人类的创造力和智慧致敬，同时也是这个300英亩公园的主题。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -585,83 +585,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.交通：当地舒适空调旅游巴士；2.司导：中英双语导游服务；3.住宿：行程中列明酒店，标准间。</w:t>
+              <w:t xml:space="preserve">1.行程中交通费用（使用车辆类型根据当日具体参团人数决定）；2.行程中住宿（住宿晚数等于行程天数减一）；3.中英文服务人员（司机+导游/司兼导）；4.行程中第二天+第五天至第九天的早餐，共6顿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.加币价格不含联邦服务税5%GST；2.司机导游服务费（每人每天USD$15美金/CAD$20加币）；3.全程餐饮；4.行程中提及活动门票；5.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；6.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；7.任何种类的旅游保险。自费项目项目名称价格说明描述拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价西峡谷一日游（含峡谷内热午餐）(VCE)GrandCanyonNationalParkWestRim1-DayTour每人：$150.00包含西峡谷门票+峡谷内热午餐西峡谷+玻璃桥一日游（VC）每人：$180.00包含：西峡谷和玻璃桥门票+峡谷内午餐西峡谷直升机+游船GrandCanyonWestRimHelicopterTour+RiverCruise每人：$299.003岁以上同价圣地亚哥+海洋世界一日游(SW1)每人：$195.00圣地亚哥一日游：老城风情+航母+游船(SD1)每人：$175.00约书亚树国家公园+尼克松总统图书馆和博物馆一日游(J1)每人：$155.00迪士尼一日游+环球影城一日游DisneylandPark+UniversalStudioHollywood成人：USD$368.00儿童（3-9岁）：USD$345.00洛杉矶市区深度一日游(CT)每人：$100.00好莱坞-环球影城畅怀一日游(US1)每人：$215.00迪士尼乐园或冒险乐园一日游(DL1)每人：$250.00或$290.00出发日期不同，价格有所不同，请查看行程中具体描述。金门湾游轮GoldenGateBayCruise成人：$38.00兒童（5-17歲）：$29.00</w:t>
+              <w:t xml:space="preserve">1.司机导游服务费（每人每天USD$15/CAD$20）；2.行程中未列明包含的餐食；3.行程中提及活动门票；4.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；5.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；6.任何种类的旅游保险。自费项目项目名称价格说明描述拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价西峡谷一日游（含峡谷内热午餐）(VCE)GrandCanyonNationalParkWestRim1-DayTour每人：$168.00包含：西峡谷门票+峡谷内热午餐西峡谷+玻璃桥一日游（VC）每人：$198.00包含：西峡谷和玻璃桥门票+峡谷内午餐西峡谷小飞机WestRimAirplane【现付】每人：$169.00预订须知：此自费项目体验时间为20分钟，最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。西峡谷直升机+游船GrandCanyonWestRimHelicopterTour+RiverCruise每人：$319.003岁以上同价预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。圣地亚哥+海洋世界一日游(SW1)每人：$200.00圣地亚哥一日游：老城风情+航母+游船(SD1)每人：$195.00迪士尼一日游+环球影城一日游DisneylandPark+UniversalStudioHollywood成人：USD$412.00/CAD$510.00儿童（3-9岁）：USD$396.00/CAD$490.00洛杉矶市区深度一日游(CT)每人：$115.00好莱坞-环球影城畅怀一日游(US1)每人：$230.00迪士尼乐园或冒险乐园一日游(DL1)每人：$265.00或$315.00出发日期不同，价格有所不同，请查看行程中具体描述。金门湾游轮GoldenGateBayCruise成人：$38.00兒童（5-17歲）：$29.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>