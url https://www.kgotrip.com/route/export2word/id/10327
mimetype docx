--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】旧金山往返 | 太浩湖+北方滑雪场 2日游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">边边游 | 太浩湖+北方滑雪场 2日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从旧金山湾区出发开始美妙的冰雪奇缘之旅。穿越冰清玉洁世界，踏雪而至北浩湖，在旖旎的太浩湖边观赏仙湖奇境；继而前往灯火霓虹的雷诺，入住豪华赌场酒店。之后您可自由选择在赌城挥洒、游览，或者前往卡森市（Carson），享受矿物纯天然温泉（自费，自备泳衣、浴巾、储物柜钥匙）。行程安排：旧金山&amp;rarr;加州议会大厦博物馆（45分钟）&amp;rarr;太浩湖（150分钟）&amp;rarr;雷诺酒店自由活动或自费享受温泉浴景点介绍：【加州议会大厦博物馆CaliforniaStateCapitolMuseum】这座1869年建成的州议会大厦拥有宏伟的柱子和时尚的圆顶，看上去就像是华盛顿哥伦比亚特区美国国会大厦的缩小版。【太浩湖LakeTahoe】太浩湖是北美最大的高山湖泊，全美第二深的湖泊。湖水蔚蓝清澈，映照着旁边的山峦，有着独特绝美的自然风光，宛若神秘仙境。在它周围坐落着许多滑雪场，一年四季都吸引着众多游客。【雷诺Reno】雷诺被称为&amp;ldquo;世界上最大的小城市&amp;rdquo;（TheBiggestLittleCityintheWorld），以博彩业闻名。是群山环抱的安静小城，处于内华达州毗邻加州的地方，距离太浩湖很近。也是内华达州第三大城市。</w:t>
+              <w:t xml:space="preserve">早上从旧金山湾区出发开始美妙的冰雪奇缘之旅。穿越冰清玉洁世界，踏雪而至北太浩湖，在旖旎的湖边观赏仙湖奇境；继而前往灯火霓虹的雷诺，入住豪华赌场酒店。之后您可自由选择在赌城挥洒、游览，或者前往卡森市（Carson），享受矿物纯天然温泉（自费，自备泳衣、浴巾、储物柜钥匙）。行程安排：旧金山&amp;rarr;加州议会大厦博物馆（45分钟）&amp;rarr;北太浩湖（150分钟）&amp;rarr;雷诺酒店自由活动或自费享受温泉浴景点介绍：【加州议会大厦CaliforniaStateCapitolMuseum】这座1869年建成的州议会大厦拥有宏伟的柱子和时尚的圆顶，看上去就像是华盛顿哥伦比亚特区美国国会大厦的缩小版。景点介绍：【太浩湖LakeTahoe】太浩湖是北美最大的高山湖泊，全美第二深的湖泊。湖水蔚蓝清澈，映照着旁边的山峦，有着独特绝美的自然风光，宛若神秘仙境。在它周围坐落着许多滑雪场，一年四季都吸引着众多游客。景点介绍：【雷诺Reno】雷诺被称为&amp;ldquo;世界上最大的小城市&amp;rdquo;（TheBiggestLittleCityintheWorld），以博彩业闻名。是群山环抱的安静小城，处于内华达州毗邻加州的地方，距离太浩湖很近。也是内华达州第三大城市。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -260,83 +260,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述卡尔森温泉CarsonHotSpring成人：$17.00老人（55岁及以上）：$15.00青年（2-11岁）：$15.00儿童（2岁以下）：$7.50北方滑雪场缆车BorealMountainSkiLift成人：$94.00~$134.00儿童（12岁及以下）：$74.00~$114.00价格为预估价格，具体价格以官网最终价格为准。由于滑雪场没有售票处，所有滑雪项目需客人提前网上实名购票，请购买10:00AM的缆车票，购票网址点击蓝色字体查看。北方滑雪场雪地轮胎TahoeTubing每人：$54.00-69.00价格为预估价格，具体价格以官网最终价格为准。由于滑雪场没有售票处，所有滑雪项目需客人提前网上实名购票，请购买11:15AM开始的轮胎场次（约90分钟），购票网址点击蓝色字体查看。42英吋以下儿童不能参加该项目。</w:t>
+              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述卡尔森温泉CarsonHotSpring成人：$17.00老人（55岁及以上）：$15.00青年（2-11岁）：$15.00儿童（2岁以下）：$7.50北方滑雪场缆车BorealMountainSkiLift成人：$94.00~$134.00儿童（12岁及以下）：$74.00~$114.00价格为预估价格，具体价格以官网最终价格为准。由于滑雪场没有售票处，所有滑雪项目需客人提前网上实名购票，请购买10:00AM的缆车票，购票网址点击蓝色字体查看。北方滑雪场雪地轮胎TahoeTubing每人：$54.00-69.00价格为预估价格，具体价格以官网最终价格为准。由于滑雪场没有售票处，所有滑雪项目需客人提前网上实名购票，请购买11:15AM开始的轮胎场次（约90分钟），购票网址点击蓝色字体查看。42英吋以下儿童不能参加该项目。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>