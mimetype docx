--- v0 (2025-10-21)
+++ v1 (2026-03-05)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">“午夜阳光”2024阿拉斯加夏季 | 军港小镇惠蒂尔（Whittier）冰川游船一日游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">“午夜阳光”2025阿拉斯加夏季 | 军港小镇惠蒂尔（Whittier）冰川游船一日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -241,51 +241,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中</w:t>
+              <w:t xml:space="preserve">【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中【退改说明】取消政策：1.出发前15天内取消行程，收取全部团费；2.出发前16-25天内取消行程，收取团费的50%；3.出发前26-35天取消行程，收取团费的30%改签政策：由于交通工具、设备故障、政府罢工、客人疾病、突发意外、天气变化等不可抗力或其他个人原因导致客人无法准时参团，建议您可将此行程转给他人使用，我司也可免费为您提供变更客人预订的服务，如您确实需要将行程变更或延迟，我们将尽力协助您减少损失，但无法为您承担此部分费用，具体规则如下：1.出团日35天以前：延期或更改行程：不收取任何罚金2.出团日35天（含）之内：延期或更改行程，需扣除第一晚酒店费用及已预订的项目费用后，剩余团款转至变更后的订单中</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>