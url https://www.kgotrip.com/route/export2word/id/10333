--- v0 (2025-10-29)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">“午夜阳光”2024阿拉斯加夏季 | 淘金小镇（陶基纳Talkeetna）穹顶火车一日游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">“午夜阳光”2025阿拉斯加夏季 | 淘金小镇（陶基纳Talkeetna）穹顶火车一日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -209,51 +209,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程当日往返集合地点的交通；2.自费项目及行程中未包含的游览和门票；3.餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：20美元/人/天。请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励；5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述陶基纳喷气快船TalkeetnaSpeedboatTour成人：$98.00儿童（2-12岁）：$72.00往返全程约2小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(不含冰河登陆notincludingglacierlanding)成人：$270.00儿童（0-10岁）：$189.00往返全程约1小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(含冰河登陆includingglacierlanding)成人：$388.00儿童（0-10岁）：$272.00往返全程约1.5小时，英文讲解。冰河登陆成功后，需现场另行支付US$15/人迪纳利国家公园入园费。</w:t>
+              <w:t xml:space="preserve">1.行程当日往返集合地点的交通；2.自费项目及行程中未包含的游览和门票；3.餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：20美元/人/天。请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励；5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述陶基纳喷气快船TalkeetnaSpeedboatTour成人：$105.00儿童（2-12岁）：$76.00往返全程约2小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(不含冰河登陆notincludingglacierlanding)成人：$279.00儿童（0-10岁）：$195.00往返全程约1小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(含冰河登陆includingglacierlanding)成人：$399.00儿童（0-10岁）：$279.00往返全程约1.5小时，英文讲解。冰河登陆成功后，需现场另行支付US$15/人迪纳利国家公园入园费。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>