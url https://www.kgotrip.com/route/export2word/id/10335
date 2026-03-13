--- v0 (2025-10-19)
+++ v1 (2026-03-13)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">“午夜阳光”2024阿拉斯加夏季 | 阿拉斯加安克雷奇+迪纳利+费尔班克斯6天5晚纵穿之旅-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">“午夜阳光”2025阿拉斯加夏季 | 阿拉斯加安克雷奇+迪纳利+费尔班克斯6天5晚纵穿之旅-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -366,51 +366,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">行程内容：今天上午您可以在迪纳利国家公园区域自由活动，可以自费参加迪纳利公园区域的各种户外活动，与大自然亲密接触。计划下午14:00左右指定酒店出发，乘车前往费尔班克斯机场，预计17:00左右抵达机场（机场代码：FAI）。今日您将结束全部行程，告别美丽的阿拉斯加。迪纳利国家公园：迪纳利国家公园于1917年建立，是美国国家公园体系建立后第二个成立的国家公园，也是世界上连续受保护时间最长的一个生态保护区。公园内生活着种类繁多的野生生物，并具有得天独厚的原始自然景观：阿拉斯加山脉、寒带植被等等，兼容并蓄的美景吸引许多世界各地喜爱大自然的游客。美不胜收的风景，加上探寻野生动物的乐趣，使得不论是为欣赏自然风景、登山或为徒步而来的人，皆可满载美好的回忆而归。自费项目：鉴于时间限制，各种活动仅限选其一参加。1.迪纳利公园自然历史之旅NaturalHistoryTour*（仅限提前预订，往返全程约4-5小时，英文讲解）进入迪纳利国家公园30英里处（约50公里），这将是一段经典而轻松的旅程，您有机会观测到保护区内的野生动物，在天气晴好的时候，还能遥望到远处高耸的迪纳利峰。2.迪纳利野外ATV全地形车探险*（建议提前预订，往返全程约2.5小时，其中乘坐ATV探险约1.5小时，英文向导）乘坐ATV水陆两栖全地形车在湖面上奔驰、在荒野中狂奔，穿过砂石路，穿过岩石河床，穿过蜿蜒的树木小径，途中还可用定点观测的望远镜观测到独特的阿拉斯加野生动物，并欣赏到令人叹为观止的阿拉斯加地形地貌3.迪纳利景观公路巡游（往返全程约5小时，中文讲解）出发前导游将带领大家购买当日午餐或请您提前准备简餐。随后我们前往迪纳利南侧区域，驶上以壮丽风景而闻名的迪纳利公路DenaliHighway，开启探索迪纳利公园外部区域丰富多样的野趣之旅。掩映在矮小茂密树丛中的沼泽和成片的野生蓝莓，间或会遇到栖息在此的驼鹿，大角羊等各种野生动物。经验丰富的导游将一路为您讲解动植物知识，并带您前往少为人知的小众观景点，期间您还将进行一小段野外徙步体验，相信会给您带来更多惊喜。今天我们将在户外野餐，边欣赏美景边惬意的享用午餐，这是体验迪纳利的最佳方式（结束时请记得将垃圾清理打包带走）。餐食安排：早午晚餐：敬请自理酒店安排：无离团提示：1.阿拉斯加当地酒店惯例退房时间为10:00-12:00，请以酒店实际要求为准2.行程最后一天请您在当日行程出发前办理好酒店退房手续，并合理安排时间及行李寄存3.请您预订19:00之后离开的航班，以确保有充裕时间完成当日行程4.行程结束后，如您计划继续在费尔班克斯停留，可提前选择酒店延住</w:t>
+              <w:t xml:space="preserve">行程内容：今天上午您可以在迪纳利国家公园区域自由活动，可以自费参加迪纳利公园区域的各种户外活动，与大自然亲密接触。计划下午14:00左右指定酒店出发，乘车前往费尔班克斯机场，预计17:00左右抵达机场（机场代码：FAI）。今日您将结束全部行程，告别美丽的阿拉斯加。迪纳利国家公园：迪纳利国家公园于1917年建立，是美国国家公园体系建立后第二个成立的国家公园，也是世界上连续受保护时间最长的一个生态保护区。公园内生活着种类繁多的野生生物，并具有得天独厚的原始自然景观：阿拉斯加山脉、寒带植被等等，兼容并蓄的美景吸引许多世界各地喜爱大自然的游客。美不胜收的风景，加上探寻野生动物的乐趣，使得不论是为欣赏自然风景、登山或为徒步而来的人，皆可满载美好的回忆而归。自费项目：鉴于时间限制，各种活动仅限选其一参加。1.迪纳利野外ATV全地形车探险*（建议提前预订，往返全程约2.5小时，其中乘坐ATV探险约1.5小时，英文向导）乘坐ATV水陆两栖全地形车在湖面上奔驰、在荒野中狂奔，穿过砂石路，穿过岩石河床，穿过蜿蜒的树木小径，途中还可用定点观测的望远镜观测到独特的阿拉斯加野生动物，并欣赏到令人叹为观止的阿拉斯加地形地貌2.迪纳利景观公路巡游（往返全程约5小时，中文讲解）出发前导游将带领大家购买当日午餐或请您提前准备简餐。随后我们前往迪纳利南侧区域，驶上以壮丽风景而闻名的迪纳利公路DenaliHighway，开启探索迪纳利公园外部区域丰富多样的野趣之旅。掩映在矮小茂密树丛中的沼泽和成片的野生蓝莓，间或会遇到栖息在此的驼鹿，大角羊等各种野生动物。经验丰富的导游将一路为您讲解动植物知识，并带您前往少为人知的小众观景点，期间您还将进行一小段野外徙步体验，相信会给您带来更多惊喜。今天我们将在户外野餐，边欣赏美景边惬意的享用午餐，这是体验迪纳利的最佳方式（结束时请记得将垃圾清理打包带走）。餐食安排：早午晚餐：敬请自理酒店安排：无离团提示：1.阿拉斯加当地酒店惯例退房时间为10:00-12:00，请以酒店实际要求为准2.行程最后一天请您在当日行程出发前办理好酒店退房手续，并合理安排时间及行李寄存3.请您预订19:00之后离开的航班，以确保有充裕时间完成当日行程4.行程结束后，如您计划继续在费尔班克斯停留，可提前选择酒店延住</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,51 +464,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.其他地区往返阿拉斯加的交通及行程中未包含的阿拉斯加内陆段交通；2.自费项目及行程中未包含的游览和门票；3.午、晚餐及行程中注明的其他未包含餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：20美元/人/天。请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励；5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述迪纳利野外ATV全地形车探险DenaliATVAdventure单人一车：$140.00/车双人一车（2人起）：$240.00/车往返全程约2.5小时，英文向导迪纳利国家公园自然历史之旅NaturalHistoryTour成人：$150.00儿童（0-15岁）：$90.00往返全程约4-5小时，英文讲解，必须预付陶基纳喷气快船TalkeetnaSpeedboatTour成人：$98.00儿童（2-12岁）：$72.00往返全程约2小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(不含冰河登陆notincludingglacierlanding)成人：$270.00儿童（0-10岁）：$189.00往返全程约1小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(含冰河登陆includingglacierlanding)成人：$388.00儿童（0-10岁）：$272.00往返全程约1.5小时，英文讲解。冰河登陆成功后，需现场另行支付US$15/人迪纳利国家公园入园费。冰川海洋生物遊船Glacier&amp;MarineLifeCruise成人：$215.00儿童（2-11岁）：$150.00往返全程约5小时，含游船西式简装午餐，英文讲解迪纳利景观公路巡游DenaliHighway成人：$150.00儿童（0-15岁）：$90.00往返全程约5小时，中文讲解</w:t>
+              <w:t xml:space="preserve">1.其他地区往返阿拉斯加的交通及行程中未包含的阿拉斯加内陆段交通；2.自费项目及行程中未包含的游览和门票；3.午、晚餐及行程中注明的其他未包含餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：20美元/人/天。请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励；5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述迪纳利野外ATV全地形车探险DenaliATVAdventure单人一车：$165.00/车双人一车（2人起）：$265.00/车往返全程约2.5小时，英文向导陶基纳喷气快船TalkeetnaSpeedboatTour成人：$105.00儿童（2-12岁）：$76.00往返全程约2小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(不含冰河登陆notincludingglacierlanding)成人：$279.00儿童（0-10岁）：$195.00往返全程约1小时，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(含冰河登陆includingglacierlanding)成人：$399.00儿童（0-10岁）：$279.00往返全程约1.5小时，英文讲解。冰河登陆成功后，需现场另行支付US$15/人迪纳利国家公园入园费。冰川海洋生物遊船Glacier&amp;MarineLifeCruise成人：$225.00儿童（2-11岁）：$152.00往返全程约5小时，含游船西式简装午餐，英文讲解迪纳利景观公路巡游DenaliHighway成人：$150.00儿童（0-15岁）：$90.00往返全程约5小时，中文讲解</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>