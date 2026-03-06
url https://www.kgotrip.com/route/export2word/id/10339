--- v0 (2025-10-22)
+++ v1 (2026-03-06)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">“午夜阳光”2024阿拉斯加夏季 | 阿拉斯加 安克雷奇一地 4天3晚精华游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">“午夜阳光”2025阿拉斯加夏季 | 阿拉斯加 安克雷奇一地 4天3晚精华游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -362,51 +362,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.其他地区往返阿拉斯加的交通及行程中未包含的阿拉斯加内陆段交通；2.自费项目及行程中未包含的游览和门票；3.午、晚餐及行程中注明的其他未包含餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：20美元/人/天。请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励；5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述冰川海洋生物遊船Glacier&amp;MarineLifeCruise成人：$215.00儿童（2-11岁）：$150.00往返全程约5小时，含游船西式简装午餐，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(含冰河登陆includingglacierlanding)成人：$388.00儿童（0-10岁）：$272.00往返全程约1.5小时，英文讲解。冰河登陆成功后，需现场另行支付US$15/人迪纳利国家公园入园费。迪纳利山观光飞机DenaliFlightseeingTour(不含冰河登陆notincludingglacierlanding)成人：$270.00儿童（0-10岁）：$189.00往返全程约1小时，英文讲解陶基纳喷气快船TalkeetnaSpeedboatTour成人：$98.00儿童（2-12岁）：$72.00往返全程约2小时，英文讲解阿拉斯加玻璃穹顶观光列车AlaskaGlassDomeSightseeingTrain成人：$155.00儿童（2-11岁）：$85.00全程约3小时，乘火车期间无导游陪同，陶基纳-安克雷奇17:00-20:00</w:t>
+              <w:t xml:space="preserve">1.其他地区往返阿拉斯加的交通及行程中未包含的阿拉斯加内陆段交通；2.自费项目及行程中未包含的游览和门票；3.午、晚餐及行程中注明的其他未包含餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：20美元/人/天。请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励；5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述冰川海洋生物遊船Glacier&amp;MarineLifeCruise成人：$225.00儿童（2-11岁）：$152.00往返全程约5小时，含游船西式简装午餐，英文讲解迪纳利山观光飞机DenaliFlightseeingTour(含冰河登陆includingglacierlanding)成人：$399.00儿童（0-10岁）：$279.00往返全程约1.5小时，英文讲解。冰河登陆成功后，需现场另行支付US$15/人迪纳利国家公园入园费。迪纳利山观光飞机DenaliFlightseeingTour(不含冰河登陆notincludingglacierlanding)成人：$279.00儿童（0-10岁）：$195.00往返全程约1小时，英文讲解陶基纳喷气快船TalkeetnaSpeedboatTour成人：$105.00儿童（2-12岁）：$76.00往返全程约2小时，英文讲解阿拉斯加玻璃穹顶观光列车AlaskaGlassDomeSightseeingTrain成人：$165.00儿童（2-11岁）：$85.00全程约3小时，乘火车期间无导游陪同，陶基纳-安克雷奇17:00-20:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>