--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -162,102 +162,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">行程安排：波士顿&amp;rarr;尼亚加拉瀑布&amp;rarr;风之洞（自费，90分钟）&amp;rarr;尼亚加拉瀑布夜景游（自费，90分钟，一园两岛三瀑布：尼亚加拉瀑布公园丨公羊岛、月亮岛丨马蹄瀑布、新娘面纱、美国瀑布）景点介绍：【尼亚加拉瀑布NiagaraFalls】尼亚加拉瀑布名字源自印第安语，意为&amp;ldquo;雷神之水&amp;rdquo;。是由三座位于北美洲五大湖区尼亚加拉河上瀑布的总称，与伊瓜苏瀑布、维多利亚瀑布并称为世界三大跨国瀑布。尼亚加拉瀑布以美丽的景色，巨大的水力发电能力和极具挑战性的环境保护工程而闻名于世。整个瀑布跨越加拿大的安大略省和美国的纽约州构成南部的尼亚加拉峡谷。其中，马蹄瀑布位于美国和加拿大的边境，美国瀑布全部位于美国境内并由山羊岛分隔开。小些的新娘面纱瀑布也在美国境内，由月神岛从美国瀑布隔开。【风之洞（美境）CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
+              <w:t xml:space="preserve">行程安排：波士顿&amp;rarr;尼亚加拉瀑布&amp;rarr;风之洞（自费，90分钟）&amp;rarr;尼亚加拉瀑布夜景游（自费，90分钟，一园两岛三瀑布：尼亚加拉瀑布公园丨公羊岛、月亮岛丨马蹄瀑布、新娘面纱、美国瀑布）景点介绍：【尼亚加拉瀑布NiagaraFalls】尼亚加拉瀑布名字源自印第安语，意为&amp;ldquo;雷神之水&amp;rdquo;。是由三座位于北美洲五大湖区尼亚加拉河上瀑布的总称，与伊瓜苏瀑布、维多利亚瀑布并称为世界三大跨国瀑布。尼亚加拉瀑布以美丽的景色，巨大的水力发电能力和极具挑战性的环境保护工程而闻名于世。整个瀑布跨越加拿大的安大略省和美国的纽约州构成南部的尼亚加拉峡谷。其中，马蹄瀑布位于美国和加拿大的边境，美国瀑布全部位于美国境内并由山羊岛分隔开。小些的新娘面纱瀑布也在美国境内，由月神岛从美国瀑布隔开。【风之洞CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将在瀑布进行一系列活动，驱车沿着尼亚加拉瀑布直至下游的战争古堡，了解瀑布的前世今生。行程安排：尼亚加拉瀑布深度游（自费，120分钟，包含漩涡公园+尼亚加拉战争古堡）&amp;rarr;自由活动(60分钟）&amp;rarr;波士顿景点介绍：【尼亚加拉瀑布深度游NiagaraFallsIn-DepthTour】这个既壮观又有历史价值的升级行程包括了两个景点：澎湃的漩涡公园和美国的历史地标&amp;mdash;战争古堡。尼亚加拉漩涡深125英尺，它在7500年前被水侵蚀而形成的，在公园的角度看下去是非常的壮观；战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。</w:t>
+              <w:t xml:space="preserve">今天我们将在瀑布进行一系列活动，驱车沿着尼亚加拉瀑布直至下游的战争古堡，了解瀑布的前世今生。行程安排：尼亚加拉深度游（自费，120分钟，包含漩涡公园+尼亚加拉战争古堡）&amp;rarr;自由活动(60分钟）&amp;rarr;波士顿景点介绍：【尼亞加拉深度游NiagaraIn-DepthTour】尼亚加拉公园大道是一条风景优美的车道，与尼亚加拉河平行，全长55公里（34英里），南起伊利堡，北至湖畔尼亚加拉。这条公园大道是安大略省最古老的公园大道之一。首先我们将前往枫叶广场，在这里您将了解加拿大标志性的枫叶文化，并现场品尝道地枫叶糖制品。沿着风景优美的尼亚加拉公园大道前往尼加拉湖滨小镇，参观尼加拉公园著名的花钟。花钟的表面种满了多达16000株地毯植物和色彩缤纷的一年生植物。接着前往尼亚加拉旋涡州立公园，随后取到尼亚加拉水电站，探索尼加拉河加拿大一侧的第一座大型发电厂，这里有身临其境的展览、修复的文物和互动式故事讲述。最后去到尼加拉湖滨小镇，这里拥有美丽的购物场所，游客常在此漫步，重温20世纪20年代和30年代的魅力。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -362,83 +362,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：尼亚加拉深度游NiagaraIn-DepthTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含漩涡公园和尼亚加拉战争古堡必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00风之洞CaveoftheWinds成人：04/01/2023-5月TBD：$14.00；5月TBD-10/15/2023：$21.00；10/16/2023-03/31/2024：$14.00儿童（6-12岁）：04/01/2023-5月TBD：$10.00；5月TBD-10/15/2023：$17.00；10/16/2023-03/31/2024：$10.00雾中少女号观瀑船MaidoftheMistBoatTour成人：$30.25儿童(6-12岁)：$19.75仅在4月底至11月初开放，视当地天气情况而定！</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：尼亚加拉深度游NiagaraIn-DepthTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含漩涡公园和尼亚加拉战争古堡必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人：$45.00老人（65岁及以上）：$45.00儿童（3-12岁）：$35.00风之洞CaveoftheWinds成人：$14.00儿童（3-12岁）：$10.00*感恩节、圣诞节、元旦当日景点关闭。雾中少女号观瀑船MaidoftheMistBoatTour成人：$30.25儿童(6-12岁)：$19.75仅在4月底至11月初开放，视当地天气情况而定！</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>