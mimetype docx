--- v0 (2025-11-18)
+++ v1 (2026-03-18)
@@ -162,51 +162,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天的行程将专注在密歇根湖西岸的威斯康星州。首先，我们将前往威斯康星州的第一大城市以及工业重地--密尔沃基(Milwaukee)，这里也是著名摩托车哈雷的生产基地，参观哈雷摩托车博物馆，体味哈雷机车的雄风。随后，我们将前往米尔沃基市中心著名的仓储历史区，拜访位于历史性米尔沃基公共市场并用午餐。行程安排：芝加哥&amp;rarr;密尔沃基&amp;rarr;哈雷博物馆（自费，60分钟）&amp;rarr;密尔沃基公共市场（60分钟）&amp;rarr;格林贝（30分钟）&amp;rarr;埃斯卡诺巴景点介绍：【哈雷博物馆HarleyDavidsonMuseum】哈雷机车博物馆，建筑占地面积达12000平方米，共有三栋建筑构成。博物馆位于梅诺莫尼河河岸边，这里收录了超过了450辆包括最早款的哈雷各个时期的摩托车和哈雷公司所做的上千件哈雷零件，可谓是哈雷摩托车的大本营，每一辆手工打造的机车都在传达这哈雷的精神：热情、自由、勇敢和个性，每年都吸引着超过300000位游客来此参观。【密尔沃基公共市场MilwaukeePublicMarket】密尔沃基公共市场可容纳24家独特的特色食品店和多达17家特色新鲜食品店。每周七天开放，有很多本地商贩专门从事：手工珠宝、工艺品、水果和蔬菜。景点介绍：【格林贝GreenBay】格林贝位于美国威斯康星州布朗县，是美国威斯康星州东北部城市，河港。在密歇根湖畔、格林湾头、福克斯河口。是圣劳伦斯航道上的港口之一，主要的物资集散中心。</w:t>
+              <w:t xml:space="preserve">今天的行程将专注在密歇根湖西岸的威斯康星州。首先，我们将前往威斯康星州的第一大城市以及工业重地--密尔沃基(Milwaukee)，这里也是著名摩托车哈雷的生产基地，感受哈雷摩托车博物馆，体味哈雷机车的雄风。随后，我们将前往密尔沃基市中心著名的仓储历史区，密尔沃基公共市场是密尔沃基标志性的美食和活动场所，也是密尔沃基人繁华的社区中心，也是外地游客不容错过的体验地，您可以在此享用午餐。行程安排：芝加哥&amp;rarr;密尔沃基&amp;rarr;哈雷博物馆（自费，60分钟）&amp;rarr;密尔沃基公共市场（60分钟）&amp;rarr;格林贝（30分钟）&amp;rarr;埃斯卡诺巴景点介绍：【哈雷博物馆HarleyDavidsonMuseum】哈雷机车博物馆，建筑占地面积达12000平方米，共有三栋建筑构成。博物馆位于梅诺莫尼河河岸边，这里收录了超过了450辆包括最早款的哈雷各个时期的摩托车和哈雷公司所做的上千件哈雷零件，可谓是哈雷摩托车的大本营，每一辆手工打造的机车都在传达这哈雷的精神：热情、自由、勇敢和个性，每年都吸引着超过300000位游客来此参观。【密尔沃基公共市场MilwaukeePublicMarket】密尔沃基公共市场可容纳24家独特的特色食品店和多达17家特色新鲜食品店。每周七天开放，有很多本地商贩专门从事：手工珠宝、工艺品、水果和蔬菜。景点介绍：【格林贝GreenBay】格林贝位于美国威斯康星州布朗县，是美国威斯康星州东北部城市，河港。在密歇根湖畔、格林湾头、福克斯河口。是圣劳伦斯航道上的港口之一，主要的物资集散中心。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -264,51 +264,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将乘坐观景快艇前往有世外桃源之称的麦基诺岛(MackinacIsland)，途中可欣赏接连着密歇根州上下半岛的一条长达五英里的吊桥&amp;mdash;&amp;mdash;麦基诺吊桥，雄伟壮观！傍晚前往风景明媚的特拉佛斯城(TraverseCity)用晚餐并入住酒店。行程安排：圣伊格纳西&amp;rarr;麦基诺岛（自费，4小时）&amp;rarr;特拉佛斯城（30分钟）景点介绍：【麦基诺岛渡轮&amp;马车MackinacIslandFerry&amp;Carriage】麦基诺岛位于密西根湖之中，景色优美，曾入选世界十大最美小岛之一，被誉为北美五大湖之瑰宝。岛上自然风光宜人，植被茂密，湖面上鸟类一片生机勃勃。由于小岛曾被英国人占领，小岛上海保存有相当完整的殖民时代建筑，值得一看。小岛上的著名特产麦基诺岛软糖，是岛上唯一对外出口的产品，来到这里一定要品尝一番。小岛可谓是一个室外桃源，与世隔绝，需要依靠私人飞机和渡轮才能到达，岛上也没有汽车，人们靠汽车和乘坐马车出行。景点介绍：【特拉佛斯城TraverseCity】坐落于美东密歇根州的特拉佛斯城号称是&amp;ldquo;真正的北方&amp;rdquo;，这里是密歇根州及五大湖地区最受欢迎的旅游目的地之一，是北密歇根地区21个县中最大的城市。这座迷人的&amp;ldquo;真正美国小镇&amp;rdquo;还是密歇根州北部文化和社会中心。</w:t>
+              <w:t xml:space="preserve">今天我们将乘坐观景快艇前往有世外桃源之称的麦基诺岛(MackinacIsland)，途中可欣赏接连着密歇根州上下半岛的一条长达五英里的吊桥&amp;mdash;&amp;mdash;麦基诺吊桥，雄伟壮观！傍晚前往风景明媚的特拉佛斯城(TraverseCity)用晚餐并入住酒店。行程安排：圣伊格纳西&amp;rarr;麦基诺岛（自费，4小时）&amp;rarr;特拉佛斯城（30分钟）景点介绍：【麦基诺岛渡轮&amp;马车MackinacIslandFerry&amp;Carriage】麦基诺岛位于密西根湖之中，景色优美，曾入选世界十大最美小岛之一，被誉为北美五大湖之瑰宝。岛上自然风光宜人，植被茂密，湖面上鸟类一片生机勃勃。由于小岛曾被英国人占领，小岛上海保存有相当完整的殖民时代建筑，值得一看。小岛上的著名特产麦基诺岛软糖，是岛上唯一对外出口的产品，来到这里一定要品尝一番。小岛可谓是一个室外桃源，与世隔绝，需要依靠私人飞机和渡轮才能到达，岛上也没有汽车，人们靠步行和乘坐马车出行。景点介绍：【特拉佛斯城TraverseCity】坐落于美东密歇根州的特拉佛斯城号称是&amp;ldquo;真正的北方&amp;rdquo;，这里是密歇根州及五大湖地区最受欢迎的旅游目的地之一，是北密歇根地区21个县中最大的城市。这座迷人的&amp;ldquo;真正美国小镇&amp;rdquo;还是密歇根州北部文化和社会中心。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -366,51 +366,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">坐落于密歇根湖湖畔的芝加哥是美国第三大城市，同时也是全美最佳建筑典范城市，许多建筑朝圣者慕名前来的圣地，这里有许多地标性的展馆、建筑、公园和美食&amp;mdash;&amp;mdash;&amp;mdash;世界闻名的城市园林-千禧公园；奇伟设计-云之门，巨城之镜看城市倩影；世界最大的人工喷泉-白金汉喷泉；还有NBA公牛队主场、艺术博物馆、壮丽一英里等美景都是大家心之向往的地方。行程安排：千禧公园&amp;amp;云门（20分钟）&amp;rarr;格兰特公园（10分钟）&amp;rarr;芝加哥大剧院（车览）&amp;rarr;芝加哥艺术博物馆（自费，120分钟）&amp;rarr;老水塔（10分钟）&amp;rarr;密西根大道（车览）&amp;rarr;芝加哥建筑游船（自费，90分钟，季节性，游船关闭则不能参加）&amp;rarr;360芝加哥（自费，75分钟）行程中途经：白金汉喷泉，海军码头，玉米大楼，川普大厦，威利斯塔景点介绍：【千禧公园MillenniumPark】千禧公园是芝加哥的一座大型城市公园，公园的一边是芝加哥最繁华的密西根大街，另一边则是风景秀丽的密西根湖。置身公园中，处处可见后现代建筑风格的印记，因此也有专业人士将此公园视为展现后现代建筑风格的集中地。其中露天音乐厅、云门和皇冠喷泉则是千禧公园中最具代表的三大后现代建筑。【格兰特公园GrantPark】芝加哥著名的格兰特公园坐落于城市商业中心地带。1901年为纪念美国总统尤利西斯∙S∙格兰特更名为格兰特公园。园内有众多景观，举办过多次大型活动，被称为&amp;ldquo;芝加哥的前院&amp;rdquo;。【芝加哥艺术博物馆TheArtInstituteofChicago】芝加哥艺术博物馆创建于1891年，既是世界上最古老的美术展览馆之一，也是当今美国三大美术馆之一。馆内收藏了上下五千年、纵横五大洲的艺术珍品，简直可以称为是万国博物馆。尤其是法国印象派画家的代表作享誉世界，雷诺瓦、毕卡索、梵古等一代宗师的巨作价值连城，就连盘踞于大门两侧的青铜狮子塑像也成了芝城的标志。景点介绍：【芝加哥建筑游船ChicagoArchitecturalCruise】坐着游船，欣赏芝加哥的建筑森林，绝对是你在芝加哥的必游项！岸线市的沿河观光，全程大概75分钟，由专业又风趣的导游做向导。你除了会看到芝加哥那些著名的地标建筑，了解它们的故事，还能近距离的感受芝加哥河的美。海军码头和密西根街大桥每天都有多个轮渡班次。【360芝加哥360Chicago】约翰汉考克中心位于芝加哥密西根大街一侧，又称&amp;ldquo;芝加哥360&amp;deg;&amp;rdquo;，完工于1969年，是当时纽约之外全世界最高的摩天大楼。站在94层放眼望去，视野范围将达到128公里，伊利诺州、印第安那州、密西根州和威斯康辛州四个州的景色尽收眼底。</w:t>
+              <w:t xml:space="preserve">坐落于密歇根湖湖畔的芝加哥是美国第三大城市，同时也是全美最佳建筑典范城市，许多建筑朝圣者慕名前来的圣地，这里有许多地标性的展馆、建筑、公园和美食&amp;mdash;&amp;mdash;&amp;mdash;世界闻名的城市园林-千禧公园；奇伟设计-云之门，巨城之镜看城市倩影；世界最大的人工喷泉-白金汉喷泉；还有川普大厦、360芝加哥、芝加哥艺术博物馆等美景都是大家心之向往的地方。行程安排：千禧公园&amp;amp;云门（20分钟）&amp;rarr;芝加哥建筑美学巡礼（必付项目，100分钟）&amp;rarr;芝加哥艺术博物馆（自费，120分钟）&amp;rarr;360芝加哥（自费，75分钟）芝加哥建筑美学巡礼：第一站：密歇根大道及周边景点：芝加哥论坛报大楼&amp;rarr;自由之翼雕塑&amp;rarr;St.RegisTower&amp;rarr;瑞格利大楼&amp;rarr;杜萨布尔桥&amp;rarr;川普大厦第二站：麦当劳总部&amp;amp;联合中心第三站：芝加哥期货交易所大楼&amp;rarr;芝加哥联邦储备银行&amp;rarr;芝加哥艺术学院第四站：格兰特公园&amp;amp;白金汉喷泉途径：市政歌剧院、CME集团大楼、威利斯大厦温馨提示：芝加哥建筑美学巡礼景点均为外观，且游览方式为车游+轻徒步，对客人体力要求适中。景点介绍：【千禧公园MillenniumPark】千禧公园是芝加哥的一座大型城市公园，公园的一边是芝加哥最繁华的密西根大街，另一边则是风景秀丽的密西根湖。置身公园中，处处可见后现代建筑风格的印记，因此也有专业人士将此公园视为展现后现代建筑风格的集中地。其中露天音乐厅、云门和皇冠喷泉则是千禧公园中最具代表的三大后现代建筑。【格兰特公园GrantPark】芝加哥著名的格兰特公园坐落于城市商业中心地带。1901年为纪念美国总统尤利西斯∙S∙格兰特更名为格兰特公园。园内有众多景观，举办过多次大型活动，被称为&amp;ldquo;芝加哥的前院&amp;rdquo;。【芝加哥艺术博物馆TheArtInstituteofChicago】芝加哥艺术博物馆创建于1891年，既是世界上最古老的美术展览馆之一，也是当今美国三大美术馆之一。馆内收藏了上下五千年、纵横五大洲的艺术珍品，简直可以称为是万国博物馆。尤其是法国印象派画家的代表作享誉世界，雷诺瓦、毕卡索、梵谷等一代宗师的巨作价值连城，就连盘踞于大门两侧的青铜狮子塑像也成了芝城的标志。景点介绍：【芝加哥建筑美学巡礼AtourofChicago'sarchitecturalaesthetics】这是一场由专业导览引领的深度建筑探索之旅，带领宾客走进芝加哥建筑艺术的核心，有了这场建筑美学巡礼，游客将不只是&amp;ldquo;打卡&amp;rdquo;，而是真正理解并欣赏芝加哥建筑所蕴含的文化底蕴与设计理念，从而拥有更具深度与价值的芝加哥观光体验。【360芝加哥360Chicago】约翰汉考克中心位于芝加哥密西根大街一侧，又称&amp;ldquo;芝加哥360&amp;deg;&amp;rdquo;，完工于1969年，是当时纽约之外全世界最高的摩天大楼。站在94层放眼望去，视野范围将达到128公里，伊利诺州、印第安那州、密西根州和威斯康辛州四个州的景色尽收眼底。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,51 +464,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：画壁岩国家湖岸线深度游PicturedRocksNationalLakeshoreIn-depthTour(Mandatory)每人：$50.00包含：矿工城堡、矿工沙滩、琥珀双瀑芝加哥夜景游ChicagoNightTour成人：$35.00老人：$35.00儿童（3-12岁）：$25.00芝加哥艺术博物馆TheArtInstituteofChicago成人：$32.00老人(65岁以上)：$26.00儿童(14岁以下)：$26.00芝加哥建筑游船ChicagoArchitecturalCruise成人：$44.00儿童(4-12岁)：$20.00儿童(4岁以下)：$0.00360芝加哥360Chicago成人：$35.00老人(65+岁)：$35.00儿童(3-11岁)：$23.00哈雷博物馆HarleyDavidsonMuseum成人：$22.00老人（65+岁）：$16.00儿童（5-17岁）：$8.00麦基诺岛渡轮&amp;马车MackinacIslandFerry&amp;Carriage成人：$75.00老人(65+岁)：$75.00儿童(3-12岁)：$35.00风车岛WindmillIsland成人：$12.00老人：$12.00儿童（3-15岁）：$6.00老爷车城GilmoreCarMuseum成人：$20.00老人（65+岁）：$20.00儿童（11-17岁）：$12.00</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：芝加哥建筑美学巡礼AtourofChicago'sarchitecturalaesthetics每人：$45.00必付项目：画壁岩国家湖岸线深度游PicturedRocksNationalLakeshoreIn-depthTour(Mandatory)每人：$50.00包含：矿工城堡、矿工沙滩、琥珀双瀑芝加哥夜景游ChicagoNightTour成人：$35.00老人：$35.00儿童（3-12岁）：$25.00芝加哥艺术博物馆TheArtInstituteofChicago成人：$32.00老人(65岁以上)：$26.00儿童(14岁以下)：$26.00芝加哥建筑游船ChicagoArchitecturalCruise成人：$44.00儿童(4-12岁)：$20.00儿童(4岁以下)：$0.00360芝加哥360Chicago成人：$35.00老人(65+岁)：$35.00儿童(3-11岁)：$23.00哈雷博物馆HarleyDavidsonMuseum成人：$25.00老人（65+岁）：$21.00儿童（5-17岁）：$11.00麦基诺岛往返渡轮MackinacIslandFerry成人（12+岁）：$38.00儿童（5-12岁）：$26.00麦基诺岛观光马车MackinacIslandCarriageSightseeingTour成人（12+岁）：$44.00儿童(5-12岁)：$17.00风车岛花园WindmillIslandGardens成人：$13.00儿童（3-15岁）：$6.00老爷车城GilmoreCarMuseum成人：$20.00老人（65+岁）：$20.00儿童（11-17岁）：$12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>