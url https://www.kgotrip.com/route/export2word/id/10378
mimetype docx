--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨从丹佛出发，我们将首先驱车前往黑鹰镇，漫步山中赌场小镇，时间仿佛停止在十九世纪，似乎还能够想象到马车在小路上川流的景象。随后前往著名度假小镇埃斯蒂斯公园，欣赏埃斯蒂斯的湖光山色。埃斯蒂斯公园还能提供丰富的活动，让您远离城市喧嚣，享受完美假期。接着我们将抵达著名大学城博尔德，参观科罗拉多大学博尔德分校、国家大气研究中心、在珍珠街漫步。之后前往黄金小镇，参观科罗拉多矿业学院、Coors啤酒厂。最后返回丹佛。行程安排：丹佛&amp;rarr;黑鹰镇（30分钟）&amp;rarr;埃斯蒂斯公园（1.5小时）&amp;rarr;博尔德：科罗拉多大学博尔德分校（1小时）、国家大气研究中心（45分钟）、珍珠街漫步（1小时）&amp;rarr;黄金小镇：科罗拉多矿业学院+小镇观光+外观Coors啤酒厂（1.5小时）&amp;rarr;丹佛景点介绍：【黑鹰镇BlackHawk】位于丹佛西部近郊山区的黑鹰镇，整个城市还是维持了它早期西部矿业小镇的淳朴气息。当地许多赌场都是改建于拓荒早期的历史建筑物，老屋新用，让大家可以亲身体验小镇当年的繁华。【埃斯蒂斯公园EstesPark】埃斯蒂斯公园是科罗拉多州最受欢迎的夏季小镇，是一个全年适宜的旅游胜地，不仅拥有壮丽的山景，这里还豢养了种类繁多的野生动物。风和日丽的时候，无论是骑马、骑自行车或徒步旅行，还是攀岩、露营，多种多样的活动项目都将带你佣入大自然的怀抱。【科罗拉多大学博尔德分校UniversityofColoradoBoulder】科罗拉多大学博尔德分校创办于1876年，位于风景秀丽，气候宜人的博尔德市，处于落基山山坳，是一所世界顶尖公立研究型高等学府、世界前二十大学。该校同时是美国大学协会65个成员之一，素有&amp;ldquo;公立常春藤&amp;rdquo;之称。学校建筑风格为托斯卡纳乡村风格，并使用红砖和科罗拉多砂石来构成外观特征，来搭配学校背景的落基山。【国家大气研究中心NCARMesaLaboratory】美国国家大气研究中心是美国联邦政府所属的研究中心，由非营利性大气科学研究大学联盟管理，国家科学基金会资助。美国国家大气研究中心拥有多个设施，包括位于科罗拉多州波德，由贝聿铭设计的梅萨实验室总部。美国国家大气研究中心研究范围包括气象学、气候学、大气化学、日地相互作用、环境和社会影响。【珍珠街购物中心PearlStreetMall】珍珠街购物中心是一个位于博尔德拥有四个街区的步行街。该步行区从第11街延伸至第15街，是许多企业和餐馆以及博尔德县法院的所在地。购物中心充满了公共艺术，包括众多喷泉和雕塑以及儿童沙盒、博尔德县风格化地图和许多种有各种花木的小花园，其中最著名的是春天的郁金香。【黄金小镇GoldenTown】黄金小镇（Golden）位于丹佛市区西侧约15英里，据说150年前，一个名叫JohnGregory的淘金者，就是在这里发现了金矿，从而引发了小镇、乃至整个科罗拉多的淘金热。黄金小镇也是科罗拉多矿业学院和Coors啤酒厂的总部所在地。黄金小镇是Coors啤酒创立的地方，自1873年成立Coors以来，Coors的总部一直设立在黄金小镇。</w:t>
+              <w:t xml:space="preserve">清晨从丹佛出发，我们将首先驱车前往黑鹰镇，漫步山中赌场小镇，时间仿佛停止在十九世纪，似乎还能够想象到马车在小路上川流的景象。随后前往著名度假小镇埃斯蒂斯公园，欣赏埃斯蒂斯的湖光山色。埃斯蒂斯公园还能提供丰富的活动，让您远离城市喧嚣，享受完美假期。接着我们将抵达著名大学城博尔德，参观科罗拉多大学博尔德分校、国家大气研究中心、在珍珠街漫步。之后前往黄金小镇，参观科罗拉多矿业学院、Coors啤酒厂。最后返回丹佛。行程安排：丹佛&amp;rarr;黑鹰镇（30分钟）&amp;rarr;埃斯蒂斯公园（1小时）&amp;rarr;博尔德：科罗拉多大学博尔德分校（45分钟）、国家大气研究中心+珍珠街漫步（2小时）&amp;rarr;黄金小镇：科罗拉多矿业学院+小镇观光+外观Coors啤酒厂（1小时）&amp;rarr;丹佛景点介绍：【黑鹰镇BlackHawk】位于丹佛西部近郊山区的黑鹰镇，整个城市还是维持了它早期西部矿业小镇的淳朴气息。当地许多赌场都是改建于拓荒早期的历史建筑物，老屋新用，让大家可以亲身体验小镇当年的繁华。【埃斯蒂斯公园EstesPark】埃斯蒂斯公园是科罗拉多州最受欢迎的夏季小镇，是一个全年适宜的旅游胜地，不仅拥有壮丽的山景，这里还豢养了种类繁多的野生动物。风和日丽的时候，无论是骑马、骑自行车或徒步旅行，还是攀岩、露营，多种多样的活动项目都将带你佣入大自然的怀抱。【科罗拉多大学博尔德分校UniversityofColoradoBoulder】科罗拉多大学博尔德分校创办于1876年，位于风景秀丽，气候宜人的博尔德市，处于落基山山坳，是一所世界顶尖公立研究型高等学府、世界前二十大学。该校同时是美国大学协会65个成员之一，素有&amp;ldquo;公立常春藤&amp;rdquo;之称。学校建筑风格为托斯卡纳乡村风格，并使用红砖和科罗拉多砂石来构成外观特征，来搭配学校背景的落基山。【国家大气研究中心NCARMesaLaboratory】美国国家大气研究中心是美国联邦政府所属的研究中心，由非营利性大气科学研究大学联盟管理，国家科学基金会资助。美国国家大气研究中心拥有多个设施，包括位于科罗拉多州波德，由贝聿铭设计的梅萨实验室总部。美国国家大气研究中心研究范围包括气象学、气候学、大气化学、日地相互作用、环境和社会影响。【珍珠街购物中心PearlStreetMall】珍珠街购物中心是一个位于博尔德拥有四个街区的步行街。该步行区从第11街延伸至第15街，是许多企业和餐馆以及博尔德县法院的所在地。购物中心充满了公共艺术，包括众多喷泉和雕塑以及儿童沙盒、博尔德县风格化地图和许多种有各种花木的小花园，其中最著名的是春天的郁金香。【黄金小镇GoldenTown】黄金小镇（Golden）位于丹佛市区西侧约15英里，据说150年前，一个名叫JohnGregory的淘金者，就是在这里发现了金矿，从而引发了小镇、乃至整个科罗拉多的淘金热。黄金小镇也是科罗拉多矿业学院和Coors啤酒厂的总部所在地。黄金小镇是Coors啤酒创立的地方，自1873年成立Coors以来，Coors的总部一直设立在黄金小镇。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -209,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>