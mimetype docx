--- v0 (2025-10-22)
+++ v1 (2026-02-24)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">免费接机机场：丹佛国际机场(DEN)免费接机时间：14:00集合地点：机场大厅内的西航站楼12号行李提取处今天您将乘坐飞机抵达科罗拉多州首府&amp;mdash;丹佛，请于下午14:00（丹佛当地时间）在机场与导游汇合，随后前往丹佛市区。参观丹佛最著名的公共艺术作品&amp;mdash;大蓝熊，其寓意为：ISeeWhatYouMean（我知道你在说啥），漫步于市中心繁华路段的第16商业街，这里店铺林立热闹非凡，外观科罗拉多州议会大厦和丹佛艺术博物馆，在导游的带领下乘坐16街观光巴士前往老火车站，这里是美国本土为数不多的逾百年历史的老建筑之一，经过现代化改造，目前仍在运营中。行程安排：丹佛国际机场(DEN)&amp;rarr;丹佛大蓝熊（15分钟）&amp;rarr;十六街商圈（30分钟）&amp;rarr;科罗拉多州议会大厦（外观，30分钟）&amp;rarr;丹佛艺术博物馆（外观，30分钟）&amp;rarr;乘坐免费观光巴士前往老火车站（15分钟）&amp;rarr;老火车站（入内参观，30分钟）景点介绍：【大蓝熊BigBlueBear】大蓝熊又被叫做偷窥熊，它位于丹佛会议中心外。高约40英尺，它用爪子轻轻的趴着丹佛会议中心的玻璃，向里望去，仿佛在好奇里面的情况。大蓝熊的表面大约由4000多个三角形组成，表面采用的是非常罕见的青金石，所以整体呈现出迷人的蓝色。【十六街商圈The16thStMall】十六街商圈位于科罗拉多州首府丹佛市中心。这条步行长廊是由著名建筑师贝聿铭（I.M.Pei）设计的，由红、白、灰三色花岗岩组成，从上面看，它的形状类似于响尾蛇的皮肤。购物中心沿线有42家户外咖啡馆，是一个吃东西或喝饮料的绝佳场所。【科罗拉多州议会大厦ColoradoStateCapitolBuilding】科罗拉多州议会大厦坐落在丹佛市中心东考发科斯大道，是科罗拉多州会员大会的所在地，同时也是科罗拉多州州长和科罗拉多州副州长的办公地。这栋建筑的设计者是以利亚&amp;middot;E.梅尔斯，建于19世纪90年代，材料是科罗拉多白花岗岩，于1894年11月正式投入使用。科罗拉多州议会大厦所在地理位置要比丹佛市中心其他建筑都要稍高一些。议会大厦的圆顶塔高180英尺，上面还印有16位丹佛成立者的首写大字母。</w:t>
+              <w:t xml:space="preserve">免费接机机场：丹佛国际机场(DEN)免费接机时间：14:00集合地点：机场大厅内的西航站楼12号行李提取处今天您将乘坐飞机抵达科罗拉多州首府&amp;mdash;丹佛，请于下午14:00（丹佛当地时间）在机场与导游汇合，随后前往丹佛市区，漫步于市中心繁华路段的第16商业街，这里店铺林立热闹非凡，外观科罗拉多州议会大厦和丹佛艺术博物馆，参观丹佛最著名的公共艺术作品&amp;mdash;大蓝熊，其寓意为：ISeeWhatYouMean（我知道你在说啥）。在导游的带领下前往老火车站，这里是美国本土为数不多的逾百年历史的老建筑之一，经过现代化改造，目前仍在运营中。行程安排：丹佛国际机场(DEN)&amp;rarr;十六街商圈（30分钟）&amp;rarr;丹佛大蓝熊（15分钟）&amp;rarr;科罗拉多州议会大厦（外观，30分钟）&amp;rarr;丹佛艺术博物馆（外观，30分钟）&amp;rarr;老火车站（入内参观，30分钟）景点介绍：【大蓝熊BigBlueBear】大蓝熊又被叫做偷窥熊，它位于丹佛会议中心外。高约40英尺，它用爪子轻轻的趴着丹佛会议中心的玻璃，向里望去，仿佛在好奇里面的情况。大蓝熊的表面大约由4000多个三角形组成，表面采用的是非常罕见的青金石，所以整体呈现出迷人的蓝色。【十六街商圈The16thStMall】十六街商圈位于科罗拉多州首府丹佛市中心。这条步行长廊是由著名建筑师贝聿铭（I.M.Pei）设计的，由红、白、灰三色花岗岩组成，从上面看，它的形状类似于响尾蛇的皮肤。购物中心沿线有42家户外咖啡馆，是一个吃东西或喝饮料的绝佳场所。【科罗拉多州议会大厦ColoradoStateCapitolBuilding】科罗拉多州议会大厦坐落在丹佛市中心东考发科斯大道，是科罗拉多州会员大会的所在地，同时也是科罗拉多州州长和科罗拉多州副州长的办公地。这栋建筑的设计者是以利亚&amp;middot;E.梅尔斯，建于19世纪90年代，材料是科罗拉多白花岗岩，于1894年11月正式投入使用。科罗拉多州议会大厦所在地理位置要比丹佛市中心其他建筑都要稍高一些。议会大厦的圆顶塔高180英尺，上面还印有16位丹佛成立者的首写大字母。【丹佛艺术博物馆DenverArtMuseum】这座博物馆是美国海拔较高、具有现代艺术特色建筑的艺术博物馆，馆藏的艺术品范围很广，从亚洲到欧洲都有，还收集了很多来自中国的藏品，比如：汉代的陶器和唐朝的三彩陶瓷，清朝的服饰玉器，还有齐白石、张大千、程十发等艺术家的真迹画作。博物馆的外形设计也非常有特色，是抽象主义和结构主义风格的结合表现。除了超过7万件来自欧洲与美洲的艺术作品，俐落的尖角外观，与背后的落基山脉相呼应，建筑本身就是一件杰作。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -213,153 +213,153 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后，前往距离丹佛车程仅30分钟的红石公园和露天剧场，这里是本地民众最喜欢的郊外公园之一，而公园内的露天剧场是一个户外音乐场地，是世界上唯一自然发生声学完美的圆形剧场，当年披头士乐队登陆美国首演的第一站就在这里，剧场气势宏伟，更可俯瞰大丹佛地区。随后，乘车沿70号高速进入落基山中，沿途风景美不胜收，途经韦尔（停留休息），这个宛若童话世界般的小镇是世界著名的滑雪胜地，户外活动的天堂，小镇景色精致美丽。下午抵达位于落基山脉中心的格林伍德斯普林斯，这座山城以地热资源和户外探险活动而闻名。前往格林纳达斯普林斯大温泉，温泉紧挨着美丽的科罗拉多河，周边是落基山脉美景，提供纯自然的浸泡体验，令您放松和恢复活力。行程安排：丹佛&amp;rarr;红石公园和露天剧场（1小时）&amp;rarr;韦尔（停留休息，45分钟）&amp;rarr;格林伍德斯普林斯&amp;rarr;格林伍德斯普林斯大温泉（1.5小时）景点介绍：【红石公园和露天剧场RedRocksParkandAmphitheatre】红石公园位于丹佛市区往西不到20公里的山地，海拔6000多英尺，占地860多公顷，以高达300英尺的巨大红砂岩石而得名。在红石公园，最吸引眼球的还是被称为&amp;ldquo;Amphitheatre&amp;rdquo;的红石露天剧场，它是世界上唯一利用山峰沟壑的天然山体所修建而成的大型露天剧场。也许因为山谷里天然的回音效果，从一开始就受到美国、乃至世界音乐界的追捧，成为国际上最著名的露天剧场。</w:t>
+              <w:t xml:space="preserve">早餐后，前往距离丹佛车程仅30分钟的红石公园和露天剧场，这里是本地民众最喜欢的郊外公园之一，而公园内的露天剧场是一个户外音乐场地，是世界上唯一自然发生声学完美的圆形剧场，当年披头士乐队登陆美国首演的第一站就在这里，剧场气势宏伟，更可俯瞰大丹佛地区。随后，乘车沿70号高速进入落基山中，沿途风景美不胜收，途经韦尔，这个宛若童话世界般的小镇是世界著名的滑雪胜地，户外活动的天堂，小镇景色精致美丽。下午抵达位于落基山脉中心的格林伍德斯普林斯，这座山城以地热资源和户外探险活动而闻名。前往格林纳达斯普林斯大温泉，温泉紧挨着美丽的科罗拉多河，周边是落基山脉美景，提供纯自然的浸泡体验，令您放松和恢复活力。行程安排：丹佛&amp;rarr;红石公园和露天剧场（1.5小时）&amp;rarr;韦尔（步行游览，自由活动+午餐时间共2小时）&amp;rarr;格林伍德斯普林斯&amp;rarr;格林伍德斯普林斯大温泉（1.5小时）温馨提示：前往格林伍德斯普林斯大温泉请自备游泳衣或者浴衣，心脏病高血压患者慎入。景点介绍：【红石公园和露天剧场RedRocksParkandAmphitheatre】红石公园位于丹佛市区往西不到20公里的山地，海拔6000多英尺，占地860多公顷，以高达300英尺的巨大红砂岩石而得名。在红石公园，最吸引眼球的还是被称为&amp;ldquo;Amphitheatre&amp;rdquo;的红石露天剧场，它是世界上唯一利用山峰沟壑的天然山体所修建而成的大型露天剧场。也许因为山谷里天然的回音效果，从一开始就受到美国、乃至世界音乐界的追捧，成为国际上最著名的露天剧场。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后前往科罗拉多州最有名的山城&amp;mdash;阿斯本，这里不仅风景如画，也是全球顶级滑雪胜地之一，拥有阿斯本山、阿斯本高地、奶油山和雪堆山四大山脉，雪场面积5500多英亩（22.26平方公里），这里四季都景色宜人，游客来到这里不知不觉中脚步都会慢下来，尽情享受世外桃源般的美景和宁静。在距阿斯本南边约半小时车程的落基山脉中，藏着一个吸引着来自世界各地的摄影师的绝美之地：这就是在美国风光摄影上镜率最高的【MaroonBells】，这里也被评选为科罗拉多州的99个可取得明信片般效果的拍摄绝佳地点中的第一名，而实际上照片根本无法显示出她真正的美。行程安排：格林伍德斯普林斯&amp;rarr;游览MaroonBells景区（观光巴士往返，3小时）&amp;rarr;阿斯本小镇自由观光（1小时）&amp;rarr;丹佛</w:t>
+              <w:t xml:space="preserve">早餐后前往科罗拉多州最有名的山城&amp;mdash;阿斯本，这里不仅风景如画，也是全球顶级滑雪胜地之一，拥有阿斯本山、阿斯本高地、奶油山和雪堆山四大山脉，雪场面积5500多英亩（22.26平方公里），这里四季都景色宜人，游客来到这里不知不觉中脚步都会慢下来，尽情享受世外桃源般的美景和宁静。在距阿斯本南边约半小时车程的落基山脉中，藏着一个吸引着来自世界各地的摄影师的绝美之地：这就是在美国风光摄影上镜率最高的【MaroonBells】，这里也被评选为科罗拉多州的99个可取得明信片般效果的拍摄绝佳地点中的第一名，而实际上照片根本无法显示出她真正的美。行程安排：格林伍德斯普林斯&amp;rarr;阿斯本小镇&amp;rarr;游览MaroonBells景区（观光巴士往返，3小时）&amp;rarr;阿斯本小镇自由观光（1小时）&amp;rarr;丹佛备注：因MaroonBells景区在05/15/2025前处于关闭状态，在此期间该景点将替换为狄龙湖环湖游&amp;amp;徒步（2小时，包含狄龙湖大坝交通费），敬请谅解。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后前往科罗拉多州第二大城市&amp;mdash;科罗拉多斯普林斯，位于落基山脉帕克峰东麓，海拔1840米，也是&amp;ldquo;美国体育节&amp;rdquo;的诞生地。前往著名的众神花园，又名上帝的花园，这里遍布着美国最美的红色砂岩，300多块形状各异的砂岩石耸立在公园中，还有著名的帕克峰和蔚蓝的天空做背景，令人惊叹大自然的鬼斧神工。随后探索古色古香的马尼托斯普林斯小镇，这里拥有摄人心魄的美景、友好的民众和精彩的户外探险活动，无论哪种游览方式都一定让您爱上这座古朴的小镇。接着前往众神花园探索其原始尔野性的美丽，花园景色无比宜人，遍布美国最美的红色沙岩，别具一番风味。行程安排：丹佛&amp;rarr;科罗拉多斯普林斯&amp;rarr;众神花园（入内参观，3小时）&amp;rarr;马尼托斯普林斯小镇（自由游览，1小时）&amp;rarr;远眺帕克峰&amp;rarr;丹佛国际机场景点介绍：【众神花园GardenoftheGods】独特的红色砂岩地貌，形成了千奇百怪的岩石景观，花园镇园双宝分别是，状似两只骆驼的骆驼之吻（KissingCamels），与有如巨人头颅重达700吨的平衡石（BalancedRock）。如热爱野外运动，花园内有许多巨岩可以进行攀岩活动，是世界攀岩爱好者天堂。【马尼托斯普林斯小镇ManitouSprings】历史悠久的马尼托斯普林斯小镇坐落在众神花园和帕克峰之间，地处帕克峰地区独特景点的中心位置。历史悠久的马尼托斯普林斯小镇是艺术家的聚集地，这里有历史悠久的艺术画廊、街头表演者、溪边餐厅和精品店。【派克峰PikesPeak】派克峰是位于美国洛基山脉的一座山峰，也是美国最著名的山峰之一。派克峰山顶有众多碳酸泉，因此发展为一个疗养地。派克峰是派克峰国际爬山赛的举办地点。​</w:t>
+              <w:t xml:space="preserve">早餐后前往科罗拉多州第二大城市&amp;mdash;科罗拉多斯普林斯，位于落基山脉帕克峰东麓，海拔1840米，也是&amp;ldquo;美国体育节&amp;rdquo;的诞生地。前往著名的众神花园，又名上帝的花园，这里遍布着美国最美的红色砂岩，300多块形状各异的砂岩石耸立在公园中，还有著名的帕克峰和蔚蓝的天空做背景，令人惊叹大自然的鬼斧神工。随后探索古色古香的马尼托斯普林斯小镇，这里拥有摄人心魄的美景、友好的民众和精彩的户外探险活动，无论哪种游览方式都一定让您爱上这座古朴的小镇。接着前往众神花园探索其原始尔野性的美丽，花园景色无比宜人，遍布美国最美的红色沙岩，别具一番风味。行程安排：丹佛&amp;rarr;科罗拉多斯普林斯&amp;rarr;众神花园（入内参观，3小时）&amp;rarr;马尼托斯普林斯小镇（车游+自由游览，2小时）&amp;rarr;远眺帕克峰&amp;rarr;丹佛国际机场景点介绍：【众神花园GardenoftheGods】独特的红色砂岩地貌，形成了千奇百怪的岩石景观，花园镇园双宝分别是，状似两只骆驼的骆驼之吻（KissingCamels），与有如巨人头颅重达700吨的平衡石（BalancedRock）。如热爱野外运动，花园内有许多巨岩可以进行攀岩活动，是世界攀岩爱好者天堂。【马尼托斯普林斯小镇ManitouSprings】历史悠久的马尼托斯普林斯小镇坐落在众神花园和帕克峰之间，地处帕克峰地区独特景点的中心位置。历史悠久的马尼托斯普林斯小镇是艺术家的聚集地，这里有历史悠久的艺术画廊、街头表演者、溪边餐厅和精品店。【派克峰PikesPeak】派克峰是位于美国洛基山脉的一座山峰，也是美国最著名的山峰之一。派克峰山顶有众多碳酸泉，因此发展为一个疗养地。派克峰是派克峰国际爬山赛的举办地点。​</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -413,83 +413,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述APDE5必付项目费用每人：$80.00包含：落基山国家公园、红石公园和露天剧场、格林伍德斯普林斯温泉票、阿斯本观光巴士；请在团上支付导游。</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述APDE5必付项目费用每人：$100.00包含：落基山国家公园、红石公园和露天剧场、格林伍德斯普林斯温泉票、阿斯本往返MaroonBells景区观光巴士/狄龙湖环湖游&amp;amp;徒步（包含狄龙湖大坝交通费）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前16日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前12日(含)至15日(含)，要求取消或改期，需扣30%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.在出发前7日(含)至11日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。d.如果团组在出发前6日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。e.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前16日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前12日(含)至15日(含)，要求取消或改期，需扣30%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.在出发前7日(含)至11日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。d.如果团组在出发前6日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。e.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前16日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前12日(含)至15日(含)，要求取消或改期，需扣30%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.在出发前7日(含)至11日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。d.如果团组在出发前6日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。e.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>