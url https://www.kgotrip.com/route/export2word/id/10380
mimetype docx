--- v0 (2025-10-16)
+++ v1 (2026-02-24)
@@ -162,306 +162,306 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后前往丹佛市区，感受这座MileHighCity的独特魅力，首先参观丹佛最著名的公共艺术作品&amp;mdash;大蓝熊，其寓意为：ISeeWhatYouMean（我知道你在说啥），接着漫步于市中心繁华路段的第16商业街，这里店铺林立热闹非凡，还有很多历史建筑。前往科罗拉多州议会大厦和丹佛艺术博物馆，在导游的带领下乘坐16街观光巴士前往老火车站，这里是美国本土为数不多的逾百年历史的老建筑之一，经过现代化改造，目前仍在运营中。前往距离丹佛车程仅30分钟的红石公园和露天剧场，这里是本地民众最喜欢的郊外公园之一，而公园内的露天剧场是一个户外音乐场地，是世界上唯一自然发生声学完美的圆形剧场，当年披头士乐队登陆美国首演的第一站就在这里，剧场气势宏伟，更可俯瞰大丹佛地区。之后，前往风景秀丽的大学城&amp;mdash;博尔德，参观科罗拉多州立大学博尔德分校和国家大气研究中心及博物馆，漫步于市中心的珍珠街。最后，返回丹佛。行程安排：丹佛&amp;rarr;丹佛大蓝熊（15分钟）&amp;rarr;十六街商圈（30分钟）&amp;rarr;科罗拉多州议会大厦（外观，30分钟）&amp;rarr;丹佛艺术博物馆（外观，30分钟）&amp;rarr;乘坐免费观光巴士前往老火车站（15分钟）&amp;rarr;老火车站（入内参观，30分钟）&amp;rarr;红石公园和露天剧场（1.5小时）&amp;rarr;博尔德&amp;rarr;科罗拉多州立大学博尔德分校（1小时）&amp;rarr;国家大气研究中心及博物馆（45分钟）&amp;rarr;珍珠街（1小时）&amp;rarr;丹佛景点介绍：【大蓝熊BigBlueBear】大蓝熊又被叫做偷窥熊，它位于丹佛会议中心外。高约40英尺，它用爪子轻轻的趴着丹佛会议中心的玻璃，向里望去，仿佛在好奇里面的情况。大蓝熊的表面大约由4000多个三角形组成，表面采用的是非常罕见的青金石，所以整体呈现出迷人的蓝色。【十六街商圈The16thStMall】十六街商圈位于科罗拉多州首府丹佛市中心。这条步行长廊是由著名建筑师贝聿铭（I.M.Pei）设计的，由红、白、灰三色花岗岩组成，从上面看，它的形状类似于响尾蛇的皮肤。购物中心沿线有42家户外咖啡馆，是一个吃东西或喝饮料的绝佳场所。【科罗拉多州议会大厦ColoradoStateCapitolBuilding】科罗拉多州议会大厦坐落在丹佛市中心东考发科斯大道，是科罗拉多州会员大会的所在地，同时也是科罗拉多州州长和科罗拉多州副州长的办公地。这栋建筑的设计者是以利亚&amp;middot;E.梅尔斯，建于19世纪90年代，材料是科罗拉多白花岗岩，于1894年11月正式投入使用。科罗拉多州议会大厦所在地理位置要比丹佛市中心其他建筑都要稍高一些。议会大厦的圆顶塔高180英尺，上面还印有16位丹佛成立者的首写大字母。【红石公园和露天剧场RedRocksParkandAmphitheatre】红石公园位于丹佛市区往西不到20公里的山地，海拔6000多英尺，占地860多公顷，以高达300英尺的巨大红砂岩石而得名。在红石公园，最吸引眼球的还是被称为&amp;ldquo;Amphitheatre&amp;rdquo;的红石露天剧场，它是世界上唯一利用山峰沟壑的天然山体所修建而成的大型露天剧场。也许因为山谷里天然的回音效果，从一开始就受到美国、乃至世界音乐界的追捧，成为国际上最著名的露天剧场。【科罗拉多大学博尔德分校UniversityofColoradoBoulder】科罗拉多大学博尔德分校创办于1876年，位于风景秀丽，气候宜人的博尔德市，处于落基山山坳，是一所世界顶尖公立研究型高等学府、世界前二十大学。该校同时是美国大学协会65个成员之一，素有&amp;ldquo;公立常春藤&amp;rdquo;之称。学校建筑风格为托斯卡纳乡村风格，并使用红砖和科罗拉多砂石来构成外观特征，来搭配学校背景的落基山。【珍珠街购物中心PearlStreetMall】珍珠街购物中心是一个位于博尔德拥有四个街区的步行街。该步行区从第11街延伸至第15街，是许多企业和餐馆以及博尔德县法院的所在地。购物中心充满了公共艺术，包括众多喷泉和雕塑以及儿童沙盒、博尔德县风格化地图和许多种有各种花木的小花园，其中最著名的是春天的郁金香。</w:t>
+              <w:t xml:space="preserve">早餐后前往丹佛市区，感受这座MileHighCity的独特魅力，首先漫步于市中心繁华路段的第16商业街，这里店铺林立热闹非凡，还有很多历史建筑，接着参观丹佛最著名的公共艺术作品&amp;mdash;大蓝熊，其寓意为：ISeeWhatYouMean（我知道你在说啥）。前往科罗拉多州议会大厦和丹佛艺术博物馆，在导游的带领下前往老火车站，这里是美国本土为数不多的逾百年历史的老建筑之一，经过现代化改造，目前仍在运营中。前往距离丹佛车程仅30分钟的红石公园和露天剧场，这里是本地民众最喜欢的郊外公园之一，而公园内的露天剧场是一个户外音乐场地，是世界上唯一自然发生声学完美的圆形剧场，当年披头士乐队登陆美国首演的第一站就在这里，剧场气势宏伟，更可俯瞰大丹佛地区。之后，前往风景秀丽的大学城&amp;mdash;博尔德，参观科罗拉多州立大学博尔德分校和国家大气研究中心及博物馆，漫步于市中心的珍珠街。最后，返回丹佛。行程安排：丹佛&amp;rarr;十六街商圈（30分钟）&amp;rarr;丹佛大蓝熊（15分钟）&amp;rarr;科罗拉多州议会大厦（外观，30分钟）&amp;rarr;丹佛艺术博物馆（外观，30分钟）&amp;rarr;老火车站（入内参观，30分钟）&amp;rarr;红石公园和露天剧场（1.5小时）&amp;rarr;博尔德（35分钟）&amp;rarr;科罗拉多州立大学博尔德分校（1小时）&amp;rarr;国家大气研究中心及博物馆（45分钟）&amp;rarr;珍珠街（1.5小时）&amp;rarr;丹佛景点介绍：【大蓝熊BigBlueBear】大蓝熊又被叫做偷窥熊，它位于丹佛会议中心外。高约40英尺，它用爪子轻轻的趴着丹佛会议中心的玻璃，向里望去，仿佛在好奇里面的情况。大蓝熊的表面大约由4000多个三角形组成，表面采用的是非常罕见的青金石，所以整体呈现出迷人的蓝色。【十六街商圈The16thStMall】十六街商圈位于科罗拉多州首府丹佛市中心。这条步行长廊是由著名建筑师贝聿铭（I.M.Pei）设计的，由红、白、灰三色花岗岩组成，从上面看，它的形状类似于响尾蛇的皮肤。购物中心沿线有42家户外咖啡馆，是一个吃东西或喝饮料的绝佳场所。【科罗拉多州议会大厦ColoradoStateCapitolBuilding】科罗拉多州议会大厦坐落在丹佛市中心东考发科斯大道，是科罗拉多州会员大会的所在地，同时也是科罗拉多州州长和科罗拉多州副州长的办公地。这栋建筑的设计者是以利亚&amp;middot;E.梅尔斯，建于19世纪90年代，材料是科罗拉多白花岗岩，于1894年11月正式投入使用。科罗拉多州议会大厦所在地理位置要比丹佛市中心其他建筑都要稍高一些。议会大厦的圆顶塔高180英尺，上面还印有16位丹佛成立者的首写大字母。【丹佛艺术博物馆DenverArtMuseum】这座博物馆是美国海拔较高、具有现代艺术特色建筑的艺术博物馆，馆藏的艺术品范围很广，从亚洲到欧洲都有，还收集了很多来自中国的藏品，比如：汉代的陶器和唐朝的三彩陶瓷，清朝的服饰玉器，还有齐白石、张大千、程十发等艺术家的真迹画作。博物馆的外形设计也非常有特色，是抽象主义和结构主义风格的结合表现。除了超过7万件来自欧洲与美洲的艺术作品，俐落的尖角外观，与背后的落基山脉相呼应，建筑本身就是一件杰作。【红石公园和露天剧场RedRocksParkandAmphitheatre】红石公园位于丹佛市区往西不到20公里的山地，海拔6000多英尺，占地860多公顷，以高达300英尺的巨大红砂岩石而得名。在红石公园，最吸引眼球的还是被称为&amp;ldquo;Amphitheatre&amp;rdquo;的红石露天剧场，它是世界上唯一利用山峰沟壑的天然山体所修建而成的大型露天剧场。也许因为山谷里天然的回音效果，从一开始就受到美国、乃至世界音乐界的追捧，成为国际上最著名的露天剧场。【科罗拉多大学博尔德分校UniversityofColoradoBoulder】科罗拉多大学博尔德分校创办于1876年，位于风景秀丽，气候宜人的博尔德市，处于落基山山坳，是一所世界顶尖公立研究型高等学府、世界前二十大学。该校同时是美国大学协会65个成员之一，素有&amp;ldquo;公立常春藤&amp;rdquo;之称。学校建筑风格为托斯卡纳乡村风格，并使用红砖和科罗拉多砂石来构成外观特征，来搭配学校背景的落基山。【珍珠街购物中心PearlStreetMall】珍珠街购物中心是一个位于博尔德拥有四个街区的步行街。该步行区从第11街延伸至第15街，是许多企业和餐馆以及博尔德县法院的所在地。购物中心充满了公共艺术，包括众多喷泉和雕塑以及儿童沙盒、博尔德县风格化地图和许多种有各种花木的小花园，其中最著名的是春天的郁金香。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后，前往远近闻名的落基山国家公园，长达4500多公里的落基山脉自北向南纵穿北美大陆，孕育了北美洲大多数的河流，也是北美大陆主要的分水岭，其海拔最高点就在丹佛附近的落基山国家公园，从丹佛出发向西北方向大约110公里即可到达公园的东门EstesPark,首先前往熊湖，这座印第安人命名的高山湖泊拥有令人叹为观止的绝美风景，也是落基山国家公园内最著名的湖泊之一。随后，沿着著名的山脊路（TrailRidgeRoad）向山顶盘行，全长48英里的TrailRidgeRoad自东向西横贯落基山国家公园，最后止于公园西侧，沿途层峦迭翠的山峰，茂密丰厚的植被，云卷云舒的天空，犹若一幅画卷。海拔3637米的Alpine游客中心位于山脊路的最高点，在此您可以感受到落基山的美。最后，我们折返前往羊湖，山脚下一片开阔平坦的草地围绕着一小湾湖水，这里是科罗拉多州兽&amp;mdash;大角羊的栖息地。行程安排：丹佛&amp;rarr;落基山国家公园（前往熊湖、Alpine游客中心、羊湖，全天约9小时）&amp;rarr;丹佛特别说明：如因季节或天气原因TrailRidgeRoad关闭，此日行程将改为：早餐后前往地处国家公园东门的度假小镇&amp;mdash;EstesPark，观赏LakeEstes的湖光山色，观经典恐怖电影《闪灵》中的酒店原型&amp;mdash;斯坦利酒店。随后前往落基山国家公园，参观熊湖、羊湖、访客中心。最后，返回丹佛景点介绍：【落基山国家公园RockyMountainNationalPark】落基山国家公园位于美国科罗拉多州，占地265,873英亩。公园的特色在于园内有78座海拔超过3658米的山峰，其中有20座山峰海拔超过了3962米。落基山国家公园拥有150个湖泊、450英里溪流，以及湿地、松林、山地森林和高山苔原等各种生态系统。公园内还栖息着海狸、麋鹿和大角羊等哺乳动物，以及多种鸟类。</w:t>
+              <w:t xml:space="preserve">早餐后乘车沿70号高速进入落基山中，沿途风景美不胜收，途经韦尔，这个宛若童话世界般的小镇是世界著名的滑雪胜地，户外活动的天堂，小镇景色精致美丽。下午抵达科州西部最大的城市&amp;mdash;大章克申，这里距离犹他州仅60公里，四周山川湖泊环绕，由于气候常年保持温和，这里便滋生了一块农业绿洲，有大片的葡萄园，也是科州红酒最重要的出产地。距离大章克申30分钟车程的科罗拉多国家纪念碑属于奇特的科罗拉多河沿岸的红色岩石台地景观，有些岩石被侵蚀的脱离了台地的主体，或金鸡独立或一柱擎天般的挺立，美国人认为这些独立的岩石也代表了美国的独立精神，于是被作为国家纪念碑NationalMonument，我们将沿着一条著名景观路&amp;mdash;RimRockDrive穿行于公园中，沿途有令人腿软的悬崖，有数不清的奇岩怪石，更有层层迭迭红色的峡谷，景色非常的大气壮观，大自然的鬼斧神工尽现眼前。行程安排：丹佛&amp;rarr;韦尔（步行游览，自由活动+午餐时间共2小时）&amp;rarr;大章克申&amp;rarr;科罗拉多国家纪念碑（车游+拍照共计2.5小时）景点介绍：【科罗拉多国家纪念碑ColoradoNationalMonument】科罗拉多国家纪念碑同样属于奇巧的科罗拉多河沿岸的红色岩石台地景观，有些岩石被侵蚀的脱离了台地的主体，或金鸡独立或一柱擎天般的挺立。美国人认为这些独立的岩石也代表了美国的独立精神，于是被作为国家纪念碑NationalMonument，和国家公园属于同一系统，归NPS管辖保护起来。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后乘车沿70号高速进入落基山中，沿途风景美不胜收，途经韦尔（停留休息），这个宛若童话世界般的小镇是世界著名的滑雪胜地，户外活动的天堂，小镇景色精致美丽。下午抵达科州西部最大的城市&amp;mdash;大章克申，这里距离犹他州仅60公里，四周山川湖泊环绕，由于气候常年保持温和，这里便滋生了一块农业绿洲，有大片的葡萄园，也是科州红酒最重要的出产地。距离大章克申30分钟车程的科罗拉多国家纪念碑属于奇特的科罗拉多河沿岸的红色岩石台地景观，有些岩石被侵蚀的脱离了台地的主体，或金鸡独立或一柱擎天般的挺立，美国人认为这些独立的岩石也代表了美国的独立精神，于是被作为国家纪念碑NationalMonument，我们将沿着一条著名景观路&amp;mdash;RimRockDrive穿行于公园中，沿途有令人腿软的悬崖，有数不清的奇岩怪石，更有层层迭迭红色的峡谷，景色非常的大气壮观，大自然的鬼斧神工尽现眼前。行程安排：丹佛&amp;rarr;韦尔（停留休息，1小时）&amp;rarr;大章克申&amp;rarr;科罗拉多国家纪念碑（车游+拍照共计2小时）景点介绍：【科罗拉多国家纪念碑ColoradoNatinalMonument】科罗拉多国家纪念碑同样属于奇巧的科罗拉多河沿岸的红色岩石台地景观，有些岩石被侵蚀的脱离了台地的主体，或金鸡独立或一柱擎天般的挺立。美国人认为这些独立的岩石也代表了美国的独立精神，于是被作为国家纪念碑NationalMonument，和国家公园属于同一系统，归NPS管辖保护起来。</w:t>
+              <w:t xml:space="preserve">早餐后前往科罗拉多州最有名的山城&amp;mdash;阿斯本，这里不仅风景如画，也是全球顶级滑雪胜地之一，拥有阿斯本山、阿斯本高地、奶油山和雪堆山四大山脉，雪场面积5500多英亩，这里四季都景色宜人，游客来到这里不知不觉中脚步都会慢下来，尽情享受世外桃源般的美景和宁静。在距阿斯本南边约半小时车程的落基山脉中，藏着一个吸引着来自世界各地的摄影师的绝美之地：这就是在美国风光摄影上镜率最高的MaroonBells，这里也被评选为科罗拉多州的99个可取得明信片般效果的拍摄绝佳地点中的第1名，而实际上照片根本无法显示出她真正的美。下午抵达位于落基山脉中心的格林伍德斯普林斯，这座山城以地热资源和户外探险活动而闻名，前往格林伍德斯普林斯大温泉，温泉紧挨着美丽的科罗拉多河，周边是落基山脉美景，提供纯自然的浸泡体验，令您放松和恢复活力。行程安排：大章克申&amp;rarr;阿斯本小镇（2小时）&amp;rarr;游览MaroonBells景区（观光巴士往返，3小时）&amp;rarr;格林伍德斯普林斯&amp;rarr;格林伍德斯普林斯大温泉（1.5小时）备注：1.因MaroonBells景区在05/15/2025前处于关闭状态，在此期间该景点将替换为狄龙湖环湖游&amp;amp;徒步（2小时，包含狄龙湖大坝交通费），敬请谅解。2.前往格林伍德斯普林斯大温泉请自备游泳衣或者浴衣，心脏病高血压患者慎入。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后前往科罗拉多州最有名的山城&amp;mdash;阿斯本，这里不仅风景如画，也是全球顶级滑雪胜地之一，拥有阿斯本山、阿斯本高地、奶油山和雪堆山四大山脉，雪场面积5500多英亩，这里四季都景色宜人，游客来到这里不知不觉中脚步都会慢下来，尽情享受世外桃源般的美景和宁静。在距阿斯本南边约半小时车程的落基山脉中，藏着一个吸引着来自世界各地的摄影师的绝美之地：这就是在美国风光摄影上镜率最高的MaroonBells，这里也被评选为科罗拉多州的99个可取得明信片般效果的拍摄绝佳地点中的第1名，而实际上照片根本无法显示出她真正的美。下午抵达位于落基山脉中心的格林伍德斯普林斯，这座山城以地热资源和户外探险活动而闻名，前往格林伍德斯普林斯大温泉，温泉紧挨着美丽的科罗拉多河，周边是落基山脉美景，提供纯自然的浸泡体验，令您放松和恢复活力。行程安排：大章克申&amp;rarr;阿斯本小镇&amp;rarr;游览MaroonBells景区（观光巴士往返，3小时）&amp;rarr;格林伍德斯普林斯&amp;rarr;格林伍德斯普林斯大温泉（2小时）</w:t>
+              <w:t xml:space="preserve">早餐后沿着70号高速返回，前往山中赌城黑鹰镇，此镇面积3.9平方公里，海拔2602米，是随着19世纪的掘金潮而建立。1990年，小镇开始改建，开发了美国中西部的搏彩业，有了落基山深山里的赌城。接着前往成立于淘金热时期的金镇，地理位置非常重要，历史上是西部金矿和东部定居点之间的贸易中心，1862&amp;mdash;1867年间曾是科罗拉多的首府，位于小镇中心的科罗拉多矿业学院是科罗拉多州第一所公立的高等学府，素以工程与采矿专业闻名，是世界一流的公立研究型大学，主要致力于工程及应用科学研究，是世界上资源开发、开采及利用方面研究实力最强的机构之一。创立于1873年的Coors啤酒厂（外观），以高山上的雪水来酿造啤酒，现在年产量超过2200万桶啤酒，是世界上最大的单一酿酒厂，也是金镇的名片和骄傲。最后返回丹佛。行程安排：格林伍德斯普林斯&amp;rarr;黑鹰镇（漫步山中赌场小镇，参观美洲星赌场，1小时）&amp;rarr;金镇&amp;rarr;科罗拉多矿业学院（25分钟）&amp;rarr;Coors啤酒厂（外观，20分钟）&amp;rarr;丹佛景点介绍：【黑鹰镇BlackHawk】位于丹佛西部近郊山区的黑鹰镇，整个城市还是维持了它早期西部矿业小镇的淳朴气息。当地许多赌场都是改建于拓荒早期的历史建筑物，老屋新用，让大家可以亲身体验小镇当年的繁华。【黄金小镇GoldenTown】黄金小镇（Golden）位于丹佛市区西侧约15英里，据说150年前，一个名叫JohnGregory的淘金者，就是在这里发现了金矿，从而引发了小镇、乃至整个科罗拉多的淘金热。黄金小镇也是科罗拉多矿业学院和Coors啤酒厂的总部所在地。黄金小镇是Coors啤酒创立的地方，自1873年成立Coors以来，Coors的总部一直设立在黄金小镇。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后沿着70号高速返回，前往山中赌城黑鹰镇，此镇面积3.9平方公里，海拔2602米，是随着19世纪的掘金潮而建立。1990年，小镇开始改建，开发了美国中西部的搏彩业，有了落基山深山里的赌城。接着前往成立于淘金热时期的金镇，地理位置非常重要，历史上是西部金矿和东部定居点之间的贸易中心，1862&amp;mdash;1867年间曾是科罗拉多的首府，位于小镇中心的科罗拉多矿业学院是科罗拉多州第一所公立的高等学府，素以工程与采矿专业闻名，是世界一流的公立研究型大学，主要致力于工程及应用科学研究，是世界上资源开发、开采及利用方面研究实力最强的机构之一。创立于1873年的Coors啤酒厂（外观），以高山上的雪水来酿造啤酒，现在年产量超过2200万桶啤酒，是世界上最大的单一酿酒厂，也是金镇的名片和骄傲。最后返回丹佛。行程安排：格林伍德斯普林斯&amp;rarr;黑鹰镇（漫步山中赌场小镇，参观美洲星赌场，45分钟）&amp;rarr;金镇&amp;rarr;科罗拉多矿业学院（25分钟）&amp;rarr;Coors啤酒厂（外观，20分钟）&amp;rarr;丹佛景点介绍：【黑鹰镇BlackHawk】位于丹佛西部近郊山区的黑鹰镇，整个城市还是维持了它早期西部矿业小镇的淳朴气息。当地许多赌场都是改建于拓荒早期的历史建筑物，老屋新用，让大家可以亲身体验小镇当年的繁华。【黄金小镇GoldenTown】黄金小镇（Golden）位于丹佛市区西侧约15英里，据说150年前，一个名叫JohnGregory的淘金者，就是在这里发现了金矿，从而引发了小镇、乃至整个科罗拉多的淘金热。黄金小镇也是科罗拉多矿业学院和Coors啤酒厂的总部所在地。黄金小镇是Coors啤酒创立的地方，自1873年成立Coors以来，Coors的总部一直设立在黄金小镇。</w:t>
+              <w:t xml:space="preserve">早餐后，前往远近闻名的落基山国家公园，长达4500多公里的落基山脉自北向南纵穿北美大陆，孕育了北美洲大多数的河流，也是北美大陆主要的分水岭，其海拔最高点就在丹佛附近的落基山国家公园，从丹佛出发向西北方向大约110公里即可到达公园的东门EstesPark,首先前往熊湖，这座印第安人命名的高山湖泊拥有令人叹为观止的绝美风景，也是落基山国家公园内最著名的湖泊之一。随后，沿着著名的山脊路（TrailRidgeRoad）向山顶盘行，全长48英里的TrailRidgeRoad自东向西横贯落基山国家公园，最后止于公园西侧，沿途层峦迭翠的山峰，茂密丰厚的植被，云卷云舒的天空，犹若一幅画卷。海拔3637米的Alpine游客中心位于山脊路的最高点，在此您可以感受到落基山的美。最后，我们折返前往羊湖，山脚下一片开阔平坦的草地围绕着一小湾湖水，这里是科罗拉多州兽&amp;mdash;大角羊的栖息地。行程安排：丹佛&amp;rarr;落基山国家公园（前往熊湖、Alpine游客中心、羊湖，全天约9小时）&amp;rarr;丹佛特别说明：如因季节或天气原因TrailRidgeRoad关闭，此日行程将改为：早餐后前往地处国家公园东门的度假小镇&amp;mdash;EstesPark，观赏LakeEstes的湖光山色，观经典恐怖电影《闪灵》中的酒店原型&amp;mdash;斯坦利酒店。随后前往落基山国家公园，参观熊湖、羊湖、访客中心。最后，返回丹佛景点介绍：【落基山国家公园RockyMountainNationalPark】落基山国家公园位于美国科罗拉多州，占地265,873英亩。公园的特色在于园内有78座海拔超过3658米的山峰，其中有20座山峰海拔超过了3962米。落基山国家公园拥有150个湖泊、450英里溪流，以及湿地、松林、山地森林和高山苔原等各种生态系统。公园内还栖息着海狸、麋鹿和大角羊等哺乳动物，以及多种鸟类。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早餐后前往科罗拉多州第二大城市&amp;mdash;科罗拉多斯普林斯，位于落基山脉帕克峰东麓，海拔1840米，也是&amp;ldquo;美国体育节&amp;rdquo;的诞生地。前往著名的众神花园，又名上帝的花园，这里遍布着美国最美的红色砂岩，300多块形状各异的砂岩石耸立在公园中，还有著名的帕克峰和蔚蓝的天空做背景，令人惊叹大自然的鬼斧神工。随后探索古色古香的马尼托斯普林斯小镇，这里拥有摄人心魄的美景、友好的民众和精彩的户外探险活动，无论哪种游览方式都一定让您爱上这座古朴的小镇。接着前往众神花园探索其原始尔野性的美丽，花园景色无比宜人，遍布美国最美的红色沙岩，别具一番风味。行程安排：丹佛&amp;rarr;科罗拉多斯普林斯&amp;rarr;众神花园（入内参观，3小时）&amp;rarr;马尼托斯普林斯小镇（自由游览，1小时）&amp;rarr;远眺帕克峰&amp;rarr;丹佛国际机场景点介绍：【众神花园GardenoftheGods】独特的红色砂岩地貌，形成了千奇百怪的岩石景观，花园镇园双宝分别是，状似两只骆驼的骆驼之吻（KissingCamels），与有如巨人头颅重达700吨的平衡石（BalancedRock）。如热爱野外运动，花园内有许多巨岩可以进行攀岩活动，是世界攀岩爱好者天堂。【马尼托斯普林斯小镇ManitouSprings】历史悠久的马尼托斯普林斯小镇坐落在众神花园和帕克峰之间，地处帕克峰地区独特景点的中心位置。历史悠久的马尼托斯普林斯小镇是艺术家的聚集地，这里有历史悠久的艺术画廊、街头表演者、溪边餐厅和精品店。【派克峰PikesPeak】派克峰是位于美国洛基山脉的一座山峰，也是美国最著名的山峰之一。派克峰山顶有众多碳酸泉，因此发展为一个疗养地。派克峰是派克峰国际爬山赛的举办地点。​</w:t>
+              <w:t xml:space="preserve">早餐后前往科罗拉多州第二大城市&amp;mdash;科罗拉多斯普林斯，位于落基山脉帕克峰东麓，海拔1840米，也是&amp;ldquo;美国体育节&amp;rdquo;的诞生地。前往著名的众神花园，又名上帝的花园，这里遍布着美国最美的红色砂岩，300多块形状各异的砂岩石耸立在公园中，还有著名的帕克峰和蔚蓝的天空做背景，令人惊叹大自然的鬼斧神工。随后探索古色古香的马尼托斯普林斯小镇，这里拥有摄人心魄的美景、友好的民众和精彩的户外探险活动，无论哪种游览方式都一定让您爱上这座古朴的小镇。接着前往众神花园探索其原始尔野性的美丽，花园景色无比宜人，遍布美国最美的红色沙岩，别具一番风味。行程安排：丹佛&amp;rarr;科罗拉多斯普林斯&amp;rarr;众神花园（入内参观，3小时）&amp;rarr;马尼托斯普林斯小镇（车游+自由游览，2小时）&amp;rarr;远眺帕克峰&amp;rarr;丹佛国际机场景点介绍：【众神花园GardenoftheGods】独特的红色砂岩地貌，形成了千奇百怪的岩石景观，花园镇园双宝分别是，状似两只骆驼的骆驼之吻（KissingCamels），与有如巨人头颅重达700吨的平衡石（BalancedRock）。如热爱野外运动，花园内有许多巨岩可以进行攀岩活动，是世界攀岩爱好者天堂。【马尼托斯普林斯小镇ManitouSprings】历史悠久的马尼托斯普林斯小镇坐落在众神花园和帕克峰之间，地处帕克峰地区独特景点的中心位置。历史悠久的马尼托斯普林斯小镇是艺术家的聚集地，这里有历史悠久的艺术画廊、街头表演者、溪边餐厅和精品店。【派克峰PikesPeak】派克峰是位于美国洛基山脉的一座山峰，也是美国最著名的山峰之一。派克峰山顶有众多碳酸泉，因此发展为一个疗养地。派克峰是派克峰国际爬山赛的举办地点。​</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -515,83 +515,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目费用每人：$100.00包含：落基山国家公园、红石公园、格林伍德斯普林斯大温泉、阿斯本来回观光巴士、科罗拉多州国家纪念地；请在团上支付导游。</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目费用每人：$120.00包含：落基山国家公园、红石公园、格林伍德斯普林斯大温泉、阿斯本往返MaroonBells景区观光巴士/狄龙湖环湖游&amp;amp;徒步（包含狄龙湖大坝交通费）、科罗拉多州国家纪念地。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前16日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前12日(含)至15日(含)，要求取消或改期，需扣30%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.在出发前7日(含)至11日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。d.如果团组在出发前6日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。e.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前16日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前12日(含)至15日(含)，要求取消或改期，需扣30%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.在出发前7日(含)至11日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。d.如果团组在出发前6日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。e.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前16日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前12日(含)至15日(含)，要求取消或改期，需扣30%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.在出发前7日(含)至11日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。d.如果团组在出发前6日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。e.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>