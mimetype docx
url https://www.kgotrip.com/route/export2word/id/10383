--- v0 (2025-10-24)
+++ v1 (2026-03-05)
@@ -111,102 +111,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨，我们会前往美国国家的诞生地-费城，被称为友爱之城，是美国最老、最具历史意义的城市之一。随后前往马里兰州最大的城市-巴尔的摩。最后来到美国首都华盛顿DC，华盛顿是美国的政治中心，白宫、国会、最高法院均设在这里，它也拥有众多博物馆，是著名旅游胜地。行程安排：纽约出发&amp;rarr;费城&amp;rarr;国家独立历史公园，外观独立宫，外观自由钟（20分钟）&amp;rarr;巴尔的摩&amp;rarr;明珠海港（30分钟）&amp;rarr;约翰&amp;middot;霍普金斯大学（45分钟）&amp;rarr;酒店&amp;rarr;华盛顿特区夜游（自费，100分钟，参观：二战纪念碑、林肯纪念堂、杰佛逊纪念堂）景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。【费城独立宫IndependenceHall】独立宫是美国著名历史纪念建筑，是美国独立的象征。独立宫位于费城城区，是一座两层旧式红砖楼房，乳白色的门窗和尖塔，正屋和塔楼之间镶嵌着一座大时钟。1776年7月4日，在独立宫内签署了美国历史上最重要的文献&amp;mdash;《独立宣言》，宣布北美殖民地脱离英国，建立&amp;ldquo;自由独立的合众国&amp;rdquo;。【费城自由钟LibertyBell】独立宫外的草坪西面矗立着一座小纪念馆，举世闻名的自由钟就安放在其中。自由钟从下到上有一条长长的锯齿形裂缝，非常显眼，已无法修复。然而，正是这样的残缺，激发起美国人民对它的珍惜和崇敬，是美国自由精神和美国文化的象征，更是美国人民的骄傲。它曾为第一次宣读《独立宣言》而鸣响，为合众国通过《宪法》而鸣响，为送富兰克林赴英陈情，召集市民讨论英国颁布的《糖税法》和《印花税法案》而鸣响，为华盛顿的逝世而鸣响。【巴尔的摩明珠海港BaltimoreInnerHarbor】明珠海港原本是码头，后来经过翻新整修，现在已经改造为集观光、娱乐、购物为一体的综合性场所，并享有&amp;ldquo;观光中心&amp;rdquo;的美誉。您可以走到3号码头上欣赏玻璃金字塔状的新奇建筑国家水族馆；在世界之巅观景中心欣赏壮丽的城市景观；还可以在餐厅品尝味美汁鲜的切萨皮克湾海蟹和牡蛎，别忘了在夜景迷人的河堤上漫步，说不定就会听到街头艺人沙哑的嗓音，或是遇到一场浪漫的邂逅呢！【约翰斯·霍普金斯大学JohnsHopkinsUniversity】约翰斯&amp;middot;霍普金斯大学位于马里兰州的巴尔的摩市，成立于1876年，是中小型研究型私立大学，是美国第一所研究型大学，也是北美学术联盟美国大学协会的14所创始校之一。其医学院在世界闻名，生物工程专业排美国第一。对于想学生化，或者将来学医的学生们具有很大吸引力。校园中绿树成荫、古典的乔治亚红砖式建筑，错落有致的小广场，很有韵味。【华盛顿夜游WashingtonD.C.nighttour】华灯初上的夜晚，少了一份都市的喧嚣，多了一份文化之都的宁静。我们的导游将会带着您前往二战纪念碑喷泉，和华盛顿纪念碑。二战纪念碑喷泉四周环绕着56根花岗岩柱子，每一根代表着在二战期间美国的一个州或者一个海外领土。而华盛顿纪念碑是为了纪念总统乔治&amp;middot;华盛顿所建，是世界上最高的石质建筑，也是华府的地标。之后来到对面的林肯纪念堂，它是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。最后来到位于潮汐湖旁的杰弗逊纪念堂，它是按照杰弗逊最喜爱的古罗马神殿式圆顶建筑风格设计，为了纪念美国第三任总统托马斯&amp;middot;杰弗逊而建。</w:t>
+              <w:t xml:space="preserve">早晨，我们会前往美国国家的诞生地-费城，被称为友爱之城，是美国最老、最具历史意义的城市之一。随后前往马里兰州最大的城市-巴尔的摩。最后来到美国首都华盛顿DC，华盛顿是美国的政治中心，白宫、国会、最高法院均设在这里，它也拥有众多博物馆，是著名旅游胜地。行程安排：纽约出发&amp;rarr;费城&amp;rarr;国家独立历史公园，外观独立宫，外观自由钟（20分钟）&amp;rarr;巴尔的摩&amp;rarr;明珠海港（30分钟）&amp;rarr;约翰&amp;middot;霍普金斯大学（45分钟）&amp;rarr;酒店&amp;rarr;华盛顿特区夜游（自费，100分钟，参观：二战纪念碑、林肯纪念堂、杰佛逊纪念堂）景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。【费城独立宫IndependenceHallinPhiladelphia】独立宫是美国著名历史纪念建筑，是美国独立的象征。独立宫位于费城城区，是一座两层旧式红砖楼房，乳白色的门窗和尖塔，正屋和塔楼之间镶嵌着一座大时钟。1776年7月4日，在独立宫内签署了美国历史上最重要的文献&amp;mdash;《独立宣言》，宣布北美殖民地脱离英国，建立&amp;ldquo;自由独立的合众国&amp;rdquo;。【费城自由钟LibertyBellinPhiladelphia】独立宫外的草坪西面矗立着一座小纪念馆，举世闻名的自由钟就安放在其中。自由钟从下到上有一条长长的锯齿形裂缝，非常显眼，已无法修复。然而，正是这样的残缺，激发起美国人民对它的珍惜和崇敬，是美国自由精神和美国文化的象征，更是美国人民的骄傲。它曾为第一次宣读《独立宣言》而鸣响，为合众国通过《宪法》而鸣响，为送富兰克林赴英陈情，召集市民讨论英国颁布的《糖税法》和《印花税法案》而鸣响，为华盛顿的逝世而鸣响。【巴尔的摩明珠海港BaltimoreInnerHarbor】明珠海港原本是码头，后来经过翻新整修，现在已经改造为集观光、娱乐、购物为一体的综合性场所，并享有&amp;ldquo;观光中心&amp;rdquo;的美誉。您可以走到3号码头上欣赏玻璃金字塔状的新奇建筑国家水族馆；在世界之巅观景中心欣赏壮丽的城市景观；还可以在餐厅品尝味美汁鲜的切萨皮克湾海蟹和牡蛎，别忘了在夜景迷人的河堤上漫步，说不定就会听到街头艺人沙哑的嗓音，或是遇到一场浪漫的邂逅呢！【约翰斯·霍普金斯大学JohnsHopkinsUniversity】约翰斯&amp;middot;霍普金斯大学位于马里兰州的巴尔的摩市，成立于1876年，是中小型研究型私立大学，是美国第一所研究型大学，也是北美学术联盟美国大学协会的14所创始校之一。其医学院在世界闻名，生物工程专业排美国第一。对于想学生化，或者将来学医的学生们具有很大吸引力。校园中绿树成荫、古典的乔治亚红砖式建筑，错落有致的小广场，很有韵味。【华盛顿夜游WashingtonD.C.nighttour】华灯初上的夜晚，少了一份都市的喧嚣，多了一份文化之都的宁静。我们的导游将会带着您前往二战纪念碑喷泉，和华盛顿纪念碑。二战纪念碑喷泉四周环绕着56根花岗岩柱子，每一根代表着在二战期间美国的一个州或者一个海外领土。而华盛顿纪念碑是为了纪念总统乔治&amp;middot;华盛顿所建，是世界上最高的石质建筑，也是华府的地标。之后来到对面的林肯纪念堂，它是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。最后来到位于潮汐湖旁的杰弗逊纪念堂，它是按照杰弗逊最喜爱的古罗马神殿式圆顶建筑风格设计，为了纪念美国第三任总统托马斯&amp;middot;杰弗逊而建。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将深度游览美国政治中心&amp;mdash;首都华盛顿特区。在导游的带领下游览华盛顿DC著名景点，亲临白宫、国会大厦等经常出现在电视屏幕上的美国地标建筑，走进众多博物馆，感受浓厚的历史气息。行程安排：林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;白宫（外观，20分钟）&amp;rarr;国会大厦（外观，20分钟）&amp;rarr;史密斯国家博物馆群（导游带领入内并简要讲解后，自由参观90分钟）&amp;rarr;空军纪念碑（30分钟）&amp;rarr;五角大楼（外观，30分钟）特殊说明：由于史密斯国家博物馆群各博物馆开放情况不同，导游会根据参观当日实际情况，带领客人前往已经开放的博物馆。景点介绍：【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【国会大厦U.S.Capitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。国会由参议院和众议院组成，是民有、民治、民享政权的最高象征。作为美国的重要标志性建筑，国会大厦伴随合众国历经了艰难曲折的道路。【史密森尼博物馆SmithsonianInstitution】这是由英国人詹姆斯&amp;middot;史密森投资建立的一片区域，起初他只是修建了一座史密森斯学院大楼，渐渐的，周围的各种博物馆&amp;ldquo;响应着号召&amp;rdquo;挨个成立起来。于是，这片优美的区域内汇聚了大名鼎鼎的国家自然历史博物馆、包罗万象的航天航空博物馆等15座之多的博物馆和美术馆，在这里的参观，相信你会受益匪浅，世界，就在你的眼前。【空军纪念碑TheUnitedStatesAirForceMemorial】美国空军纪念碑碑毗邻五角大楼，北边紧邻阿灵顿国家公墓。纪念碑主体由高约82米，总重1.7万吨的三根弧形钢柱组成，模拟的是美国空军"雷鸟"特技表演队战机在空中形成的高难度表演造型。纪念碑下还矗立着四尊胸佩勋章的美国军人的雕像，两侧立有空军仪仗队铜像及历次战争阵亡的失踪者名单纪念墙。【五角大楼ThePentagon】五角大楼因建筑物为五角形而得名，作为美国国防部办公大楼，它也是世界上中最大的办公大楼之一，占地面积650万平方英尺，约为帝国大厦的三倍。2001年，一架被劫持的客机坠毁于此，发生了震惊世界的“9.11恐怖袭击事件”，引人深省。行程中我们也将前往911纪念广场，作为城市历史上悲痛的一笔，来到此地也时刻警醒着我们要尊重生命，反对战争，维护和平！</w:t>
+              <w:t xml:space="preserve">今天我们将深度游览美国政治中心&amp;mdash;首都华盛顿特区。在导游的带领下游览华盛顿DC著名景点，亲临白宫、国会大厦等经常出现在电视屏幕上的美国地标建筑，走进众多博物馆，感受浓厚的历史气息。行程安排：林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;白宫（外观，20分钟）&amp;rarr;国会大厦（外观，20分钟）&amp;rarr;史密斯国家博物馆群（导游带领入内并简要讲解后，自由参观90分钟）&amp;rarr;空军纪念碑（30分钟）&amp;rarr;五角大楼（外观，30分钟）特殊说明：由于史密斯国家博物馆群各博物馆开放情况不同，导游会根据参观当日实际情况，带领客人前往已经开放的博物馆。景点介绍：【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【美国国会大厦USCapitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。国会由参议院和众议院组成，是民有、民治、民享政权的最高象征。作为美国的重要标志性建筑，国会大厦伴随合众国历经了艰难曲折的道路。【史密森尼博物馆SmithsonianInstitution】这是由英国人詹姆斯&amp;middot;史密森投资建立的一片区域，起初他只是修建了一座史密森斯学院大楼，渐渐的，周围的各种博物馆&amp;ldquo;响应着号召&amp;rdquo;挨个成立起来。于是，这片优美的区域内汇聚了大名鼎鼎的国家自然历史博物馆、包罗万象的航天航空博物馆等15座之多的博物馆和美术馆，在这里的参观，相信你会受益匪浅，世界，就在你的眼前。【空军纪念碑TheUnitedStatesAirForceMemorial】美国空军纪念碑碑毗邻五角大楼，北边紧邻阿灵顿国家公墓。纪念碑主体由高约82米，总重1.7万吨的三根弧形钢柱组成，模拟的是美国空军"雷鸟"特技表演队战机在空中形成的高难度表演造型。纪念碑下还矗立着四尊胸佩勋章的美国军人的雕像，两侧立有空军仪仗队铜像及历次战争阵亡的失踪者名单纪念墙。【五角大楼ThePentagon】五角大楼因建筑物为五角形而得名，作为美国国防部办公大楼，它也是世界上中最大的办公大楼之一，占地面积650万平方英尺，约为帝国大厦的三倍。2001年，一架被劫持的客机坠毁于此，发生了震惊世界的“9.11恐怖袭击事件”，引人深省。行程中我们也将前往911纪念广场，作为城市历史上悲痛的一笔，来到此地也时刻警醒着我们要尊重生命，反对战争，维护和平！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -264,51 +264,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将继续探索尼亚加拉瀑布的神奇魅力，前往战争古堡感受曾经不能忘却的历史，在旋涡公园欣赏大自然的壮观。行程安排：雾中少女号观瀑船（自费，60分钟）&amp;rarr;尼亚加拉深度游（自费，120分钟，含漩涡公园15分钟+尼亚加拉战争古堡60分钟）&amp;rarr;酒店特殊说明：1.如遇古堡州立公园景点关闭，将不再进行尼亚加拉瀑布深度游。2.雾中少女号观瀑船关闭后，行程将前往风之洞（自费，60分钟）。景点介绍：【尼亚加拉瀑布深度游NiagaraFallsIn-DepthTour】这个既壮观又有历史价值的升级行程包括了两个景点：澎湃的漩涡公园和美国的历史地标&amp;mdash;战争古堡。尼亚加拉漩涡深125英尺，它在7500年前被水侵蚀而形成的，在公园的角度看下去是非常的壮观；战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【风之洞（美境）CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。</w:t>
+              <w:t xml:space="preserve">今天我们将继续探索尼亚加拉瀑布的神奇魅力，前往战争古堡感受曾经不能忘却的历史，在旋涡公园欣赏大自然的壮观。行程安排：雾中少女号观瀑船（自费，60分钟）&amp;rarr;尼亚加拉深度游（自费，120分钟，含漩涡公园15分钟+尼亚加拉战争古堡60分钟）&amp;rarr;酒店特殊说明：1.如遇古堡州立公园景点关闭，将不再进行尼亚加拉瀑布深度游。2.雾中少女号观瀑船关闭后，行程将前往风之洞（自费，60分钟）。景点介绍：【尼亞加拉深度游NiagaraIn-DepthTour】尼亚加拉公园大道是一条风景优美的车道，与尼亚加拉河平行，全长55公里（34英里），南起伊利堡，北至湖畔尼亚加拉。这条公园大道是安大略省最古老的公园大道之一。首先我们将前往枫叶广场，在这里您将了解加拿大标志性的枫叶文化，并现场品尝道地枫叶糖制品。沿着风景优美的尼亚加拉公园大道前往尼加拉湖滨小镇，参观尼加拉公园著名的花钟。花钟的表面种满了多达16000株地毯植物和色彩缤纷的一年生植物。接着前往尼亚加拉旋涡州立公园，随后取到尼亚加拉水电站，探索尼加拉河加拿大一侧的第一座大型发电厂，这里有身临其境的展览、修复的文物和互动式故事讲述。最后去到尼加拉湖滨小镇，这里拥有美丽的购物场所，游客常在此漫步，重温20世纪20年代和30年代的魅力。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【风之洞CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -413,83 +413,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票可在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述华盛顿特区夜游WashingtonD.C.NightTour成人：$25.00老人(65+岁)：$25.00儿童(3-12岁)：$15.00必付项目：尼亚加拉深度游NiagaraIn-DepthTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含漩涡公园和尼亚加拉战争古堡康宁玻璃中心CorningMuseumofGlass成人：$25.00老人(62+岁)：$22.00儿童(17岁以下)：$0.00风之洞CaveoftheWinds成人：04/01/2023-5月TBD：$14.00；5月TBD-10/15/2023：$21.00；10/16/2023-03/31/2024：$14.00儿童（6-12岁）：04/01/2023-5月TBD：$10.00；5月TBD-10/15/2023：$17.00；10/16/2023-03/31/2024：$10.00雾中少女号观瀑船MaidoftheMistBoatTour成人：$30.25儿童(6-12岁)：$19.75仅在4月底至11月初开放，视当地天气情况而定！必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票可在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：尼亚加拉深度游NiagaraIn-DepthTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含漩涡公园和尼亚加拉战争古堡必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人：$45.00老人（65岁及以上）：$45.00儿童（3-12岁）：$35.00雾中少女号观瀑船MaidoftheMistBoatTour成人：$30.25儿童(6-12岁)：$19.75仅在4月底至11月初开放，视当地天气情况而定！风之洞CaveoftheWinds成人：$14.00儿童（3-12岁）：$10.00*感恩节、圣诞节、元旦当日景点关闭。康宁玻璃中心CorningMuseumofGlass成人：$25.00老人（62岁及以上）：$22.00儿童（17岁以下）：$0.00华盛顿特区夜游WashingtonD.C.NightTour成人：$25.00老人(65+岁)：$25.00儿童(3-12岁)：$15.00美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>