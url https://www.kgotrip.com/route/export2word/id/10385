--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -162,102 +162,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">纽约许多区域和地标为人们所熟知，一天内游览整个纽约市似乎是一件不可能完成的任务;然而我们专门为您精心设计的行程，在导游的带领与简介下，通过参观多个著名的地标建筑，让您了解更多关于这座城市独特的历史和文化！行程安排：纽约三一教堂（外观）&amp;rarr;华尔街（25分钟）&amp;rarr;华尔街铜牛（拍照留念）&amp;rarr;世贸中心观景台（自费，90分钟）&amp;rarr;中央车站（入内，20分钟）&amp;rarr;纽约公共图书馆（外观）+布莱恩特公园（60分钟）&amp;rarr;空中缆车游览罗斯福岛（60分钟）&amp;rarr;布鲁克林DUMBO艺术区（70分钟）&amp;rarr;纽约SOHO区网红墙（30分钟）&amp;rarr;中央公园（45分钟）&amp;rarr;哈德逊园区Vessel（外观，20分钟）增值体验：1.在布莱恩特公园内，到店后您可根据自身需求购买品尝网红蓝瓶咖啡与LadyM蛋糕，具体价格以店内实际售卖价格为准。2.如您想要参观大都会博物馆，我们将提供门票+导游讲解3小时服务套餐，价格为：$30/人，3人成行，导游将随行入内讲解，带您一起更深度的探索大都会博物馆的璀璨艺术。温馨提示：参观大都会博物馆，市区游当天的部分景点可能无法前往，请以导游当天实际安排为准。大都会博物馆周二周三关闭。当日三餐自理，如需酒店早餐，加收$20/人景点介绍：【纽约三一教堂TrinityChurchNewYork】纽约三一教堂是圣公会纽约教区的一座古老的堂区教堂，在1976年被列入国家史迹名录之一，矗立于高楼林立的华尔街。这座哥特式风格的教堂在摩天大楼的环绕下显得格外醒目，教堂里的一小片墓园静谧安详。另外为纪念教堂在9/11恐怖袭击的受到的伤害，教堂旁有一个红色树枝形状的艺术品，祈愿和平。【华尔街WallStreet】纽约华尔街是纽约市曼哈顿区南部从百老汇大道到东河边一条大街的名字，长不超过一英里，宽仅11米，作为美国的金融中心闻名于世。街道两旁的摩天大楼是美国一些主要金融机构的所在地，这里集中了纽约证券交易所、联邦储备银行、信托公司等，其中纽约股票交易所对面的联邦大厅是开国元勋华盛顿的宣誓就职地。【华尔街铜牛ChargingBull】华尔街铜牛是一座长5米，重6.3吨的铜牛塑像，是&amp;ldquo;力量和勇气&amp;rdquo;的象征，只要铜牛在，股市就能永保&amp;ldquo;牛&amp;rdquo;市。每天都有无数游客争着与铜牛合影，为祈求好运，铜牛也被摸得锃锃发亮。【世贸中心观景台OneWorldTradeCenterObservatory】新世贸大厦中心一号楼，又名&amp;ldquo;自由塔&amp;rdquo;，坐落于911袭击事件中倒塌的原世界贸易中心的旧址。1776英尺的高度让新世贸成为美国最高、世界第三高的建筑物，此高度是为纪念1776年签署的《美国独立宣言》而定的。宾客抵达时，大型视讯板会依序播放各种语言的欢迎致词，宾客的家乡也会被特别标记在动态产生的世界地图上。体验「心声」的活动，聆听建造大楼的工作人员叙述各自背后的故事；「地基」活动将让宾客近距离观察建筑物所屹立的岩床。从全球欢迎中心，到可以体验虚拟延时的宾客电梯，再到震撼人心的视频展示，最后360度全方位观景的发现层，每一个细节都是参观此处的加分项。【纽约中央火车站GrandCentral】这里是世界知名的车站之一，也是众多电影和美剧热衷的拍摄场景之一，《黑衣人》《绝地战警》《教父》《绯闻女孩》《复仇者联盟》等都曾在这儿取景。气势恢宏的大理石装饰、拱形玻璃窗、吻别室(KissingRoom)、四面钟、上帝视角的星空穹顶，让您目不暇接，与导游一起探索中央火车站的秘密吧。【纽约公共图书馆NewYorkPublicLibrary】富丽堂皇的纽约公共图书馆门口有庄严肃穆的雄狮雕塑，走上大理石台阶穿过走廊进入到古堡一般的图书馆内部，大厅里漂亮的大理石石柱和墙壁展示着她低调华丽之美。图书馆馆藏丰富，图书、期刊、手稿、图片等共1647万册。颇具古典气息的图书馆也是影视作品中的常客，《博物馆奇妙夜》、《后天》、《蜘蛛侠》等都曾在这里取景。【蓝瓶咖啡BlueBottleCoffee】特立独行的蓝瓶咖啡由詹姆斯费里曼首创，纽约第一家的蓝瓶咖啡于2010年降生在布莱恩特公园对面。咖啡店里的一切井然有序，安静、简单、精确，费里曼完美的方式一定要给所有人完美的体验。景点介绍：【罗斯福岛空中缆车RooseveltIslandTram】罗斯福岛空中缆车是一条横跨纽约市东河，连接曼哈顿和罗斯福岛的交通系统，高点达75米，可以一览纽约曼哈顿的风景，俯瞰罗斯福岛、皇后大桥等。【罗斯福岛RooseveltIsland】罗斯福岛是一座细长型的岛屿，位于曼哈顿岛屿皇后区之间的东河。罗斯福岛虽然面积不大，但却有着独特的建筑历史。岛上有数栋在风格方面具有重要地位的建筑，并也曾是许多重要都市规划竞图和提案的目标基地。而《蜘蛛侠》《金刚》也曾在此取景。【布鲁克林DUMBO艺术区"DownUnderManhattanBridgeOverpass"】位于纽约东河岸，如今的DUMBO是一个充满艺术活力的区。而沿着河岸的布鲁克林公园，更是拥有观看纽约下城天际线及布鲁克林桥和曼哈顿大桥的绝佳视野，那些刻意保存的石板路、红砖墙，和网红旋转木马让这里充满韵味。【纽约SOHO片区网红墙InstagramPhotographingSpotsaroundSOHO】网红墙藏在SOHO附近的各个角落，毗邻&amp;ldquo;小意大利&amp;rdquo;。不同的画作不经意地坐落在咖啡厅的拐角或是橱窗的旁边，且不定时地会有更新的作品。要搜集到它们具体的位置，需要耗费大量的时间，但是有我们专业的导游指点，助您不走弯路轻松实现网红梦。【中央公园CentralPark】中央公园是纽约知名的都市公园，是纽约市民的后花园，公园四季皆美，春天嫣红嫩绿、夏天阳光璀璨、秋天枫红似火、冬天银白萧索。不论当地居民还是各地游客，都被这座高楼林立中的世外桃源深深吸引。看似天然的公园，其景观实际上经过精心营造：内有数个人工湖、漫长的步行径、两个滑冰场、一个野生动物保护区、多处草地以及儿童游乐场。【哈德逊园区Vessel】位于HudsonYards景观通廊、广场中心和视觉焦点处的巨大构筑物名为Vessel（容器），它是一个蜂窝状的楼梯，网友们亲切的称它为&amp;ldquo;大松果&amp;rdquo;。从不同角度欣赏建筑都能发现独特的美感，是您朋友圈打卡的绝佳地点。【大都会艺术博物馆MetropolitanMuseumofArt】大都会艺术博物馆坐落于环境优美的中央公园旁，与大英博物馆、法国卢浮宫并称世界三大博物馆。这里凝聚了世界六千年的绚烂文明，汇集了人类精华的艺术瑰宝。庞大的建筑面积为展览提供足够大的空间，造就了大都会博物馆的一个特色&amp;mdash;&amp;mdash;重现。该馆目前共有300万件藏品，藏品有17个展览部分，主要有埃及艺术、希腊罗马艺术、东方艺术、西欧艺术、伊斯兰艺术、美国艺术等部分。整个博物馆像是一颗时光胶囊，走访于各层空间，不断感受时空回溯的魅力，瞻仰世界永垂不朽的文明。</w:t>
+              <w:t xml:space="preserve">纽约许多区域和地标为人们所熟知，一天内游览整个纽约市似乎是一件不可能完成的任务;然而我们专门为您精心设计的行程，在导游的带领与简介下，通过参观多个著名的地标建筑，让您了解更多关于这座城市独特的历史和文化！行程安排：纽约三一教堂（外观）&amp;rarr;华尔街（25分钟）&amp;rarr;华尔街铜牛（拍照留念）&amp;rarr;世贸中心观景台（自费，90分钟）&amp;rarr;中央车站（入内，20分钟）&amp;rarr;纽约公共图书馆（外观）+布莱恩特公园（60分钟）&amp;rarr;空中缆车游览罗斯福岛（60分钟）&amp;rarr;布鲁克林DUMBO艺术区（70分钟）&amp;rarr;纽约SOHO区网红墙（30分钟）&amp;rarr;中央公园（45分钟）&amp;rarr;哈德逊园区Vessel（外观，20分钟）增值体验：1.在布莱恩特公园内，到店后您可根据自身需求购买品尝网红蓝瓶咖啡与LadyM蛋糕，具体价格以店内实际售卖价格为准。2.如您想要参观大都会博物馆，我们将提供门票+导游讲解3小时服务套餐，价格为：$30/人，3人成行，导游将随行入内讲解，带您一起更深度的探索大都会博物馆的璀璨艺术。温馨提示：参观大都会博物馆，市区游当天的部分景点可能无法前往，请以导游当天实际安排为准。大都会博物馆周二周三关闭。当日三餐自理，如需酒店早餐，加收$20/人景点介绍：【纽约三一教堂TrinityChurchNewYork】纽约三一教堂是圣公会纽约教区的一座古老的堂区教堂，在1976年被列入国家史迹名录之一，矗立于高楼林立的华尔街。这座哥特式风格的教堂在摩天大楼的环绕下显得格外醒目，教堂里的一小片墓园静谧安详。另外为纪念教堂在9/11恐怖袭击的受到的伤害，教堂旁有一个红色树枝形状的艺术品，祈愿和平。【华尔街WallStreet】纽约华尔街是纽约市曼哈顿区南部从百老汇大道到东河边一条大街的名字，长不超过一英里，宽仅11米，作为美国的金融中心闻名于世。街道两旁的摩天大楼是美国一些主要金融机构的所在地，这里集中了纽约证券交易所、联邦储备银行、信托公司等，其中纽约股票交易所对面的联邦大厅是开国元勋华盛顿的宣誓就职地。【华尔街铜牛ChargingBull】华尔街铜牛是一座长5米，重6.3吨的铜牛塑像，是&amp;ldquo;力量和勇气&amp;rdquo;的象征，只要铜牛在，股市就能永保&amp;ldquo;牛&amp;rdquo;市。每天都有无数游客争着与铜牛合影，为祈求好运，铜牛也被摸得锃锃发亮。【世贸中心观景台OneWorldTradeCenterObservatory】新世贸大厦中心一号楼，又名&amp;ldquo;自由塔&amp;rdquo;，坐落于911袭击事件中倒塌的原世界贸易中心的旧址。1776英尺的高度让新世贸成为美国最高、世界第三高的建筑物，此高度是为纪念1776年签署的《美国独立宣言》而定的。宾客抵达时，大型视讯板会依序播放各种语言的欢迎致词，宾客的家乡也会被特别标记在动态产生的世界地图上。体验「心声」的活动，聆听建造大楼的工作人员叙述各自背后的故事；「地基」活动将让宾客近距离观察建筑物所屹立的岩床。从全球欢迎中心，到可以体验虚拟延时的宾客电梯，再到震撼人心的视频展示，最后360度全方位观景的发现层，每一个细节都是参观此处的加分项。【纽约中央火车站GrandCentralTerminal】这里是世界知名的车站之一，也是众多电影和美剧热衷的拍摄场景之一，《黑衣人》《绝地战警》《教父》《绯闻女孩》《复仇者联盟》等都曾在这儿取景。气势恢宏的大理石装饰、拱形玻璃窗、吻别室(KissingRoom)、四面钟、上帝视角的星空穹顶，让您目不暇接，与导游一起探索中央火车站的秘密吧。【纽约公共图书馆NewYorkPublicLibrary】富丽堂皇的纽约公共图书馆门口有庄严肃穆的雄狮雕塑，走上大理石台阶穿过走廊进入到古堡一般的图书馆内部，大厅里漂亮的大理石石柱和墙壁展示着她低调华丽之美。图书馆馆藏丰富，图书、期刊、手稿、图片等共1647万册。颇具古典气息的图书馆也是影视作品中的常客，《博物馆奇妙夜》、《后天》、《蜘蛛侠》、《唐人街探案》等都曾在这里取景。【蓝瓶咖啡BlueBottleCoffee】特立独行的蓝瓶咖啡由詹姆斯费里曼首创，纽约第一家的蓝瓶咖啡于2010年降生在布莱恩特公园对面。咖啡店里的一切井然有序，安静、简单、精确，费里曼完美的方式一定要给所有人完美的体验。景点介绍：【罗斯福岛空中缆车RooseveltIslandTram】罗斯福岛空中缆车是一条横跨纽约市东河，连接曼哈顿和罗斯福岛的交通系统，高点达75米，可以一览纽约曼哈顿的风景，俯瞰罗斯福岛、皇后大桥等。【罗斯福岛RooseveltIsland】罗斯福岛是一座细长型的岛屿，位于曼哈顿岛屿皇后区之间的东河。罗斯福岛虽然面积不大，但却有着独特的建筑历史。岛上有数栋在风格方面具有重要地位的建筑，并也曾是许多重要都市规划竞图和提案的目标基地。而《蜘蛛侠》《金刚》也曾在此取景。【布鲁克林DUMBO艺术区"DownUnderManhattanBridgeOverpass"inDUMBO,Brooklyn】位于纽约东河岸，如今的DUMBO是一个充满艺术活力的区。而沿着河岸的布鲁克林公园，更是拥有观看纽约下城天际线及布鲁克林桥和曼哈顿大桥的绝佳视野，那些刻意保存的石板路、红砖墙，和网红旋转木马让这里充满韵味。【纽约SOHO片区网红墙InstagramPhotographingSpotsaroundSOHO】网红墙藏在SOHO附近的各个角落，毗邻&amp;ldquo;小意大利&amp;rdquo;。不同的画作不经意地坐落在咖啡厅的拐角或是橱窗的旁边，且不定时地会有更新的作品。要搜集到它们具体的位置，需要耗费大量的时间，但是有我们专业的导游指点，助您不走弯路轻松实现网红梦。【中央公园CentralPark】中央公园是纽约市民的后花园，公园四季皆美，春天嫣红嫩绿、夏天阳光璀璨、秋天枫红似火、冬天银白萧索。不论当地居民还是各地游客，都被这座高楼林立中的世外桃源深深吸引。看似天然的公园，其景观实际上经过精心营造：内有数个人工湖、漫长的步行径、两个滑冰场、一个野生动物保护区、多处草地以及儿童游乐场。它也是纽约知名的都市公园，从《蜘蛛侠》到《复仇者联盟》，中央公园在漫威电影中频频出镜。【哈德逊园区HudsonYardsVessel】位于HudsonYards景观通廊、广场中心和视觉焦点处的巨大构筑物名为Vessel（容器），它是一个蜂窝状的楼梯，网友们亲切的称它为&amp;ldquo;大松果&amp;rdquo;。从不同角度欣赏建筑都能发现独特的美感，是您朋友圈打卡的绝佳地点。【大都会艺术博物馆MetropolitanMuseumofArt】大都会艺术博物馆坐落于环境优美的中央公园旁，与大英博物馆、法国卢浮宫并称世界三大博物馆。这里凝聚了世界六千年的绚烂文明，汇集了人类精华的艺术瑰宝。庞大的建筑面积为展览提供足够大的空间，造就了大都会博物馆的一个特色&amp;mdash;&amp;mdash;重现。该馆目前共有300万件藏品，藏品有17个展览部分，主要有埃及艺术、希腊罗马艺术、东方艺术、西欧艺术、伊斯兰艺术、美国艺术等部分。整个博物馆像是一颗时光胶囊，走访于各层空间，不断感受时空回溯的魅力，瞻仰世界永垂不朽的文明。【大都会艺术博物馆MetropolitanMuseumofArt】大都会艺术博物馆坐落于环境优美的中央公园旁，与大英博物馆、法国卢浮宫并称世界三大博物馆。这里凝聚了世界六千年的绚烂文明，汇集了人类精华的艺术瑰宝。庞大的建筑面积为展览提供足够大的空间，造就了大都会博物馆的一个特色&amp;mdash;&amp;mdash;重现。该馆目前共有300万件藏品，藏品有17个展览部分，主要有埃及艺术、希腊罗马艺术、东方艺术、西欧艺术、伊斯兰艺术、美国艺术等部分。整个博物馆像是一颗时光胶囊，走访于各层空间，不断感受时空回溯的魅力，瞻仰世界永垂不朽的文明。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将深度游览美国政治中心&amp;mdash;首都华盛顿特区。在导游的带领下游览华盛顿DC著名景点，亲临白宫、国会大厦等经常出现在电视屏幕上的美国地标建筑，走进众多博物馆，感受浓厚的历史气息。行程安排：林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;白宫（外观，20分钟）&amp;rarr;国会大厦（外观，20分钟）&amp;rarr;史密斯国家博物馆群（导游带领入内并简要讲解后，自由参观90分钟）&amp;rarr;空军纪念碑（30分钟）&amp;rarr;五角大楼（外观，30分钟）特殊说明：由于史密斯国家博物馆群各博物馆开放情况不同，导游会根据参观当日实际情况，带领客人前往已经开放的博物馆。景点介绍：【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【国会大厦U.S.Capitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。国会由参议院和众议院组成，是民有、民治、民享政权的最高象征。作为美国的重要标志性建筑，国会大厦伴随合众国历经了艰难曲折的道路。【史密森尼博物馆SmithsonianInstitution】这是由英国人詹姆斯&amp;middot;史密森投资建立的一片区域，起初他只是修建了一座史密森斯学院大楼，渐渐的，周围的各种博物馆&amp;ldquo;响应着号召&amp;rdquo;挨个成立起来。于是，这片优美的区域内汇聚了大名鼎鼎的国家自然历史博物馆、包罗万象的航天航空博物馆等15座之多的博物馆和美术馆，在这里的参观，相信你会受益匪浅，世界，就在你的眼前。【空军纪念碑TheUnitedStatesAirForceMemorial】美国空军纪念碑碑毗邻五角大楼，北边紧邻阿灵顿国家公墓。纪念碑主体由高约82米，总重1.7万吨的三根弧形钢柱组成，模拟的是美国空军"雷鸟"特技表演队战机在空中形成的高难度表演造型。纪念碑下还矗立着四尊胸佩勋章的美国军人的雕像，两侧立有空军仪仗队铜像及历次战争阵亡的失踪者名单纪念墙。【五角大楼ThePentagon】五角大楼因建筑物为五角形而得名，作为美国国防部办公大楼，它也是世界上中最大的办公大楼之一，占地面积650万平方英尺，约为帝国大厦的三倍。2001年，一架被劫持的客机坠毁于此，发生了震惊世界的“9.11恐怖袭击事件”，引人深省。行程中我们也将前往911纪念广场，作为城市历史上悲痛的一笔，来到此地也时刻警醒着我们要尊重生命，反对战争，维护和平！</w:t>
+              <w:t xml:space="preserve">今天我们将深度游览美国政治中心&amp;mdash;首都华盛顿特区。在导游的带领下游览华盛顿DC著名景点，亲临白宫、国会大厦等经常出现在电视屏幕上的美国地标建筑，走进众多博物馆，感受浓厚的历史气息。行程安排：林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;白宫（外观，20分钟）&amp;rarr;国会大厦（外观，20分钟）&amp;rarr;史密斯国家博物馆群（导游带领入内并简要讲解后，自由参观90分钟）&amp;rarr;空军纪念碑（30分钟）&amp;rarr;五角大楼（外观，30分钟）特殊说明：由于史密斯国家博物馆群各博物馆开放情况不同，导游会根据参观当日实际情况，带领客人前往已经开放的博物馆。景点介绍：【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【美国国会大厦USCapitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。国会由参议院和众议院组成，是民有、民治、民享政权的最高象征。作为美国的重要标志性建筑，国会大厦伴随合众国历经了艰难曲折的道路。【史密森尼博物馆SmithsonianInstitution】这是由英国人詹姆斯&amp;middot;史密森投资建立的一片区域，起初他只是修建了一座史密森斯学院大楼，渐渐的，周围的各种博物馆&amp;ldquo;响应着号召&amp;rdquo;挨个成立起来。于是，这片优美的区域内汇聚了大名鼎鼎的国家自然历史博物馆、包罗万象的航天航空博物馆等15座之多的博物馆和美术馆，在这里的参观，相信你会受益匪浅，世界，就在你的眼前。【空军纪念碑TheUnitedStatesAirForceMemorial】美国空军纪念碑碑毗邻五角大楼，北边紧邻阿灵顿国家公墓。纪念碑主体由高约82米，总重1.7万吨的三根弧形钢柱组成，模拟的是美国空军"雷鸟"特技表演队战机在空中形成的高难度表演造型。纪念碑下还矗立着四尊胸佩勋章的美国军人的雕像，两侧立有空军仪仗队铜像及历次战争阵亡的失踪者名单纪念墙。【五角大楼ThePentagon】五角大楼因建筑物为五角形而得名，作为美国国防部办公大楼，它也是世界上中最大的办公大楼之一，占地面积650万平方英尺，约为帝国大厦的三倍。2001年，一架被劫持的客机坠毁于此，发生了震惊世界的“9.11恐怖袭击事件”，引人深省。行程中我们也将前往911纪念广场，作为城市历史上悲痛的一笔，来到此地也时刻警醒着我们要尊重生命，反对战争，维护和平！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -315,51 +315,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将继续探索尼亚加拉瀑布的神奇魅力，前往战争古堡感受曾经不能忘却的历史，在旋涡公园欣赏大自然的壮观。行程安排：雾中少女号观瀑船（自费，60分钟）&amp;rarr;尼亚加拉深度游（自费，120分钟，含漩涡公园15分钟+尼亚加拉战争古堡60分钟）&amp;rarr;酒店特殊说明：1.如遇古堡州立公园景点关闭，将不再进行尼亚加拉瀑布深度游。2.雾中少女号观瀑船关闭后，行程将前往风之洞（自费，60分钟）。景点介绍：【尼亚加拉瀑布深度游NiagaraFallsIn-DepthTour】这个既壮观又有历史价值的升级行程包括了两个景点：澎湃的漩涡公园和美国的历史地标&amp;mdash;战争古堡。尼亚加拉漩涡深125英尺，它在7500年前被水侵蚀而形成的，在公园的角度看下去是非常的壮观；战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【风之洞（美境）CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。</w:t>
+              <w:t xml:space="preserve">今天我们将继续探索尼亚加拉瀑布的神奇魅力，前往战争古堡感受曾经不能忘却的历史，在旋涡公园欣赏大自然的壮观。行程安排：雾中少女号观瀑船（自费，60分钟）&amp;rarr;尼亚加拉深度游（自费，120分钟，含漩涡公园15分钟+尼亚加拉战争古堡60分钟）&amp;rarr;酒店特殊说明：1.如遇古堡州立公园景点关闭，将不再进行尼亚加拉瀑布深度游。2.雾中少女号观瀑船关闭后，行程将前往风之洞（自费，60分钟）。景点介绍：【尼亞加拉深度游NiagaraIn-DepthTour】尼亚加拉公园大道是一条风景优美的车道，与尼亚加拉河平行，全长55公里（34英里），南起伊利堡，北至湖畔尼亚加拉。这条公园大道是安大略省最古老的公园大道之一。首先我们将前往枫叶广场，在这里您将了解加拿大标志性的枫叶文化，并现场品尝道地枫叶糖制品。沿着风景优美的尼亚加拉公园大道前往尼加拉湖滨小镇，参观尼加拉公园著名的花钟。花钟的表面种满了多达16000株地毯植物和色彩缤纷的一年生植物。接着前往尼亚加拉旋涡州立公园，随后取到尼亚加拉水电站，探索尼加拉河加拿大一侧的第一座大型发电厂，这里有身临其境的展览、修复的文物和互动式故事讲述。最后去到尼加拉湖滨小镇，这里拥有美丽的购物场所，游客常在此漫步，重温20世纪20年代和30年代的魅力。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【风之洞CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,83 +464,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.部分早餐、午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票可在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述世贸中心观景台OneWorldObservatory成人：$53.35老人（65+岁）：$51.17儿童（6-12岁）：$46.82康宁玻璃中心CorningMuseumofGlass成人：$25.00老人(62+岁)：$22.00儿童(17岁以下)：$0.00尼亚加拉瀑布夜景游NiagaraFallsNightTour成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00雾中少女号观瀑船MaidoftheMistBoatTour成人：$30.25儿童(6-12岁)：$19.75仅在4月底至11月初开放，视当地天气情况而定！风之洞CaveoftheWinds成人：04/01/2023-5月TBD：$14.00；5月TBD-10/15/2023：$21.00；10/16/2023-03/31/2024：$14.00儿童（6-12岁）：04/01/2023-5月TBD：$10.00；5月TBD-10/15/2023：$17.00；10/16/2023-03/31/2024：$10.00尼亚加拉瀑布深度游NiagaraFallsIn-DepthTour成人：$25.00老人(65+岁)：$22.00儿童(3-12岁)：$15.00包含漩涡公园+尼亚加拉战争古堡</w:t>
+              <w:t xml:space="preserve">1.部分早餐、午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票可在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述世贸中心观景台OneWorldObservatory成人：$53.35老人（65+岁）：$51.17儿童（6-12岁）：$46.82康宁玻璃中心CorningMuseumofGlass成人：$25.00老人（62岁及以上）：$22.00儿童（17岁以下）：$0.00尼亚加拉瀑布夜景游NiagaraFallsNightTour成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00雾中少女号观瀑船MaidoftheMistBoatTour成人：$30.25儿童(6-12岁)：$19.75仅在4月底至11月初开放，视当地天气情况而定！风之洞CaveoftheWinds成人：$14.00儿童（3-12岁）：$10.00*感恩节、圣诞节、元旦当日景点关闭。尼亚加拉深度游NiagaraIn-DepthTour成人：$25.00老人(65+岁)：$22.00儿童(3-12岁)：$15.00包含漩涡公园+尼亚加拉战争古堡美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>