--- v0 (2025-11-02)
+++ v1 (2026-02-20)
@@ -111,102 +111,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，感受那份磅礡的气势，尤如万马奔腾。行程安排：纽约&amp;rarr;康宁玻璃中心（自费，90分钟）&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，沃特金斯州立公园关闭后行程将不再前往）&amp;rarr;尼亚加拉瀑布夜景游（自费，90分钟）特别说明：1.沃特金斯峡谷州立公园是夏季行程，在峡谷开放（一般是每年4-10月）后执行，实际入园日期请以官网披露为准。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
+              <w:t xml:space="preserve">今天我们将前往尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，感受那份磅礡的气势，尤如万马奔腾。行程安排：纽约&amp;rarr;康宁玻璃中心（自费，90分钟）&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，仅限沃特金斯峡谷州立公园开放期间前往）&amp;rarr;尼亚加拉瀑布夜景游（自费，90分钟）特别说明：1.沃特金斯峡谷州立公园+五指湖是夏季行程，在州立公园开放（一般是每年5-10月）后前往，实际入园日期请以官网披露为准；公园关闭后，沃特金斯峡谷州立公园+五指湖将不再前往。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上我们出发前往尼亚加拉大瀑布，探索美境尼亚加拉河的流域文明。游览瀑布公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。我们将在瀑布进行一系列活动，驱车沿着尼亚加拉瀑布直至下游的战争古堡，了解瀑布的前世今生。夏季行程安排（以雾中少女号观瀑船开启开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡公园+风之洞+雾中少女号瀑布观瀑船）&amp;rarr;纽约冬季行程安排（以雾中少女号观瀑船关闭开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡公园+风之洞+尼亚加拉古堡州立公园）&amp;rarr;纽约特别说明：雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后行程将不再前往该景点，具体关闭时间以景点实际通知为准。景点介绍：【风之洞（美境）CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【尼亚加拉古堡州立公园OldFortNiagaraStatePark】战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。</w:t>
+              <w:t xml:space="preserve">早上我们出发前往尼亚加拉大瀑布，探索美境尼亚加拉河的流域文明。游览瀑布公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。我们将在瀑布进行一系列活动，驱车沿着尼亚加拉瀑布直至下游的战争古堡，了解瀑布的前世今生。夏季行程安排（以雾中少女号观瀑船开启开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡公园+风之洞+雾中少女号瀑布观瀑船）&amp;rarr;纽约冬季行程安排（以雾中少女号观瀑船关闭开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡公园+风之洞+尼亚加拉古堡州立公园）&amp;rarr;纽约特别说明：雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后行程将不再前往该景点，具体关闭时间以景点实际通知为准。景点介绍：【风之洞CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【尼亚加拉古堡州立公园OldFortNiagaraStatePark】战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -311,83 +311,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述康宁玻璃中心CorningMuseumofGlass成人：$25.00老人(62+岁)：$22.00儿童(17岁以下)：$0.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00尼亚加拉瀑布夜景游NiagaraFallsNightTour成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00尼亚加拉瀑布经典游NiagaraFallsClassicTour成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船/古堡州立公园莱奇沃思州立公园LetchworthStatePark成人：$10.00老人（65+）：$10.00儿童（3-12）：$10.00</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票在导游处统一购买，建议支付现金）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。康宁玻璃中心CorningMuseumofGlass成人：$25.00老人（62岁及以上）：$22.00儿童（17岁以下）：$0.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00尼亚加拉瀑布夜景游NiagaraFallsNightTour成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00尼亚加拉瀑布经典游NiagaraFallsClassicTour成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船/古堡州立公园莱奇沃思州立公园LetchworthStatePark成人：$10.00老人（65+）：$10.00儿童（3-12）：$10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>