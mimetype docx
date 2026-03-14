--- v0 (2025-10-26)
+++ v1 (2026-03-14)
@@ -311,83 +311,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：阿卡迪亚国家公园深度游AcadiaNationalParkIn-depthTour(Mandatory)成人：$55.00老人（65+岁）：$55.00儿童（3-12岁）：$45.00波士顿观港船BostonHarborCruise成人：$46.00老人（65+岁）：$46.00儿童（3-11岁）：$41.00新英格兰水族馆NewEnglandAquarium成人：$34.00老人（60+岁）：$32.00儿童（3-11岁）：$25.00海上自然生态游船Sightseeing&amp;NatureCruise成人：$42.00老人（62+岁）：$39.00少年（6-14岁）：$27.00儿童（5岁以下）：$15.00威廉姆斯公园&amp;波特兰灯塔FortWilliamsParkHeadLighthouse每人：$15.00美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$25.00儿童（12岁以下）：$11.00-$20.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：阿卡迪亚国家公园深度游AcadiaNationalParkIn-depthTour(Mandatory)成人：$55.00老人（65+岁）：$55.00儿童（3-12岁）：$45.00波士顿观港船BostonHarborCruise成人：$46.00老人（65+岁）：$46.00儿童（3-11岁）：$41.00新英格兰水族馆NewEnglandAquarium成人：$39.00老人（60+岁）：$37.00儿童（3-11岁）：$30.00海上自然生态游船Sightseeing&amp;NatureCruise成人（15-64岁）：$49.20老人（65+岁）：$42.84少年（6-14岁）：$39.66儿童（5岁及以下）：$22.70威廉姆斯公园&amp;波特兰灯塔FortWilliamsParkHeadLighthouse每人：$15.00美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>