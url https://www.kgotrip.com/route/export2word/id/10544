--- v0 (2025-10-24)
+++ v1 (2026-02-25)
@@ -111,306 +111,306 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！晚餐后您可自费参加城市夜游，欣赏一下赌城的迷人夜景。或者您可在及对岸稍作休息之后前往赌场试试手气。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！晚餐后您可自费参加城市夜游，欣赏一下赌城的迷人夜景。或者您可在及对岸稍作休息之后前往赌场试试手气。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightViewTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！*仅限入住日期为：05/11/2026、05/13/2026、05/18/2026、05/19/2026，入住参考酒店为云霄酒店TheSTRATHotel,Casino&amp;amp;Tower或同级。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇。即使沧海桑田，斗转星移，时间在大峡谷刻下了长情的告白。置身其中，蔚为壮观。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾！夜宿佩吉。行程安排：拉斯维加斯&amp;rarr;乘坐直升机观赏大峡谷（自费，30分钟）&amp;rarr;南大峡谷（必付项目，40分钟）&amp;rarr;东大峡谷（必付项目，45分钟）&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;佩吉景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
+              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇。即使沧海桑田，斗转星移，时间在大峡谷刻下了长情的告白。置身其中，蔚为壮观。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾！夜宿佩吉。行程安排：拉斯维加斯&amp;rarr;乘坐直升机观赏大峡谷（自费，30分钟）&amp;rarr;南大峡谷（必付项目，40分钟）&amp;rarr;东大峡谷（必付项目，45分钟）&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;佩吉景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。景点介绍：【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上前往大峡谷的起源点-包伟湖。包伟湖(LakePowell)实际上是科罗拉多河上的一个人工湖，也是美国境内第二大人工湖。您可以乘坐皮划艇，穿越世界上最著名的槽谷之一，从秘密海湾到引人入胜的野生动植物和水下生物，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。随后，前往全世界最奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴！跟随纳瓦霍印第安向导进入彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，仿佛是一副抽像画。之后，来到布莱斯峡谷国家公园，其名字虽有峡谷一词，但其并非真正的峡谷，位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。行程安排：包伟湖皮划艇（自费，60分钟）&amp;rarr;葛兰峡谷（乘车途经）&amp;rarr;下羚羊彩穴（自费，90分钟）&amp;rarr;布莱斯峡谷国家公园（必付项目，60分钟）景点介绍：【包伟湖LakePowell】地属印第安人和国家公园共同开发区，鲍威尔湖除了拥有庞大的水量外，还拥有世界上稀有的奇观之一水上峡谷。它就如同嵌在赤橙色科罗拉多高原上的碧玉，也是大峡谷上的峡湾。您可途径葛兰大坝，在包伟湖畔停留拍照，或乘坐皮划艇，穿越世界上最著名的槽谷之一，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【布莱斯峡谷国家公园BryceCanyonNationalPark】布莱斯峡谷国家公园位于美国犹他州西南部，其名字虽有峡谷一词，但其并非真正的峡谷，而是沿着庞沙冈特高原东面，由侵蚀而成的巨大自然露天剧场。其独特的地理结构称为岩柱，由风、河流里的水与冰侵蚀和湖床的沉积岩组成。位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。</w:t>
+              <w:t xml:space="preserve">早上前往大峡谷的起源点-包伟湖。包伟湖(LakePowell)实际上是科罗拉多河上的一个人工湖，也是美国境内第二大人工湖。您可以乘坐皮划艇，穿越世界上最著名的槽谷之一，从秘密海湾到引人入胜的野生动植物和水下生物，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。随后，前往全世界最奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴！跟随纳瓦霍印第安向导进入彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，仿佛是一副抽像画。之后，来到布莱斯峡谷国家公园，其名字虽有峡谷一词，但其并非真正的峡谷，位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。行程安排：包伟湖皮划艇（自费，60分钟）&amp;rarr;葛兰峡谷（乘车途经）&amp;rarr;下羚羊彩穴（自费，90分钟）&amp;rarr;布莱斯峡谷国家公园（必付项目，60分钟）景点介绍：【包伟湖LakePowell】地属印第安人和国家公园共同开发区，鲍威尔湖除了拥有庞大的水量外，还拥有世界上稀有的奇观之一水上峡谷。它就如同嵌在赤橙色科罗拉多高原上的碧玉，也是大峡谷上的峡湾。您可途径葛兰大坝，在包伟湖畔停留拍照，或乘坐皮划艇，穿越世界上最著名的槽谷之一，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。景点介绍：【布莱斯峡谷国家公园BryceCanyonNationalPark】布莱斯峡谷国家公园位于美国犹他州西南部，其名字虽有峡谷一词，但其并非真正的峡谷，而是沿着庞沙冈特高原东面，由侵蚀而成的巨大自然露天剧场。其独特的地理结构称为岩柱，由风、河流里的水与冰侵蚀和湖床的沉积岩组成。位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将乘车前往来到西部牛仔小镇杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。随后进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，蓝天森林环绕，宛如仙境。最后我们将来到世界上第一个国家公园&amp;mdash;黄石国家公园，沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流；勤劳的牛仔无不令人心旷神怡。行程安排：酒店&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;黄石国家公园（必付项目，40分钟，停留西拇指间歇泉盆地）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。</w:t>
+              <w:t xml:space="preserve">今天，我们将乘车前往来到西部牛仔小镇杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。随后进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，蓝天森林环绕，宛如仙境。最后我们将来到世界上第一个国家公园&amp;mdash;黄石国家公园，沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流；勤劳的牛仔无不令人心旷神怡。行程安排：酒店&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;黄石国家公园（必付项目，40分钟，停留西拇指间歇泉盆地）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们会有一整天时间漫游黄石仙境，色彩在这里被无限组合、放大，兼似有似无的轻雾，真是一步一回头，处处皆美景。今天我们会观赏到风情万种的黄石湖，亭亭玉立的钓鱼桥，咚咚巨响的火山口，日新月异的间歇泉，挟带千军万马的黄石瀑布，壮阔恢弘的大峡谷，万马奔腾的上瀑布；五彩缤纷雾气腾腾的诺里斯；各种野生动物也会一入镜，朋友们会大饱眼福！想要描述黄石的美景总是词穷，只能靠我们的双眼与相机去丈量和铭记醉人美景。行程安排：西黄石&amp;rarr;黄石国家公园（7小时，停留诺里斯间歇泉盆地、上梯田、巨象热泉、峡谷村、上瀑布、艺术家点、海登山谷、泥火山、钓鱼桥等景点，景点安排会根据当天实际情况有所调整）特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黃石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。</w:t>
+              <w:t xml:space="preserve">今天我们会有一整天时间漫游黄石仙境，色彩在这里被无限组合、放大，兼似有似无的轻雾，真是一步一回头，处处皆美景。今天我们会观赏到咚咚巨响的火山口，日新月异的间歇泉，挟带千军万马的黄石瀑布，壮阔恢弘的大峡谷，万马奔腾的上瀑布；五彩缤纷雾气腾腾的诺里斯；各种野生动物也会一入镜，朋友们会大饱眼福！想要描述黄石的美景总是词穷，只能靠我们的双眼与相机去丈量和铭记醉人美景。行程安排：西黄石&amp;rarr;黄石国家公园（7小时，停留诺里斯间歇泉盆地、蒸汽船喷泉、峡谷村、上瀑布、艺术家点、峡谷村、海登山谷、泥火山、老忠实间歇泉、喷泉步道、牵牛花等景点，景点安排会根据当天实际情况有所调整）特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黄石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将继续游览黄石国家公园，湖面的颜色会随季节而改变的七彩缤纷的大棱镜热泉，因其始终如一的有规律地喷发而得名的老忠实间歇泉&amp;hellip;.每个景色都不容过错。随后，我们离开黄石国家公园，驱车抵达大盐湖。大盐湖是史前邦纳维尔湖的最大残余部分，是西半球最大的咸水湖，由于是内陆湖，湖水蒸发，导致矿物物质持续增多，盐度很高，成为鸟类，卤虫及其他动物们的天堂。行程安排:西黄石&amp;rarr;黄石国家公园（3小时，前往调色板、大棱镜温泉、老忠实间歇泉、喷泉步道、牵牛花等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;黄石熊世界（自费，60分钟）&amp;rarr;大盐湖（必付项目，20分钟）&amp;rarr;盐湖城景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板FountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石熊世界YellowstoneBearWorld】黄石公园熊世界位于爱达荷州雷克斯堡镇，建于1998年，是大黄石唯一的驱车穿越的野生动物保护地。公园供游客观赏的稀有动物有灰熊、黑熊、灰狼等北美珍贵动物。据说，有接近100只灰熊。这里还有商店、导游和喂熊等小动物等表演。【大盐湖GreatSaltLake】大盐湖是世界第二大咸水湖，也是北美洲最大的内陆盐湖，它位于美国犹他州西部，东边是落基山脉，西边是沙漠，由10座岛屿组成。同时它也是野生动物保护区，每年吸引了数百万的候鸟。这里湖水的含盐量高达25%，仅次于死海，湖中只有一些可耐高度盐性的藻类可以生存。</w:t>
+              <w:t xml:space="preserve">今天我们将继续游览黄石国家公园，湖面的颜色会随季节而改变的七彩缤纷的大棱镜热泉，因其始终如一的有规律地喷发而得名的老忠实间歇泉&amp;hellip;.每个景色都不容过错。随后，我们离开黄石国家公园，驱车抵达大盐湖。大盐湖是史前邦纳维尔湖的最大残余部分，是西半球最大的咸水湖，由于是内陆湖，湖水蒸发，导致矿物物质持续增多，盐度很高，成为鸟类，卤虫及其他动物们的天堂。行程安排:西黄石&amp;rarr;黄石国家公园（3小时，前往调色板、大棱镜温泉等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;黄石熊世界（自费，60分钟）&amp;rarr;大盐湖（必付项目，20分钟）&amp;rarr;盐湖城景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板YellowstoneParkPaletteFountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。景点介绍：【黄石熊世界YellowstoneBearWorld】黄石公园熊世界位于爱达荷州雷克斯堡镇，建于1998年，是大黄石唯一的驱车穿越的野生动物保护地。公园供游客观赏的稀有动物有灰熊、黑熊、灰狼等北美珍贵动物。据说，有接近100只灰熊。这里还有商店、导游和喂熊等小动物等表演。景点介绍：【大盐湖GreatSaltLake】大盐湖是世界第二大咸水湖，也是北美洲最大的内陆盐湖，它位于美国犹他州西部，东边是落基山脉，西边是沙漠，由10座岛屿组成。同时它也是野生动物保护区，每年吸引了数百万的候鸟。这里湖水的含盐量高达25%，仅次于死海，湖中只有一些可耐高度盐性的藻类可以生存。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,83 +464,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YB6A/YB7必付费用YB6A/YB7MandatoryFee每人：$225.00包含：大峡谷国家公园、黄石国家公园、大提顿国家公园、布莱斯峡谷国家公园、马蹄湾、大盐湖、拉斯维加斯酒店ResortFee/DestinationFee。拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价南峡谷直升机GrandCanyonSouthRimHelicopter04/01/2025前：每人：$289.0004/01/2025起：每人：$299.003岁以上同价包含：燃油附加费南峡谷小飞机SouthCanyonMiniatureAircraft每人：$228.003岁以上同价包含：燃油附加费南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.两人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.开放时间：03/20/2025-10/23/2025。下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费成人秀FantasyShow【现付】每人：$85.00场次：10:30pm日期：每天年龄限制：需18岁以上猛男秀ThunderfromDown【现付】成人：$90.00场次：9pm或11pm（11pm仅限周四、周日）日期：周一、周三、周四、周日年龄限制：需18岁以上太阳剧团KA秀KAShow【现付】每人：$135.00场次：7pm或9:30pm日期：周一、周二、周三、周六、周日年龄限制：需5岁以上蓝人秀BlueManGroup【现付】每人：$110.00场次：8pm日期：每天年龄限制：需5岁以上大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$128年龄限制：儿童需5岁以上大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$155年龄限制：儿童需5岁以上戴维魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$165年龄限制：儿童需5岁以上戴维魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00儿童需5岁以上黄石熊世界YellowstoneBearWorld成人：$27.00儿童（3-10岁）：$14.00包含：税费、黄石熊世界工作人员服务费成团人数限制：25人起成团</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YB6A/YB7/YB7X必付费用YB6A/YB7/YB7XMandatoryFee每人：$225.00包含：大峡谷国家公园、黄石国家公园、大提顿国家公园、布莱斯峡谷国家公园、马蹄湾、大盐湖、拉斯维加斯酒店ResortFee/DestinationFee。拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价南峡谷直升机GrandCanyonSouthRimHelicopter每人：$299.003岁以上同价包含：燃油附加费预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.四人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.预计开放时间：03/20/2026-10/23/2026。下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。黄石熊世界YellowstoneBearWorld成人：$27.00儿童（3-10岁）：$14.00包含：税费、黄石熊世界工作人员服务费成团人数限制：25人起成团</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">温馨提示：如您选择拉斯维加斯离团或者送机，将只能参加拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯的自费行程，剩余行程无法参加。送机当天提供一趟11:00从拉斯酒店出发的免费送机服务，请预定LAS机场13:30以后起飞的国内航班，14:30以后起飞的国际航班。如您选择LAX机场离团或者送机，请预定LAX机场20:30以后起飞的国内航班，21:30以后起飞的国际航班。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>