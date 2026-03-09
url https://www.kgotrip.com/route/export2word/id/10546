--- v0 (2025-12-20)
+++ v1 (2026-03-09)
@@ -111,204 +111,204 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！下午3点后入住酒店，您可以稍作休息或者去赌场试试手气。晚餐后您更可以和我们一起欣赏一下赌城的迷人夜景。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！下午3点后入住酒店，您可以稍作休息或者去赌场试试手气。晚餐后您更可以和我们一起欣赏一下赌城的迷人夜景。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜景游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightViewTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将从拉斯维加斯出发，前往位于犹他州的两大国家公园：布莱斯峡谷国家公园和锡安国家公园，感受美国国家公园的自然美景，来一场轻松惬意的旅行。行程安排：拉斯维加斯&amp;rarr;锡安国家公园（必付项目，45分钟）&amp;rarr;棋盘山壁群（25分钟）&amp;rarr;布莱斯峡谷国家公园（必付项目，60分钟）&amp;rarr;佩吉景点介绍：【锡安国家公园ZionNationalPark】锡安国家公园是徒步旅行者和摄影师梦寐以求的目的地，虽然位于沙漠之中，但地形绝不荒芜。公园是历经数百万年的侵蚀而形成的，千奇百态的岩层、数不胜数的荒野小径和独一无二的野生动物，无不召唤着那些寻求孤寂和灵感体验的游客。公园内的众多峡谷、动物群落和文化遗址适合在任何季节探索，不过春季和秋季，气候最为宜人，百花绽放，蔚为壮观。【布莱斯峡谷国家公园BryceCanyonNationalPark】布莱斯峡谷国家公园位于美国犹他州西南部，其名字虽有峡谷一词，但其并非真正的峡谷，而是沿着庞沙冈特高原东面，由侵蚀而成的巨大自然露天剧场。其独特的地理结构称为岩柱，由风、河流里的水与冰侵蚀和湖床的沉积岩组成。位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。</w:t>
+              <w:t xml:space="preserve">今天我们将从拉斯维加斯出发，前往位于犹他州的两大国家公园：布莱斯峡谷国家公园和锡安国家公园，感受美国国家公园的自然美景，来一场轻松惬意的旅行。行程安排：拉斯维加斯&amp;rarr;锡安国家公园（必付项目，45分钟）&amp;rarr;布莱斯峡谷国家公园（必付项目，60分钟）&amp;rarr;葛兰峡谷大坝（途径）&amp;rarr;包伟湖（途径）&amp;rarr;佩吉景点介绍：【锡安国家公园ZionNationalPark】锡安国家公园是徒步旅行者和摄影师梦寐以求的目的地，虽然位于沙漠之中，但地形绝不荒芜。公园是历经数百万年的侵蚀而形成的，千奇百态的岩层、数不胜数的荒野小径和独一无二的野生动物，无不召唤着那些寻求孤寂和灵感体验的游客。公园内的众多峡谷、动物群落和文化遗址适合在任何季节探索，不过春季和秋季，气候最为宜人，百花绽放，蔚为壮观。景点介绍：【布莱斯峡谷国家公园BryceCanyonNationalPark】布莱斯峡谷国家公园位于美国犹他州西南部，其名字虽有峡谷一词，但其并非真正的峡谷，而是沿着庞沙冈特高原东面，由侵蚀而成的巨大自然露天剧场。其独特的地理结构称为岩柱，由风、河流里的水与冰侵蚀和湖床的沉积岩组成。位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上前往美国地理杂志评选出的知名摄影点&amp;mdash;马蹄湾，在红褐色的峡谷内河流急转360度，切割出一个马蹄状的峡谷，马蹄湾正是由此而得名。随后前往大峡谷的起源点-包伟湖。惠风和畅，碧波如镜，红石如焰，此刻只愿偷得浮生半日闲。之后我们参观最奇特的狭缝洞穴，世界十大摄影地点之一的羚羊彩穴。最后返回拉斯维加斯。行程安排：佩吉&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;包伟湖（必付项目，90分钟，可自费体验皮划艇）&amp;rarr;羚羊彩穴（自费，120分钟）&amp;rarr;拉斯维加斯特别说明：1.03/20/2025-10/23/2025皮划艇开放期间，可自费体验皮划艇，此外时间段皮划艇关闭，包伟湖停留时间届时将调整为：60分钟。景点介绍：【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。【包伟湖LakePowell】地属印第安人和国家公园共同开发区，鲍威尔湖除了拥有庞大的水量外，还拥有世界上稀有的奇观之一水上峡谷。它就如同嵌在赤橙色科罗拉多高原上的碧玉，也是大峡谷上的峡湾。您可途径葛兰大坝，在包伟湖畔停留拍照，或乘坐皮划艇，穿越世界上最著名的槽谷之一，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。</w:t>
+              <w:t xml:space="preserve">今天我们将从佩吉出发，前往羚羊彩穴和马蹄湾，开启一段自然奇景之旅。今天的旅程中，您还将去到大峡谷国家公园，欣赏科罗拉多河蜿蜒谷底的壮丽景色。最后，我们将带着满满的自然回忆，返回拉斯维加斯。行程安排：佩吉&amp;rarr;羚羊彩穴（自费，2小时）&amp;rarr;马蹄湾（必付项目，1小时）&amp;rarr;大峡谷国家公园东缘&amp;amp;南缘（必付项目，2.5小时）&amp;rarr;拉斯维加斯特别说明：1.下羚羊彩穴将于01/12/2026-01/18/2026期间关闭维修，受此影响，在此期间原行程安排将改为：羚羊峡谷X（自费，2小时）。2.为保障儿童安全，羚羊峡谷X明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。行程安排：拉斯维加斯&amp;rarr;旧金山</w:t>
+              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。行程安排：拉斯维加斯&amp;rarr;拉斯网红欢迎招牌打卡（必付项目，20-30分钟）&amp;rarr;旧金山</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -362,83 +362,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价ZB必付费用ZBMandatoryFee每人：$70.00包含锡安国家公园、布莱斯国家公园、马蹄湾、包伟湖门票下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.两人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.开放时间：03/20/2025-10/23/2025。</w:t>
+              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述羚羊峡谷XAntelopeCanyonX成人：100.00儿童（0-7岁）：$70.00包含当地接送及向导服务费为保障儿童安全，景区明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。ZB必付费用（SF）ZBMandatoryFee每人：$180.00包含：锡安国家公园、布莱斯国家公园、马蹄湾、大峡谷国家公园、拉斯网红欢迎招牌打卡、拉斯维加斯五星级酒店度假村费。拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00秀票价格会有浮动，所有价格请以实际预定当天为准。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">温馨提示：如您选择拉斯维加斯离团或者送机，将只能参加拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯的自费行程，剩余行程无法参加。送机当天提供一趟11:00从拉斯酒店出发的免费送机服务，请预定LAS机场13:30以后的国内航班，14:30以后的国际航班。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">温馨提示：如您选择拉斯维加斯离团或者送机，将只能参加拉斯网红欢迎招牌打卡的必付行程，剩余行程无法参加。送机当天提供一趟11:00从拉斯酒店出发的免费送机服务，请预定LAS机场13:30以后的国内航班，14:30以后的国际航班。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>