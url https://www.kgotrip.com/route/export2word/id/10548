--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -162,51 +162,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上前往三面环海，由50多个山丘组成，三面环海的旧金山市。参观美国西岸的标志性桥梁，被称为&amp;ldquo;不可能的大桥&amp;rdquo;的金门大桥；游览最热闹的渔人码头；可自费乘坐游船欣赏旧金山海湾；1915年巴拿马政府赠与的世界博览会遗址艺术宫和九曲花街都让您流连忘返。行程安排：金门大桥（45分钟）&amp;rarr;艺术宫（30分钟）&amp;rarr;九曲花街（45分钟）&amp;rarr;渔人码头（2.5小时，可自费乘坐海湾游船）&amp;rarr;旧金山深度游（自费）旧金山深度游详情：圣玛丽大教堂（30分钟）&amp;rarr;市政厅（40分钟）&amp;rarr;双子峰（25分钟）&amp;rarr;金银岛（途经）景点介绍：【金门大桥GoldenGateBridge】金门大桥是世界最大的单孔吊桥之一，被视为三藩市的象征。2.7公里的长度，贯穿了整个三藩市湾和太平洋的金门海峡，更是连接三藩市和北边城市的重要交通枢纽。与此同时，《猩球崛起》、《X战警》等美国大片均在此取景拍摄过。【旧金山艺术宫PalaceofFineArt】旧金山艺术宫始建于1915年，原本是为了巴拿马&amp;ldquo;太平洋万国博览会&amp;rdquo;所盖。会议结束后，艺术宫就渐渐荒废，最后变成了废墟空楼。直到1962年著名德裔建筑师梅贝克对其重新进行设计装修，才使其焕发出第二次的青春美丽。【九曲花街LombardStreet】九曲花街被誉为&amp;ldquo;世界上最弯曲的街道&amp;rdquo;，是旧金山最受欢迎的地标之一。每年，数以百万计的游客步行或驾车经过它的八个急转弯。它被俄罗斯山的豪宅、精心修剪的景观和鲜花环绕，也是该市风景最优美的街道之一。从山顶俯瞰旧金山湾、海湾大桥和科伊特塔令人叹为观止的景色。【旧金山渔人码头SanFranciscoFisherman'sWharf】渔人码头的名号，在旧金山可谓是家喻户晓。从吉拉德里广场开始一直延伸到35号码头的区域，可以看到最热闹的39号码头的各色商店、餐厅、街头表演，也可以远眺远方欣赏恶魔岛、金门大桥、海湾桥的各色风景。【旧金山观光游船BayCruise】美丽的金门大桥和壮观的奥克兰海湾大桥可谓是旧金山的门面，搭乘游船可依次游览这两个景点。游轮从美丽的大桥下经过，感受海风拂面、心旷神怡。更可以近距离观览恶魔岛的壮观景色。如此的行程一定能带给您十分美好的回忆。【旧金山市政厅CivicCenter】旧金山市政厅是一座另人印象深刻的建筑，曾一度被公认为美国最美丽的公共建筑之一。三藩市市政厅模仿了梵蒂冈圣彼得大教堂的建筑风格，金顶的设计则是借鉴了巴黎荣军院。【双子峰TwinPeaks】两座海拔约270公尺的山丘，同时也是旧金山境内独有保留的天然山丘，此地并以360度全景眺望而闻名。双子峰是旧金山市内主要的两个制高点，还有一条8字型的公路环绕在两座山峰的周围。这里的山顶观景台因为没有茂密的大树遮挡，所以可以将旧金山的美景尽收眼底，饱览无余。从峰上俯视，繁华的旧金山市景和迷人的海湾风情都将令您沉醉。</w:t>
+              <w:t xml:space="preserve">早上前往三面环海，由50多个山丘组成，三面环海的旧金山市。参观美国西岸的标志性桥梁，被称为&amp;ldquo;不可能的大桥&amp;rdquo;的金门大桥；游览最热闹的渔人码头；可自费乘坐游船欣赏旧金山海湾；1915年巴拿马政府赠与的世界博览会遗址艺术宫和九曲花街都让您流连忘返。行程安排：金门大桥（45分钟）&amp;rarr;艺术宫（30分钟）&amp;rarr;九曲花街（45分钟）&amp;rarr;渔人码头（2.5小时，可自费乘坐海湾游船）&amp;rarr;旧金山深度游（自费）旧金山深度游详情：圣玛丽大教堂（30分钟）&amp;rarr;市政广场（25分钟）&amp;rarr;双子峰（25分钟）&amp;rarr;金银岛（途经）景点介绍：【金门大桥GoldenGateBridge】金门大桥是世界最大的单孔吊桥之一，被视为三藩市的象征。2.7公里的长度，贯穿了整个三藩市湾和太平洋的金门海峡，更是连接三藩市和北边城市的重要交通枢纽。与此同时，《猩球崛起》、《X战警》等美国大片均在此取景拍摄过。【旧金山艺术宫PalaceofFineArt】旧金山艺术宫始建于1915年，原本是为了巴拿马&amp;ldquo;太平洋万国博览会&amp;rdquo;所盖。会议结束后，艺术宫就渐渐荒废，最后变成了废墟空楼。直到1962年著名德裔建筑师梅贝克对其重新进行设计装修，才使其焕发出第二次的青春美丽。【九曲花街LombardStreet】九曲花街被誉为&amp;ldquo;世界上最弯曲的街道&amp;rdquo;，《毒液》等超多电影在这里拍过飙车戏，是旧金山最受欢迎的地标之一。每年，数以百万计的游客步行或驾车经过它的八个急转弯。它被俄罗斯山的豪宅、精心修剪的景观和鲜花环绕，也是该市风景最优美的街道之一。从山顶俯瞰旧金山湾、海湾大桥和科伊特塔令人叹为观止的景色。【旧金山渔人码头SanFranciscoFisherman'sWharf】渔人码头的名号，在旧金山可谓是家喻户晓。从吉拉德里广场开始一直延伸到35号码头的区域，可以看到最热闹的39号码头的各色商店、餐厅、街头表演，也可以远眺远方欣赏恶魔岛、金门大桥、海湾桥的各色风景。【旧金山海湾游船SanFranciscoBayCruise】美丽的金门大桥和壮观的奥克兰海湾大桥可谓是旧金山的门面，搭乘游船可依次游览这两个景点。游轮从美丽的大桥下经过，感受海风拂面、心旷神怡。更可以近距离观览恶魔岛的壮观景色。如此的行程一定能带给您十分美好的回忆。【旧金山市政广场SanFranciscoCivicCenterPlaza】旧金山市政广场，又称约瑟夫&amp;middot;阿利奥托广场，位于旧金山市中心，北起市政厅，南至富尔顿广场，东接加利福尼亚州高等法院。广场周边建筑风格多样，市政厅是其标志性建筑，建于1915年，为法国文艺复兴式设计。这里还是文化艺术中心，戴维斯交响乐大会堂等一流剧院云集。【双子峰TwinPeaks】两座海拔约270公尺的山丘，同时也是旧金山境内独有保留的天然山丘，此地并以360度全景眺望而闻名。双子峰是旧金山市内主要的两个制高点，还有一条8字型的公路环绕在两座山峰的周围。这里的山顶观景台因为没有茂密的大树遮挡，所以可以将旧金山的美景尽收眼底，饱览无余。从峰上俯视，繁华的旧金山市景和迷人的海湾风情都将令您沉醉。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -311,83 +311,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述旧金山游船(90分钟)SanFranciscoBaycruise(90mins)成人：$48.00儿童（5-11岁）：$35.00SF3/BF3必付费用SF3MandatoryFee成人：$50.00儿童：$50.00包含：17哩湾风景线，优胜美地国家公园旧金山深度游SanFranciscoin-depthtour每人：$45.00</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述SF3/BF3必付费用SF3/BF3MandatoryFee成人：$50.00儿童：$50.00包含：17哩湾风景线，优胜美地国家公园旧金山海湾游船(90分钟)SanFranciscoBaycruise(90mins)成人：$48.00老人（65+岁）：$48.00儿童（5-11岁）：$35.0011/03/2025前仅限周五至周日可选此自费项目；11/03/2025起仅限周六、周日可选此自费项目。旧金山海湾游船(60分钟)SanFranciscoBaycruise(60mins)成人：$39.00老人（65+岁）：$39.00儿童（5-11岁）：$28.0011/03/2025前仅限周一至周四可选此自费项目；11/03/2025起仅限周一至周五可选此自费项目。旧金山深度游SanFranciscoin-depthtour每人：$50.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>