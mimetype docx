--- v0 (2025-10-22)
+++ v1 (2026-03-05)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从洛杉矶出发，途径富饶的中加州大平原，这里盛产美国一半以上的水果、蔬菜、干果，也使得加州成为美国最大农业州。下午抵达如诗如画的蒙特雷小镇。途经世界闻名的加州1号公路，欣赏17哩湾的绝美海景，于傍晚时分抵达旧金山。行程安排：洛杉矶&amp;rarr;17哩湾风景线&amp;rarr;圆石滩度假村（60分钟）&amp;rarr;旧金山景点介绍：【17哩湾风景线17-MileDrive】17哩湾的西侧和南侧紧邻太平洋，东侧则穿越代尔蒙特杉树林。沿途您不仅能看到海滩，还不时可见壮观的豪华别墅和高尔夫球场。【圆石滩PebbleBeach】著名的度假胜地，也是柏树角俱乐部、蒙特利半岛乡村俱乐部和老虎伍兹曾练习过高尔夫的原石滩高尔夫球场的所在地。</w:t>
+              <w:t xml:space="preserve">早上从洛杉矶出发，途径富饶的中加州大平原，这里盛产美国一半以上的水果、蔬菜、干果，也使得加州成为美国最大农业州。下午抵达如诗如画的蒙特雷半岛。途经世界闻名的加州1号公路，欣赏17哩湾的绝美海景，于傍晚时分抵达旧金山。行程安排：洛杉矶&amp;rarr;17哩湾风景线&amp;rarr;圆石滩度假村（60分钟）&amp;rarr;旧金山景点介绍：【17哩湾风景线17-MileDrive】17哩湾的西侧和南侧紧邻太平洋，东侧则穿越代尔蒙特杉树林。沿途您不仅能看到海滩，还不时可见壮观的豪华别墅和高尔夫球场。【圆石滩PebbleBeach】著名的度假胜地，也是柏树角俱乐部、蒙特利半岛乡村俱乐部和老虎伍兹曾练习过高尔夫的原石滩高尔夫球场的所在地。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -209,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮；2.服务费（每人每天最低支付US$12，儿童/占座婴儿按成人标准支付）；3.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.餐饮；2.服务费（每人每天最低支付US$15，儿童/占座婴儿按成人标准支付）；3.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>