--- v0 (2025-11-04)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】拉斯维加斯+东南双峡+下羚羊彩穴+马蹄湾 4日游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">【银榜惠享】拉斯维加斯+东南双峡+羚羊彩穴+马蹄湾 4日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,204 +111,204 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！下午3点后入住酒店，您可以稍作休息或者去赌场试试手气。晚餐后您更可以和我们一起欣赏一下赌城的迷人夜景。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！下午3点后入住酒店，您可以稍作休息或者去赌场试试手气。晚餐后您更可以和我们一起欣赏一下赌城的迷人夜景。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightViewTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上出发前往全世界最奇特的狭缝洞穴，世界十大摄影地点之一的羚羊彩穴！彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，仿佛是一副抽像画。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾！最后前往大峡谷的起源点-包伟湖。沿着狭长的谷缝观赏包伟湖，惠风和畅，碧波如镜，红石如焰，此刻只愿偷得浮生半日闲。跟随纳瓦霍印第安向导进入彩穴。置身其中，蔚为壮观。夜宿佩吉/图巴。行程安排：拉斯维加斯&amp;rarr;羚羊彩穴（自费，90分钟）&amp;rarr;马蹄湾（60分钟）&amp;rarr;包伟湖（90分钟，可自费体验皮划艇）&amp;rarr;佩吉/图巴特别说明：1.03/20/2025-10/23/2025皮划艇开放期间，可自费体验皮划艇，此外时间段皮划艇关闭，包伟湖停留时间届时将调整为：60分钟。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。【包伟湖LakePowell】地属印第安人和国家公园共同开发区，鲍威尔湖除了拥有庞大的水量外，还拥有世界上稀有的奇观之一水上峡谷。它就如同嵌在赤橙色科罗拉多高原上的碧玉，也是大峡谷上的峡湾。您可途径葛兰大坝，在包伟湖畔停留拍照，或乘坐皮划艇，穿越世界上最著名的槽谷之一，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。</w:t>
+              <w:t xml:space="preserve">早上出发前往全世界最奇特的狭缝洞穴，世界十大摄影地点之一的羚羊彩穴！彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，仿佛是一副抽像画。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾！最后前往大峡谷的起源点-包伟湖。沿着狭长的谷缝观赏包伟湖，惠风和畅，碧波如镜，红石如焰，此刻只愿偷得浮生半日闲。跟随纳瓦霍印第安向导进入彩穴。置身其中，蔚为壮观。夜宿佩吉/图巴。行程安排：拉斯维加斯&amp;rarr;羚羊彩穴（自费，90分钟）&amp;rarr;马蹄湾（60分钟）&amp;rarr;包伟湖（90分钟，可自费体验皮划艇）&amp;rarr;佩吉/图巴特别说明：1.03/20/2026-10/23/2026皮划艇开放期间，可自费体验皮划艇，此外时间段皮划艇关闭，包伟湖停留时间届时将调整为：60分钟。2.下羚羊彩穴将于01/12/2026-01/18/2026期间关闭维修，受此影响，在此期间原行程安排将改为：羚羊峡谷X（自费，90分钟）。3.为保障儿童安全，羚羊峡谷X明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。【包伟湖LakePowell】地属印第安人和国家公园共同开发区，鲍威尔湖除了拥有庞大的水量外，还拥有世界上稀有的奇观之一水上峡谷。它就如同嵌在赤橙色科罗拉多高原上的碧玉，也是大峡谷上的峡湾。您可途径葛兰大坝，在包伟湖畔停留拍照，或乘坐皮划艇，穿越世界上最著名的槽谷之一，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇。即使沧海桑田，斗转星移，时间在大峡谷刻下了长情的告白。游览结束后返回拉斯维加斯。01/01/2025（出发班期）起行程安排：佩吉/图巴&amp;rarr;东大峡谷（30分钟）&amp;rarr;南大峡谷（60分钟）&amp;rarr;乘坐直升机俯瞰大峡谷全景（自费，60分钟）&amp;rarr;南峡谷IMAX电影+午餐（自费，45分钟）&amp;rarr;拉斯维加斯景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【南峡谷GrandCanyonSouthRim】南峡谷又称大峡谷南缘，位于大峡谷的中段。地势险峻而壮阔，峡谷深不见底，规模最大。公园建设成熟完善，尤其适合公路自驾，没有任何商业设施，几乎各个观景点都尽可能保留原貌。南峡谷大规模的壮丽景观以及完善适宜的游玩环境，让人面对这造物主的鬼斧神工无不感慨万千、流连忘返。</w:t>
+              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇。即使沧海桑田，斗转星移，时间在大峡谷刻下了长情的告白。游览结束后返回拉斯韦加斯。行程安排：佩吉/图巴&amp;rarr;东大峡谷（30分钟）&amp;rarr;南大峡谷（60分钟）&amp;rarr;乘坐直升机俯瞰大峡谷全景（自费，60分钟）&amp;rarr;南峡谷IMAX电影+午餐（自费，45分钟）&amp;rarr;拉斯维加斯景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【南峡谷GrandCanyonSouthRim】南峡谷又称大峡谷南缘，位于大峡谷的中段。地势险峻而壮阔，峡谷深不见底，规模最大。公园建设成熟完善，尤其适合公路自驾，没有任何商业设施，几乎各个观景点都尽可能保留原貌。南峡谷大规模的壮丽景观以及完善适宜的游玩环境，让人面对这造物主的鬼斧神工无不感慨万千、流连忘返。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上可自费跟随经验丰富的导游前往拉斯网红欢迎招牌处打卡留念，然后前往大道上最受欢迎的网红景点&amp;mdash;&amp;mdash;M豆巧克力世界和与其相连的可口可乐主题店，色彩缤纷的巧克力豆、口味奇特的可口可乐、琳琅满目的周边商品，游览过程中深入了解两大巨头的商品文化。您还可以在四层的巧克力世界观看3D电影，在香甜的空气中获得不一样的观影体验。随后来到最新开幕的FlyOverLasVegas，最新的光电技术+电动骑行+4D体验，用不一样的视角来欣赏拉斯维加斯及周边美景。告别赌城，我们前往网红景点&amp;mdash;&amp;mdash;七彩巨石阵。下午抵达巴斯托奥特莱斯尽享购物的乐趣，傍晚时分抵达洛杉矶。行程安排：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯（自费，90分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶如您选择不参加自费项目，可在酒店內自由活动。景点介绍：【M豆巧克力世界M&amp;M'SLasVegas】这是M豆巧克力世界的首家店铺，1997年在拉斯维加斯大道开业，占地面积28000平方英尺，共有四层，各类缤纷妙趣的M豆巧克力，以及琳琅满目的周边商品等，在一饱眼福的同时享受巧克力的甜蜜丝滑吧！【可口可乐主题店Coca-ColaStoreLasVegas】全球只有两家的可口可乐主题店，满足你对可口可乐的所有幻想！主题店的大门是一个四层楼高的经典可口可乐瓶造型，店铺内各色商品琳琅满目，从玩具、文具、围裙到服装、台灯、饰品，所有的东西都印有&amp;ldquo;可口可乐&amp;rdquo;的商标。这里也是收藏爱好者的天堂，店内出售各个年代不同国家制造的可口可乐，印在瓶身上的各国文字，绝对是最好的纪念品。您还可以在一楼与可口可乐北极熊合影留念。【飞越拉斯维加斯FlyOverLasVegas】飞越拉斯维加斯是亮相在拉斯维加斯大道上的终极飞行之旅！站在52.5英尺宽的球形屏幕前，在最先进技术的加持下，您无需离开拉斯维加斯大道即可滑过广阔的草原和高耸的山峰，潜入河流奔腾的山谷，穿越陆地、海洋和天空，探索狂野的大西部，沉浸式游览特色景点。【七彩巨石阵SevenMagicMountains】一望无垠的内华达州拉斯维加斯远郊的沙漠之中，伫立着7座用彩色石头堆栈起来的柱子，合来就叫做七彩巨石阵（SevenMagicMountains）。这七座9米高的彩虹般的巨石阵，屹立在荒漠中，为沙漠单一的景色中注入了几分活泼的色彩。这里是网红打卡拍照一定不能错过的地方。【巴斯托奥特莱斯OutletsatBarstow】巴斯托奥特莱斯地处沙漠，位于拉斯维加斯到洛杉矶的必经之路上。这家奥特莱斯一线奢侈品牌不是很多，但是二线品牌尤其是美国本土品牌还是较为齐全而且比较集中，服务也是相当不错，逛起来别有一番新体验。</w:t>
+              <w:t xml:space="preserve">早上跟随经验丰富的导游前往拉斯网红欢迎招牌处打卡留念，然后前往大道上最受欢迎的网红景点&amp;mdash;&amp;mdash;M豆巧克力世界和与其相连的可口可乐主题店，色彩缤纷的巧克力豆、口味奇特的可口可乐、琳琅满目的周边商品，游览过程中深入了解两大巨头的商品文化。您还可以在四层的巧克力世界观看3D电影，在香甜的空气中获得不一样的观影体验。随后来到最新开幕的FlyOverLasVegas，最新的光电技术+电动骑行+4D体验，用不一样的视角来欣赏拉斯维加斯及周边美景。告别赌城，我们前往网红景点&amp;mdash;&amp;mdash;七彩巨石阵。下午抵达巴斯托奥特莱斯尽享购物的乐趣，傍晚时分抵达洛杉矶。行程安排：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店（必付项目，60分钟）&amp;rarr;飞跃拉斯维加斯（自费项目，25分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶景点介绍：【M豆巧克力世界M&amp;M'SLasVegas】这是M豆巧克力世界的首家店铺，1997年在拉斯维加斯大道开业，占地面积28000平方英尺，共有四层，各类缤纷妙趣的M豆巧克力，以及琳琅满目的周边商品等，在一饱眼福的同时享受巧克力的甜蜜丝滑吧！【可口可乐主题店Coca-ColaStoreLasVegas】全球只有两家的可口可乐主题店，满足你对可口可乐的所有幻想！主题店的大门是一个四层楼高的经典可口可乐瓶造型，店铺内各色商品琳琅满目，从玩具、文具、围裙到服装、台灯、饰品，所有的东西都印有&amp;ldquo;可口可乐&amp;rdquo;的商标。这里也是收藏爱好者的天堂，店内出售各个年代不同国家制造的可口可乐，印在瓶身上的各国文字，绝对是最好的纪念品。您还可以在一楼与可口可乐北极熊合影留念。【飞越拉斯维加斯FlyOverLasVegas】飞越拉斯维加斯是亮相在拉斯维加斯大道上的终极飞行之旅！站在52.5英尺宽的球形屏幕前，在最先进技术的加持下，您无需离开拉斯维加斯大道即可滑过广阔的草原和高耸的山峰，潜入河流奔腾的山谷，穿越陆地、海洋和天空，探索狂野的大西部，沉浸式游览特色景点。景点介绍：【七彩巨石阵SevenMagicMountains】一望无垠的内华达州拉斯维加斯远郊的沙漠之中，伫立着7座用彩色石头堆栈起来的柱子，合来就叫做七彩巨石阵（SevenMagicMountains）。这七座9米高的彩虹般的巨石阵，屹立在荒漠中，为沙漠单一的景色中注入了几分活泼的色彩。这里是网红打卡拍照一定不能错过的地方。景点介绍：【巴斯托奥特莱斯OutletsatBarstow】巴斯托奥特莱斯地处沙漠，位于拉斯维加斯到洛杉矶的必经之路上。这家奥特莱斯一线奢侈品牌不是很多，但是二线品牌尤其是美国本土品牌还是较为齐全而且比较集中，服务也是相当不错，逛起来别有一番新体验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -362,83 +362,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述BG系列必付费用BGMandatoryFee每人：$120.00包含：东大峡谷、南大峡谷、包伟湖、马蹄湾、拉斯维加斯五星酒店度假村费南峡谷直升机GrandCanyonSouthRimHelicopter04/01/2025前：每人：$289.0004/01/2025起：每人：$299.003岁以上同价包含：燃油附加费南峡谷小飞机SouthCanyonMiniatureAircraft每人：$228.003岁以上同价包含：燃油附加费南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.两人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.开放时间：03/20/2025-10/23/2025。下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯LasVegasWelcomeSignboard&amp;amp;M&amp;amp;M'SLasVegas&amp;amp;Coca-ColaStoreLasVegas&amp;amp;FlyOverLasVegas成人：$50.00儿童（12岁及以下）：$39.00儿童身高限制：须高于40英寸（1.016米），必须有成人或监护人（14岁或以上）陪同下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费成人秀FantasyShow【现付】每人：$85.00场次：10:30pm日期：每天年龄限制：需18岁以上戴维魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00儿童需5岁以上戴维魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$165年龄限制：儿童需5岁以上大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$155年龄限制：儿童需5岁以上大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$128年龄限制：儿童需5岁以上猛男秀ThunderfromDown【现付】成人：$90.00场次：9pm或11pm（11pm仅限周四、周日）日期：周一、周三、周四、周日年龄限制：需18岁以上太阳剧团KA秀KAShow【现付】每人：$135.00场次：7pm或9:30pm日期：周一、周二、周三、周六、周日年龄限制：需5岁以上蓝人秀BlueManGroup【现付】每人：$110.00场次：8pm日期：每天年龄限制：需5岁以上帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$87.00场次：6pm或8:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24–12/31/24）和感恩节（11/27/24–12/3/24），需等秀场通知。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00场次：7pm或9:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24–12/31/24）和感恩节（11/27/24–12/3/24），需等秀场通知。太阳剧团欧秀OShow【现付】每人：$253.00场次：7pm或9:30pm日期：周三、周四、周五、周六、周日年龄限制：儿童需5岁以上秀票价格不适用于圣诞节（12/20/24–12/31/24）和感恩节（11/27/24–12/3/24），需等秀场通知。</w:t>
+              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述羚羊峡谷XAntelopeCanyonX成人：100.00儿童（0-7岁）：$70.00包含当地接送及向导服务费为保障儿童安全，景区明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。BG系列必付费用（LA）BGMandatoryFee每人：$140.00包含：东大峡谷、南大峡谷、包伟湖、马蹄湾、拉斯维加斯五星酒店度假村费、拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店南峡谷直升机GrandCanyonSouthRimHelicopter每人：$299.003岁以上同价包含：燃油附加费预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.四人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.预计开放时间：03/20/2026-10/23/2026。云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00秀票价格会有浮动，所有价格请以实际预定当天为准。拉斯维加斯沙场射击LasVegasSandsShooting【现付】三枪套餐（共55发子弹）：$160.00五枪套餐（共80发子弹）：$200.00温馨提示：1.患有心脏病、背部疾病、精神疾病及听力有损伤者无法参加本项目。2.本项目限7岁及以上儿童参与，7-18岁儿童体验本项目需有监护人陪同。3.此项目不可提前预定，需客人在团上直接找导游报名。飞跃拉斯维加斯FlyOverLasVegas成人：01/01/2026前：$32.00；01/01/2026起：$34.00儿童（12岁及以下）：01/01/2026前：$28.00；01/01/2026起：$24.00儿童身高限制：须高于40英寸（1.016米），必须有成人或监护人（14岁或以上）陪同</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">温馨提示：如您选择拉斯维加斯离团或者送机，将只能参加拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯的自费行程，剩余行程无法参加。送机当天提供一趟11:00从拉斯酒店出发的免费送机服务，请预定LAS机场13:30以后的国内航班，14:30以后的国际航班。</w:t>
+              <w:t xml:space="preserve">温馨提示：1.如您选择拉斯维加斯离团或者送机，将只能参加拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店（必付项目）和飞跃拉斯维加斯的自费行程，剩余行程无法参加。送机当天提供一趟11:00从拉斯酒店出发的免费送机服务，请预定LAS机场13:30以后的国内航班，14:30以后的国际航班。2.自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>