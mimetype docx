--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -111,255 +111,255 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您将抵达美国南部度假天堂&amp;mdash;&amp;mdash;迈阿密&amp;amp;罗德岱堡，我们将在此开始接下来的美好旅程。热情的导游将等候您的到来，并安排您搭乘班车前往酒店办理入住。参团当日免费接的地点参团当日免费接的时间点迈阿密国际机场（MIA）14:00、17:00、21:00罗德岱堡国际机场（FLL）13:00、16:00、20:00迈阿密码头（POM）10:00、12:00PM罗德岱堡码头（POE）11:00备注：1.免费接机时间点为客人在乘坐的航司取行李处拿到行李后与我司工作人员汇合时间，逾时不候。2.付费接机服务：21:01-23:00迈阿密国际机场（MIA）：前两人$80，第三人起每多一人多加$10每人（此报价不含接机服务费$6每人）。罗德岱堡国际机场（FLL）：前两人$120，第三人起每多一人多加$10每人（此报价不含接机服务费$6每人）。3.免费接机时间和付费接机时间以外到达的客人，请自行打车前往酒店。4.免费时间以外付费接送码头标准：1-4人$100，5-6人$120，7-10人$150。5.14:00接到的客人将有机会前往迈阿密最大名牌折扣商场DolphinMall（车费：$15/人/单程，3小时左右）购物。6.16:00前抵达罗德岱堡国际机场（FLL）及17:00前抵达迈阿密国际机场（MIA）的客人，可自费参加夜游项目（游览时间2小时左右）。针对迈阿密夜游座位的操作：1)夜游项目如提前预定，两人即成团，保证出发。2)如果客人抵达后报名参加夜游，我司会根据实际车辆安排的情况决定是否成团。景点介绍：【迈阿密风情夜游MiamiSouthBeachNightTour】夜游行程主要包括漫步时尚的林肯路和夜游南海滩。林肯大道（LincolnRoad）是迈阿密一条著名的步行街，绿树成排，到处是电影院、商店、酒吧、水烟店、街头摊贩和热辣的比基尼。位于迈阿密南端的南海滩(SouthBeach)则是北美最著名的海滩之一，面朝大西洋的海滨大道上聚集了上百家的酒吧、餐馆、夜总会、豪华酒店以及各式精品店。这里丰富的夜生活吸引无数Party党前来聚会，是迈阿密当之无愧的&amp;ldquo;派对海滩&amp;rdquo;。夜风吹拂椰树林，我们将带您一览南海滩夜晚风情。车子将途经被称为迈阿密的&amp;ldquo;公园大道&amp;rdquo;的Brickell大道，迈阿密热火队的主场&amp;mdash;&amp;mdash;美航球馆，被列入美国国家历史遗迹名录的自由塔，迈阿密会展中心和犹太人纪念塔。</w:t>
+              <w:t xml:space="preserve">今天您将抵达美国南部度假天堂&amp;mdash;&amp;mdash;迈阿密&amp;amp;罗德岱堡，我们将在此开始接下来的美好旅程。热情的导游将等候您的到来，并安排您搭乘班车前往酒店办理入住。参团当日免费接的地点参团当日免费接的时间点迈阿密国际机场（MIA）14:00、17:00、21:00罗德岱堡国际机场（FLL）13:00、16:00、20:00迈阿密码头（POM）10:00、12:00PM罗德岱堡码头（POE）11:00备注：1.免费接机时间点为客人在乘坐的航司取行李处拿到行李后与我司工作人员汇合时间，逾时不候。2.付费接机服务：21:01-23:00迈阿密国际机场（MIA）：前两人$80，第三人起每多一人多加$10每人（此报价不含接机服务费$7.5每人）。罗德岱堡国际机场（FLL）：前两人$120，第三人起每多一人多加$10每人（此报价不含接机服务费$7.5每人）。3.免费接机时间和付费接机时间以外到达的客人，请自行打车前往酒店。4.免费时间以外付费接送码头标准：2025年出发班期：1-4人$100，5-6人$120，7-10人$1502026年出发班期：迈阿密码头（POM）：前两人$80，第三人起每多一人多加$10每人（此报价不含服务费$7.5每人）。罗德岱堡码头（POE）：前两人$120，第三人起每多一人多加$10每人（此报价不含服务费$7.5每人）。5.14:00接到的客人将有机会前往迈阿密最大名牌折扣商场DolphinMall（车费：$30/人，3小时左右）购物。6.16:00前抵达罗德岱堡国际机场（FLL）及17:00前抵达迈阿密国际机场（MIA）的客人，可自费参加夜游项目（游览时间2小时左右）。针对迈阿密夜游座位的操作：1)夜游项目如提前预定，两人即成团，保证出发。2)如果客人抵达后报名参加夜游，我司会根据实际车辆安排的情况决定是否成团。景点介绍：【迈阿密风情夜游MiamiSouthBeachNightTour】夜游行程主要包括漫步时尚的林肯路和夜游南海滩区域。林肯大道（LincolnRoad）是迈阿密一条著名的步行街，绿树成排，到处是电影院、商店、酒吧、水烟店、街头摊贩和热辣的比基尼。位于迈阿密南端的南海滩区域(SouthBeachArea)，这里有北美最著名的海滩之一，面朝大西洋的海滨大道上聚集了上百家的酒吧、餐馆、夜总会、豪华酒店以及各式精品店。这里丰富的夜生活吸引无数Party党前来聚会，是迈阿密当之无愧的&amp;ldquo;派对海滩&amp;rdquo;。夜风吹拂椰树林，我们将带您一览南海滩区域的夜晚风情。车子将途经被称为迈阿密的&amp;ldquo;公园大道&amp;rdquo;的Brickell大道，迈阿密热火队的主场&amp;mdash;&amp;mdash;美航球馆，被列入美国国家历史遗迹名录的自由塔，迈阿密会展中心和犹太人纪念塔。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迈阿密被认为是文化的大熔炉，受庞大的拉丁美洲族群和加勒比海岛国居民的影响很大，与北美洲、南美洲、中美洲以及加勒比海地区在文化和语言上关系密切，因此有时还被称为&amp;ldquo;美洲的首都&amp;rdquo;。而位于迈阿密市区西侧的大沼泽国家公园辽阔的沼泽地、壮观的松树林和星罗棋布的红树林为无数野生动物提供了安居之地。这里是美国本土上最大的亚热带野生动物保护地。行程安排：温伍德网红墙（30分钟）&amp;rarr;珊瑚阁（车游）&amp;rarr;比尔提莫酒店（外观）&amp;rarr;小哈瓦那（30分钟）&amp;rarr;大沼泽国家公园&amp;rarr;草上飞风力船（自费，90分钟，含珍稀动物表演）&amp;rarr;迈阿密自由塔（车游）&amp;rarr;NBA热火球场（车游）&amp;rarr;迈阿密海湾游船（自费，100分钟）&amp;rarr;南沙滩（45分钟）景点介绍：【温伍德网红墙WynwoodWalls】迈阿密的温伍德网红墙是一个自由与包容的艺术创作天堂。绅士化的街头艺术在这里得到了淋漓尽致的体现，在这里谁都能分分钟变身街拍达人。【珊瑚阁CoralGables】珊瑚阁区是迈阿密的富人社区，形成于19世纪20年代左右，颇有西班牙特色，绿树成荫，鲜花环绕。郁郁葱葱的林荫大道两旁都是异国风情浓郁的奢华宅邸，很多美国名流都爱在这里置产。作为标志性建筑的巴尔的摩酒店因其在二战期间改成医院并接纳大量伤患而做出了卓越贡献而闻名，它也是克林顿总统夫妇的最爱。【小哈瓦那LittleHavana】这里是著名的古巴区，来自全世界各地的游客都必来这里参观古巴雪茄手工作坊，品尝古巴特色咖啡，感受中南美洲的异域风情。这里有不少餐厅、酒吧和商铺，特色的纪念品、艺术品、书籍音像制品、古巴雪茄等都能淘到。小哈瓦那的古巴风情非常浓郁，来到此地甚至会恍惚自己是否身在美国国土上。小哈瓦那的建筑和街道都是古巴元素的，你甚至会感觉到这空气中蔓延的都是古巴雪茄味，耳边不时传来梅格轮舞和萨尔萨舞的音乐。【大沼泽地国家公园EvergladesNationalPark】大沼泽地国家公园位于佛州南部，是美国最大的亚热带沼泽湿地公园以及全美第三大国家公园，面积约为140万英亩左右，栖息着鸟类、鳄鱼等众多野生动物。公园有多个入口，主入口设有游客中心，可先去领取公园地图并谘询工作人员游玩路线。自驾、游览车、观光船、徒步、骑车是最主要的游览方式，水上活动和丛林探险等活动需要提前预约。【大沼泽公园“草上飞”风力船EvergladesAirboat】位于佛罗里达州南部尖角位置，辽阔的沼泽地、壮观的松树林和星罗棋布的红树林和无数野生动物一定能令你眼前一亮，坐上气垫船出发吧。【迈阿密自由塔FreedomToweratMiamiDadeCollege】自由塔建于1925年，是迈阿密达德学院（MiamiDadeCollege）校园的一部分。这座西班牙文艺复兴式的建筑是迈阿密的地标性建筑，在1962-1974年曾作为古巴难民的援助中心。每到夜晚，建筑上会打出变幻的彩色灯光，异常醒目。【NBA热火球场FTXArena】NBA热火球场位于迈阿密市中心，前身为美国航空竞技场，周围高楼林立，紧邻海湾，是一座集运动和娱乐为一体的综合场馆。该体育场是迈阿密热火队的主场，每年吸引大批球迷来此观看比赛。【迈阿密海湾游船MiamiBayCruise】游览迈阿密海湾，欣赏海天一色的美景外还可以近距离欣赏明星岛，饱览世界巨星们所拥有的亿万豪宅，远眺迈阿密下城区的全美第二大金融中心。任何形容词都不能描绘出比斯坎湾的美景，蔚蓝的海水、温和的海风以及令人心驰神往的“水世界”，这些都使得比斯坎湾国家公园散发出无尽的魅力。【迈阿密南海滩SouthBeach】位于佛罗里达迈阿密的这个海滩，是全世界夜生活最丰富以及最时髦、娱乐的地方。不仅如此，这里还拥有许多多文化机构，如博物馆、剧院和历史遗迹。如要目睹迈阿密真实的一面，南海滩绝对是一个不二选择。这里已经成为迈阿密市最著名的休闲娱乐胜地，集结了上百家的酒吧、餐厅、精品店以及旅馆。湛蓝的海水，银色的沙滩，不经意间流露出些许风情万种。</w:t>
+              <w:t xml:space="preserve">迈阿密被认为是文化的大熔炉，受庞大的拉丁美洲族群和加勒比海岛国居民的影响很大，与北美洲、南美洲、中美洲以及加勒比海地区在文化和语言上关系密切，因此有时还被称为&amp;ldquo;美洲的首都&amp;rdquo;。而位于迈阿密市区西侧的大沼泽国家公园辽阔的沼泽地、壮观的松树林和星罗棋布的红树林为无数野生动物提供了安居之地。这里是美国本土上最大的亚热带野生动物保护地。行程安排：珊瑚阁（车游）&amp;rarr;比尔提莫酒店（外观）&amp;rarr;温伍德网红墙（20分钟）&amp;rarr;南沙滩（45分钟）&amp;rarr;迈阿密自由塔（车游）&amp;rarr;NBA热火球场（车游）&amp;rarr;迈阿密海湾游船（自费，90分钟）&amp;rarr;大沼泽国家公园&amp;rarr;草上飞风力船（自费，60分钟，含珍稀动物表演）&amp;rarr;小哈瓦那（30分钟）景点介绍：【珊瑚阁CoralGables】珊瑚阁区是迈阿密的富人社区，形成于19世纪20年代左右，颇有西班牙特色，绿树成荫，鲜花环绕。郁郁葱葱的林荫大道两旁都是异国风情浓郁的奢华宅邸，很多美国名流都爱在这里置产。作为标志性建筑的巴尔的摩酒店因其在二战期间改成医院并接纳大量伤患而做出了卓越贡献而闻名，它也是克林顿总统夫妇的最爱。【温伍德网红墙WynwoodWalls】迈阿密的温伍德网红墙是一个自由与包容的艺术创作天堂。绅士化的街头艺术在这里得到了淋漓尽致的体现，在这里谁都能分分钟变身街拍达人。【迈阿密南海滩SouthBeach】位于佛罗里达迈阿密的这个海滩，是全世界夜生活最丰富以及最时髦、娱乐的地方。不仅如此，这里还拥有许多多文化机构，如博物馆、剧院和历史遗迹。如要目睹迈阿密真实的一面，南海滩绝对是一个不二选择。这里已经成为迈阿密市最著名的休闲娱乐胜地，集结了上百家的酒吧、餐厅、精品店以及旅馆。湛蓝的海水，银色的沙滩，不经意间流露出些许风情万种。【迈阿密自由塔FreedomToweratMiamiDadeCollege】自由塔建于1925年，是迈阿密达德学院（MiamiDadeCollege）校园的一部分。这座西班牙文艺复兴式的建筑是迈阿密的地标性建筑，在1962-1974年曾作为古巴难民的援助中心。每到夜晚，建筑上会打出变幻的彩色灯光，异常醒目。【NBA热火球场FTXArena】NBA热火球场位于迈阿密市中心，前身为美国航空竞技场，周围高楼林立，紧邻海湾，是一座集运动和娱乐为一体的综合场馆。该体育场是迈阿密热火队的主场，每年吸引大批球迷来此观看比赛。【迈阿密海湾游船MiamiBayCruise】游览迈阿密海湾，欣赏海天一色的美景外还可以近距离欣赏明星岛，饱览世界巨星们所拥有的亿万豪宅，远眺迈阿密下城区的全美第二大金融中心。任何形容词都不能描绘出比斯坎湾的美景，蔚蓝的海水、温和的海风以及令人心驰神往的“水世界”，这些都使得比斯坎湾国家公园散发出无尽的魅力。【大沼泽地国家公园EvergladesNationalPark】大沼泽地国家公园位于佛州南部，是美国最大的亚热带沼泽湿地公园以及全美第三大国家公园，面积约为140万英亩左右，栖息着鸟类、鳄鱼等众多野生动物。公园有多个入口，主入口设有游客中心，可先去领取公园地图并谘询工作人员游玩路线。自驾、游览车、观光船、徒步、骑车是最主要的游览方式，水上活动和丛林探险等活动需要提前预约。【大沼泽公园“草上飞”风力船EvergladesAirboat】位于佛罗里达州南部尖角位置，辽阔的沼泽地、壮观的松树林和星罗棋布的红树林和无数野生动物一定能令你眼前一亮，坐上气垫船出发吧。【小哈瓦那LittleHavana】这里是著名的古巴区，来自全世界各地的游客都必来这里参观古巴雪茄手工作坊，品尝古巴特色咖啡，感受中南美洲的异域风情。这里有不少餐厅、酒吧和商铺，特色的纪念品、艺术品、书籍音像制品、古巴雪茄等都能淘到。小哈瓦那的古巴风情非常浓郁，来到此地甚至会恍惚自己是否身在美国国土上。小哈瓦那的建筑和街道都是古巴元素的，你甚至会感觉到这空气中蔓延的都是古巴雪茄味，耳边不时传来梅格轮舞和萨尔萨舞的音乐。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">邮轮从迈阿密准备登船，迈阿密是美国佛罗里达州第二大城市，位于佛罗里达半岛比斯坎湾。迈阿密还是南佛罗里达州都市圈中最大的城市，在金融、商业、媒体、娱乐、艺术和国际贸易等方面有着重要地位，也是许多公司、银行和电视台的总部所在。是文化的大熔炉，被称为&amp;ldquo;美洲的首都&amp;rdquo;。码头地址：PortofMiami&amp;ndash;DodgeIsland,1015N.AmericaWay,Miami,FL33132。请根据船票上的时间提前4个小时抵达码头开始办理登船手续。登船后就可以开始享受邮轮公司供的免费自助餐和娱乐设施。</w:t>
+              <w:t xml:space="preserve">邮轮从迈阿密准备登船，迈阿密是美国佛罗里达州第二大城市，位于佛罗里达半岛比斯坎湾。迈阿密还是南佛罗里达州都市圈中最大的城市，在金融、商业、媒体、娱乐、艺术和国际贸易等方面有着重要地位，也是许多公司、银行和电视台的总部所在。是文化的大熔炉，被称为&amp;ldquo;美洲的首都&amp;rdquo;。码头地址：PortofMiami&amp;ndash;DodgeIsland,1015N.AmericaWay,Miami,FL33132。温馨提示：1.请根据船票上的时间提前4个小时抵达码头开始办理登船手续。登船后就可以开始享受邮轮公司供的免费自助餐和娱乐设施。2.仅限陆地行程段包含导游服务，游轮行程期间无导游陪同。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">巴哈马联邦首府&amp;mdash;&amp;mdash;拿骚，是新普罗维登斯岛上最大的城市。拿骚长期以来一直吸引着来自世界各地的游客。这里有温暖的气候、自然美景以及世界级休闲场所和闪烁的夜生活。你可以通过探索拿骚随处可见的历史地标去了解拿骚的历史。如果你打算步行游览拿骚，一定要穿舒适的鞋子。当你寻找美食的时候，很多餐馆都可以找到真正的巴哈马菜肴，新鲜的龙虾和其他海鲜是最具代表性的。</w:t>
+              <w:t xml:space="preserve">可可湾是皇家加勒比游轮公司在巴哈马海域拥有的私人小岛，可可湾拥有清新质朴的白色沙滩和清澈蔚蓝的海水。可以潜入海中欣赏美丽的热带鱼以及令人着迷的黄貂鱼，探索热带珊瑚礁和沉船残骸的海底世界，也可以静静地躺在沙滩上享受片刻的安逸。亦可以花些时间在浮动海滩酒吧放松身心。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">可可湾是皇家加勒比游轮公司在巴哈马海域拥有的私人小岛，可可湾拥有清新质朴的白色沙滩和清澈蔚蓝的海水。可以潜入海中欣赏美丽的热带鱼以及令人着迷的黄貂鱼，探索热带珊瑚礁和沉船残骸的海底世界，也可以静静地躺在沙滩上享受片刻的安逸。亦可以花些时间在浮动海滩酒吧放松身心。</w:t>
+              <w:t xml:space="preserve">巴哈马联邦首府&amp;mdash;&amp;mdash;拿骚，是新普罗维登斯岛上最大的城市。拿骚长期以来一直吸引着来自世界各地的游客。这里有温暖的气候、自然美景以及世界级休闲场所和闪烁的夜生活。你可以通过探索拿骚随处可见的历史地标去了解拿骚的历史。如果你打算步行游览拿骚，一定要穿舒适的鞋子。当你寻找美食的时候，很多餐馆都可以找到真正的巴哈马菜肴，新鲜的龙虾和其他海鲜是最具代表性的。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -515,83 +515,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【陆地部分】1.行程中涉及到的三餐；2.司机导游服务费（每人每天USD$12美金）；3.行程中涉及到的一日游及相关活动门票；4.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；5.任何种类的旅游保险。【游轮部分】1.酒水、WIFI、照相服务、洗衣服务等个人消费；2.额外的收费特色餐厅；3.赌场、SPA等场所；4.行程中涉及到的岸上游项目；5.相关工作人员的服务费。自费项目项目名称价格说明描述迈阿密夜游MiamiNightTour成人：$35.00老人(65+岁)：$35.00儿童(3-12岁)：$25.00大沼泽公园“草上飞”EvergladesAirboat成人：$41.00老人(65+岁)：$41.00儿童(6-11岁)：$31.00迈阿密海湾游船MiamiBayCruise成人：$35.00老人（65+岁）：$35.00儿童（4-12岁）：$25.00儿童（3岁以下）：$5.00</w:t>
+              <w:t xml:space="preserve">【陆地部分】1.行程中涉及到的三餐；2.司机导游服务费（每人每天USD$15美金）；3.行程中涉及到的一日游及相关活动门票；4.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；5.任何种类的旅游保险。【游轮部分】1.酒水、WIFI、照相服务、洗衣服务等个人消费；2.额外的收费特色餐厅；3.赌场、SPA等场所；4.行程中涉及到的岸上游项目；5.相关工作人员的服务费。自费项目项目名称价格说明描述迈阿密夜游MiamiNightTour成人：$35.00老人(65+岁)：$35.00儿童(3-12岁)：$25.00大沼泽公园“草上飞”EvergladesAirboat成人：$43.00老人(65+岁)：$41.00儿童(6-11岁)：$33.00迈阿密海湾游船MiamiBayCruise成人：$35.00老人（65+岁）：$35.00儿童（4-12岁）：$25.00儿童（3岁以下）：$5.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"/>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>