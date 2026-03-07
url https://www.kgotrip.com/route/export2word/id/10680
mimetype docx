--- v0 (2025-10-25)
+++ v1 (2026-03-07)
@@ -111,153 +111,153 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">参团当日免费接的地点参团当日免费接的时间奥兰多国际机场（MCO）09:00-22:00奥兰多灰狗车站09:00-22:00PortCanaveral邮轮码头中午12:00备注：1.免费接机服务：团体免费机场接机，需要在机场等候其他旅客。当您出发抵达奥兰多国际机场（MCO），乘坐机场轻轨列车到达中央大厅，前往二楼行李提取处，导游会在那里与您会合。2.自费接机服务：晚上22:01&amp;ndash;24:00：前两人$60，第三人起每多一人多加$10每人（此报价不含接机服务费$6每人）。3.免费接机和付费接机时间以外到达的客人，请自行打车前往酒店（车程约25分钟）。4.13:00前到达的游客，可选择前往佛州最大奥特莱斯（交通费用$6每人）17:00前到达的游客可参加自费夜游，自行入住酒店的客人无法参加。（当日接机服务未含服务费$6每人）5.增值体验：接机当日如您不想与陌生人拼车，我司可提供私享专车服务，无需等待、随接随走，车价为$100/天（7人座商务，一台车最多6位客人，不含$6/人小费）。景点介绍：【奥兰多夜游OrlandoNightTour】夜游将前往奥兰多夜晚最繁华热闹的迪士尼之泉（DisneySpring）。它是一个集特色餐厅、街头演出、特色购物于一体的嘉年华式不夜城。小镇中随处可见的西班牙风格建筑、数不清的佛州特有“冷泉”，波光粼粼，清澈见底，真所谓是满眼皆美景。恐龙餐厅、雨林餐厅等各种各样精致美味的餐厅，满足您的味蕾。您可以在享受一顿丰盛的晚宴过后，观看各种迪士尼花重金聘请的艺术家所表演的免费街头表演，此外它还是著名的太阳马戏团所在地。亦或是前往世界最大的迪士尼商场、最大的乐高专卖店等数十家特色商店，开始买买买的购物模式，为您整个的奥兰多之旅开启一个美妙而又浪漫的夜晚。</w:t>
+              <w:t xml:space="preserve">参团当日免费接的地点参团当日免费接的时间奥兰多国际机场（MCO）09:00-22:00奥兰多灰狗车站09:00-22:00PortCanaveral邮轮码头中午12:00备注：1.免费接机服务：团体免费机场接机，需要在机场等候其他旅客。当您出发抵达奥兰多国际机场（MCO），乘坐机场轻轨列车到达中央大厅，前往二楼行李提取处，导游会在那里与您会合。2.自费接机服务：晚上22:01&amp;ndash;24:00：前两人$60，第三人起每多一人多加$10每人（此报价不含接机服务费$7.5每人）。3.免费接机和付费接机时间以外到达的客人，请自行打车前往酒店（车程约25分钟）。4.13:00前到达的游客，可选择前往佛州最大奥特莱斯（交通费用$7.5每人）16:30前在奥兰多国际机场（MCO）拿到行李并见到导游的客人，或16:30前自行抵达酒店入住的客人，均可选择参加自费夜游。（当日接机服务未含服务费$7.5每人）5.增值体验：接机当日如您不想与陌生人拼车，我司可提供私享专车服务，无需等待、随接随走，车价为$100/天（7人座商务，一台车最多6位客人，不含$7.5/人小费）。景点介绍：【奥兰多夜游OrlandoNightTour】夜游将前往奥兰多夜晚最繁华热闹的迪士尼之泉（DisneySpring）。它是一个集特色餐厅、街头演出、特色购物于一体的嘉年华式不夜城。小镇中随处可见的西班牙风格建筑、数不清的佛州特有“冷泉”，波光粼粼，清澈见底，真所谓是满眼皆美景。恐龙餐厅、雨林餐厅等各种各样精致美味的餐厅，满足您的味蕾。您可以在享受一顿丰盛的晚宴过后，观看各种迪士尼花重金聘请的艺术家所表演的免费街头表演，此外它还是著名的太阳马戏团所在地。亦或是前往世界最大的迪士尼商场、最大的乐高专卖店等数十家特色商店，开始买买买的购物模式，为您整个的奥兰多之旅开启一个美妙而又浪漫的夜晚。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今日，我们将乘车前往奥兰多的卡纳维拉尔港，登船开启我们的邮轮度假之旅。我们将乘坐皇家加勒比公司的海洋乌托邦号邮轮，体验轻松愉快的海上旅行。邮轮上有现代化的游乐设施及店铺：剧院，酒吧，雪茄俱乐部，游泳池，健身房，赌场，儿童乐园，美容院，图书馆，迷你高尔夫球场，教堂，免税店等等。及目蓝天大海，品饮美酒香茶，感受清新的海风，欣赏旖旎的海景，正是此行的享受。邮轮上还精心安排了大型百老汇歌舞表演节目，让您尽享顶级娱乐体验。免费餐厅包括三间主餐厅，一个自助餐厅及多种休闲咖啡厅，烧烤餐厅和速食餐厅。各个主餐厅提供每日变更的功能表，厨师招牌菜肴和精选红酒推荐，让每位客人体验到不同寻常的美食之旅。</w:t>
+              <w:t xml:space="preserve">今日，我们将乘车前往奥兰多的卡纳维拉尔港，登船开启我们的邮轮度假之旅。我们将乘坐皇家加勒比公司的海洋乌托邦号邮轮，体验轻松愉快的海上旅行。邮轮上有现代化的游乐设施及店铺：剧院，酒吧，雪茄俱乐部，游泳池，健身房，赌场，儿童乐园，美容院，图书馆，迷你高尔夫球场，教堂，免税店等等。及目蓝天大海，品饮美酒香茶，感受清新的海风，欣赏旖旎的海景，正是此行的享受。邮轮上还精心安排了大型百老汇歌舞表演节目，让您尽享顶级娱乐体验。免费餐厅包括三间主餐厅，一个自助餐厅及多种休闲咖啡厅，烧烤餐厅和速食餐厅。各个主餐厅提供每日变更的功能表，厨师招牌菜肴和精选红酒推荐，让每位客人体验到不同寻常的美食之旅。温馨提示：仅限陆地行程段包含导游服务，游轮行程期间无导游陪同。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">巴哈马联邦首府&amp;mdash;&amp;mdash;拿骚，是新普罗维登斯岛上最大的城市。拿骚长期以来一直吸引着来自世界各地的游客。这里有温暖的气候、自然美景以及世界级休闲场所和闪烁的夜生活。你可以通过探索拿骚随处可见的历史地标去了解拿骚的历史。如果你打算步行游览拿骚，一定要穿舒适的鞋子。当你寻找美食的时候，很多餐馆都可以找到真正的巴哈马菜肴，新鲜的龙虾和其他海鲜是最具代表性的。*11/14/2024和12/19/2024出发的行程将不会前往拿骚，您可以继续欢乐海上游行程，在船上纵享悠闲假日。邮轮为您提供丰富多彩的活动和惊险刺激的游玩项目，邮轮上设有各类娱乐设施：泳池、赌场、酒吧、各类主题餐厅。还有精彩的音乐表演让您玩转整个假期。</w:t>
+              <w:t xml:space="preserve">巴哈马联邦首府&amp;mdash;&amp;mdash;拿骚，是新普罗维登斯岛上最大的城市。拿骚长期以来一直吸引着来自世界各地的游客。这里有温暖的气候、自然美景以及世界级休闲场所和闪烁的夜生活。你可以通过探索拿骚随处可见的历史地标去了解拿骚的历史。如果你打算步行游览拿骚，一定要穿舒适的鞋子。当你寻找美食的时候，很多餐馆都可以找到真正的巴哈马菜肴，新鲜的龙虾和其他海鲜是最具代表性的。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -413,51 +413,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【陆地部分】1.行程中涉及到的三餐；2.司机导游服务费（每人每天USD$12美金）；3.行程中涉及到的一日游及相关活动门票；4.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；5.任何种类的旅游保险。【游轮部分】1.酒水、WIFI、照相服务、洗衣服务等个人消费；2.额外的收费特色餐厅；3.赌场、SPA等场所；4.行程中涉及到的岸上游项目；5.相关工作人员的服务费。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">【陆地部分】1.行程中涉及到的三餐；2.司机导游服务费（每人每天USD$15美金）；3.行程中涉及到的一日游及相关活动门票；4.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；5.任何种类的旅游保险。【游轮部分】1.酒水、WIFI、照相服务、洗衣服务等个人消费；2.额外的收费特色餐厅；3.赌场、SPA等场所；4.行程中涉及到的岸上游项目；5.相关工作人员的服务费。自费项目项目名称价格说明描述奥兰多夜游OrlandoNightTour成人：$35.00老人（65+）：$35.00儿童（9岁以下）：$25.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>