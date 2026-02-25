--- v0 (2025-11-13)
+++ v1 (2026-02-25)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将从旧金山出发，穿越加州和内华达州，抵达世界赌城&amp;mdash;&amp;mdash;拉斯维加斯。行程安排：旧金山&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜景游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">今天我们将从旧金山出发，穿越加州和内华达州，抵达世界赌城&amp;mdash;&amp;mdash;拉斯维加斯。行程安排：旧金山&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜景游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightViewTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -213,204 +213,204 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将启程参观峡谷地国家公园。此地宛如岛屿悬浮于天空，景色极为壮观！恋恋不舍的离开峡谷地国家公园后，我们将前往拱门国家公园。作为世界上最大的自然沙石拱门集中地，拱门国家公园占地约309平方公里，有超过2000座天然岩石拱门。如今目之所见的拱石以千奇百怪的姿态抵御了千万年的风雨侵蚀，依然傲立在这片盐层上，令人叹为观止。行程安排：峡谷地国家公园（必付项目，60分钟）&amp;rarr;拱门国家公园（必付项目，120分钟）景点介绍：【峡谷地国家公园CanyonlandsNationalPark】峡谷地国家公园位于犹他州东南格林河和科罗拉多河汇合处，系多年河流冲刷和风霜雨雪侵蚀而成的砂岩塔、峡谷等，成为世界上最著名的侵蚀区域之一，以峰峦险恶、怪石嶙峋著称。天空之岛坐落在陡峭的砂岩悬崖上，高出周围地形1000英尺。每一次俯瞰都能从不同的角度看到峡谷地带的壮观景色。【拱门国家公园ArchesNationalPark】拱门国家公园位于美国犹他州靠近摩押镇处，面积309平方公里，保存了超过2000座天然岩石拱门。约三亿年前，这种盐层曾是海洋。海水消失的几百万年后，盐层被空气和水中的渣滓所覆盖，并和其它杂物挤压成岩石。后经地壳隆起以及天然风化，成为如今的拱门。公园里不只有拱门，还有为数众多的大小尖塔、基座和平衡石等奇特的地质特征；所有的石头上有着颜色对比非常强烈的纹理。</w:t>
+              <w:t xml:space="preserve">今天我们将启程参观峡谷地国家公园。此地宛如岛屿悬浮于天空，景色极为壮观！恋恋不舍的离开峡谷地国家公园后，我们将前往拱门国家公园。作为世界上最大的自然沙石拱门集中地，拱门国家公园占地约309平方公里，有超过2000座天然岩石拱门。如今目之所见的拱石以千奇百怪的姿态抵御了千万年的风雨侵蚀，依然傲立在这片盐层上，令人叹为观止。行程安排：布莱斯&amp;rarr;峡谷地国家公园（必付项目，60分钟）&amp;rarr;拱门国家公园（必付项目，120分钟）&amp;rarr;布兰丁酒店景点介绍：【峡谷地国家公园CanyonlandsNationalPark】峡谷地国家公园位于犹他州东南格林河和科罗拉多河汇合处，系多年河流冲刷和风霜雨雪侵蚀而成的砂岩塔、峡谷等，成为世界上最著名的侵蚀区域之一，以峰峦险恶、怪石嶙峋著称。天空之岛坐落在陡峭的砂岩悬崖上，高出周围地形1000英尺。每一次俯瞰都能从不同的角度看到峡谷地带的壮观景色。景点介绍：【拱门国家公园ArchesNationalPark】拱门国家公园位于美国犹他州靠近摩押镇处，面积309平方公里，保存了超过2000座天然岩石拱门。约三亿年前，这种盐层曾是海洋。海水消失的几百万年后，盐层被空气和水中的渣滓所覆盖，并和其它杂物挤压成岩石。后经地壳隆起以及天然风化，成为如今的拱门。公园里不只有拱门，还有为数众多的大小尖塔、基座和平衡石等奇特的地质特征；所有的石头上有着颜色对比非常强烈的纹理。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">有西部大片情节的朋友们有福了，今天我们将来到纪念碑谷。纪念碑谷频繁出现在电影镜头中，是美国原始大西部的象征，《阿甘正传》中的跨国长跑就在这里终结。之后前往美国地理杂志评选出的知名摄影点&amp;mdash;&amp;mdash;马蹄湾，河流在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾正是由此而得名。最后我们去参观奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，是大自然的抽象画。一直以来彩穴都是纳瓦霍印第安人静坐深思的凈地，他们相信这里可以聆听神的声音。夜宿印第安保护区图巴。行程安排：纪念碑谷（必付项目，120分钟，可自费乘坐吉普车游览）&amp;rarr;马蹄湾（必付项目，75分钟）&amp;rarr;下羚羊彩穴（自费，120分钟）景点介绍：【纪念碑谷MonumentValley】纪念碑谷在1930年代开始出现于许多媒体中，是美国原始大西部的象征。最有名的是在美国导演约翰&amp;middot;福特的多部西部片中，其中有《驿马车》《搜索者》。导演罗拔&amp;middot;湛米基思的《阿甘正传》中的跨国长跑在这里终结。纪念碑谷的壮观难以用言语描述，一尊尊巨大的雕塑矗立在红色的原野上。这里是苍凉与狂野乐章的共鸣，生命与灵魂升华的圣地。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。</w:t>
+              <w:t xml:space="preserve">有西部大片情节的朋友们有福了，今天我们将来到纪念碑谷。纪念碑谷频繁出现在电影镜头中，是美国原始大西部的象征，《阿甘正传》中的跨国长跑就在这里终结。之后前往美国地理杂志评选出的知名摄影点&amp;mdash;&amp;mdash;马蹄湾，河流在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾正是由此而得名。最后我们去参观奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，是大自然的抽象画。一直以来彩穴都是纳瓦霍印第安人静坐深思的凈地，他们相信这里可以聆听神的声音。夜宿印第安保护区图巴。行程安排：布兰丁&amp;rarr;纪念碑谷（必付项目，120分钟，可自费乘坐吉普车游览）&amp;rarr;马蹄湾（必付项目，75分钟）&amp;rarr;下羚羊彩穴（自费，120分钟）&amp;rarr;图巴城酒店特别说明：1.下羚羊彩穴将于01/12/2026-01/18/2026期间关闭维修，受此影响，在此期间原行程安排将改为：羚羊峡谷X（自费，120分钟）。2.为保障儿童安全，羚羊峡谷X明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。景点介绍：【纪念碑谷MonumentValley】纪念碑谷在1930年代开始出现于许多媒体中，是美国原始大西部的象征。最有名的是在美国导演约翰&amp;middot;福特的多部西部片中，其中有《驿马车》《搜索者》。导演罗拔&amp;middot;湛米基思的《阿甘正传》中的跨国长跑在这里终结。纪念碑谷的壮观难以用言语描述，一尊尊巨大的雕塑矗立在红色的原野上。这里是苍凉与狂野乐章的共鸣，生命与灵魂升华的圣地。景点介绍：【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨我们驱车前往被称为世界七大自然奇迹之首的大峡谷国家公园，领略造物主的神奇。在这里，每一位过客都是摄影家，每一张照片都是风景画，您可自费搭乘直升机、观光小飞机从空中俯瞰大峡谷。离开大峡谷公园，我们会乘车途经著名的胡佛水坝，抵达世界赌博娱乐之都&amp;mdash;&amp;mdash;拉斯维加斯！晚上可以自费跟随经验丰富的司机导游参加夜游，或者欣赏世界最高水平的歌舞及魔术秀！行程安排：大峡谷国家公园东缘&amp;amp;南缘（必付项目，2.5小时）&amp;rarr;南峡谷直升机或小飞机（自费，1小时）&amp;rarr;胡佛水坝（途经）&amp;rarr;拉斯维加斯景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【南峡谷GrandCanyonSouthRim】南峡谷又称大峡谷南缘，位于大峡谷的中段。地势险峻而壮阔，峡谷深不见底，规模最大。公园建设成熟完善，尤其适合公路自驾，没有任何商业设施，几乎各个观景点都尽可能保留原貌。南峡谷大规模的壮丽景观以及完善适宜的游玩环境，让人面对这造物主的鬼斧神工无不感慨万千、流连忘返。</w:t>
+              <w:t xml:space="preserve">清晨我们驱车前往被称为世界七大自然奇迹之首的大峡谷国家公园，领略造物主的神奇。在这里，每一位过客都是摄影家，每一张照片都是风景画，您可自费搭乘直升机从空中俯瞰大峡谷。离开大峡谷公园，我们会乘车途经著名的胡佛水坝，抵达世界赌博娱乐之都&amp;mdash;&amp;mdash;拉斯维加斯！晚上可以自费跟随经验丰富的司机导游参加夜游，或者欣赏世界最高水平的歌舞及魔术秀！行程安排：大峡谷国家公园东缘&amp;amp;南缘（必付项目，2.5小时）&amp;rarr;南峡谷直升机（自费，1小时）&amp;rarr;胡佛水坝（途经）&amp;rarr;拉斯维加斯（可自费参加夜景游）景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【南峡谷GrandCanyonSouthRim】南峡谷又称大峡谷南缘，位于大峡谷的中段。地势险峻而壮阔，峡谷深不见底，规模最大。公园建设成熟完善，尤其适合公路自驾，没有任何商业设施，几乎各个观景点都尽可能保留原貌。南峡谷大规模的壮丽景观以及完善适宜的游玩环境，让人面对这造物主的鬼斧神工无不感慨万千、流连忘返。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。行程安排：拉斯维加斯&amp;rarr;旧金山</w:t>
+              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。行程安排：拉斯维加斯&amp;rarr;拉斯网红欢迎招牌打卡（必付项目，20-30分钟）&amp;rarr;旧金山</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,83 +464,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述AW系列必付费用AWMandatoryFee每人：$200.00包含：锡安国家公园、布莱斯国家公园、峡谷地国家公园、拱门国家公园、纪念碑谷、马蹄湾、大峡谷国家公园、拉斯五星级酒店ResortFee纪念碑谷吉普车（90分钟）MonumentValleyJeep每人：$65.00南峡谷直升机GrandCanyonSouthRimHelicopter04/01/2025前：每人：$289.0004/01/2025起：每人：$299.003岁以上同价包含：燃油附加费下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费猛男秀ThunderfromDown【现付】成人：$90.00场次：9pm或11pm（11pm仅限周四、周日）日期：周一、周三、周四、周日年龄限制：需18岁以上大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$128年龄限制：儿童需5岁以上大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$155年龄限制：儿童需5岁以上戴维魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$165年龄限制：儿童需5岁以上戴维魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00儿童需5岁以上太阳剧团欧秀OShow【现付】每人：$253.00场次：7pm或9:30pm日期：周三、周四、周五、周六、周日年龄限制：儿童需5岁以上秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。成人秀FantasyShow【现付】每人：$85.00场次：10:30pm日期：每天年龄限制：需18岁以上拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价拉斯维加斯夜游直升机LasVegasNightTourwithHelicopter每人：$159.00包含：接送服务+10-12分钟直升飞机体验；年龄限制：儿童需3岁以上南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00南峡谷小飞机SouthCanyonMiniatureAircraft每人：$228.003岁以上同价包含：燃油附加费蓝人秀BlueManGroup【现付】每人：$110.00场次：8pm日期：每天年龄限制：需5岁以上南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价太阳剧团KA秀KAShow【现付】每人：$135.00场次：7pm或9:30pm日期：周一、周二、周三、周六、周日年龄限制：需5岁以上帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$87.00场次：6pm或8:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00场次：7pm或9:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述羚羊峡谷XAntelopeCanyonX成人：100.00儿童（0-7岁）：$70.00包含当地接送及向导服务费为保障儿童安全，景区明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。AW系列必付费用（SF）AWMandatoryFee每人：$210.00包含：锡安国家公园、布莱斯国家公园、峡谷地国家公园、拱门国家公园、纪念碑谷、马蹄湾、大峡谷国家公园、拉斯五星级饭店度假费、拉斯网红欢迎招牌打卡纪念碑谷吉普车（90分钟）MonumentValleyJeep每人：$65.00南峡谷直升机GrandCanyonSouthRimHelicopter每人：$299.003岁以上同价包含：燃油附加费预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价拉斯维加斯夜游直升机LasVegasNightTourwithHelicopter每人：$159.00包含：接送服务+10-12分钟直升飞机体验；年龄限制：儿童需3岁以上预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00秀票价格会有浮动，所有价格请以实际预定当天为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">如您选择在洛杉矶离团，我司可安排拉斯维加斯-洛杉矶送站服务，价格为$50.00/人。具体行程安排为：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯（自费，90分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶如您选择不参加自费项目，可在酒店内自由活动。洛杉矶下车点如下：1.PicoHouseLosAngeles；424NMainSt,LosAngeles,CA90012；此洛杉矶下车点需加收送站费$50.00/人。2.LincolnPlazaHotel停车场；123SLincolnAve,MontereyPark，CA91755；此洛杉矶下车点需加收送站费$50.00/人。3.Starbucks-TheSquareIrvine；17913MacArthurBlvd,Irvine,CA92614；此洛杉矶下车点需加收送站费$50.00/人。4.Motel6FountainValley停车场；9125RecreationCir,FountainValley,CA92708；此洛杉矶下车点需加收送站费$50.00/人。5.SheratonSanGabriel；303EValleyBlvd,SanGabriel,CA91776；此洛杉矶下车点需加收送站费$50.00/人。此下车点只限酒店住客，需提供酒店确认号。6.HartfordHotel,BWSignatureCollectionRosemead；8832GlendonWay,Rosemead,CA91770；此洛杉矶下车点需加收送站费$50.00/人。7.HowardJohnsonFullerton-ParkingLot；222W.HoustonAve.Fullerton,CA92832；此洛杉矶下车点需加收送站费$50.00/人。8.潮楼海鲜酒楼（罗兰岗德成行隔壁）；1463NogalesSt,RowlandHeights,CA91748；此洛杉矶下车点需加收送站费$50.00/人。9.99RanchRanchoCucamonga；9775BaseLineRd,RanchoCucamonga,CA91730；此洛杉矶下车点需加收送站费$50.00/人。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>