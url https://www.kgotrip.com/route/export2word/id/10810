--- v0 (2025-10-29)
+++ v1 (2026-02-25)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">西雅图又被称为&amp;ldquo;翡翠之城&amp;rdquo;，是美国华盛顿州的一座港口城市，是美国西北部商业中心，位于华盛顿州金郡、普吉特海湾和华盛顿湖之间。西雅图被认为是垃圾音乐的诞生之地。也是油渍摇滚的诞生地，西雅图人也因咖啡消费量极大而闻名。西雅图最特别的地标就是太空针塔(SpaceNeedle)，它是为1962年的21世纪博览会修建的，其周围的博览会会址被改变为西雅图中心(SeattleCenter)，至今依然是许多重要的民间和艺术大事的场地。其他著名的景点还有帕克市场、奇胡利玻璃艺术花园、哥伦比亚观景台等。行程安排：凯瑞公园（20分钟）&amp;rarr;亚马逊总部网红热带雨林大球（途经）&amp;rarr;太空针塔+奇胡利玻璃艺术花园（自费，1小时）&amp;rarr;派克市场（2.5小时）&amp;rarr;哥伦比亚观景台（包含门票，45分钟）&amp;rarr;西雅图老城区（途经先锋广场，游览西雅图唐人街，30分钟）&amp;rarr;港式下午茶景点介绍：【凯瑞公园KerryPark】凯瑞公园是观赏西雅图全景的最佳地点，不仅可以将太空针塔收入镜头，还能在天气晴朗的时候拍摄到雷尼尔雪山，于黄昏时看城市灯火渐起，海湾倒影浮光，不禁让人感歎这样一座城市，满足了人们对美好生活的全部臆想。【亚马逊总部网红热带雨林大球TheSpheres】为了体现亚马逊公司热带雨林氛围，给员工创造更舒适的工作环境，亚马逊在西雅图市中心的总部建了三颗彼此相连的玻璃球型温室。这三个依偎在一起的大玻璃球，一建成就成了西雅图的重磅打卡地标。【太空针塔SpaceNeedle】1962年因世博会而设计的太空针塔已成为西雅图地标建筑，在离地520英尺高的地方设有观景平台和旋转餐厅，你可以体验时速16公里的升降机直升塔顶，在白天远眺雷尼尔山，在傍晚欣赏海湾落日，在夜的笼罩下陶醉于城市星光。【奇胡利玻璃艺术花园TheChihulyGardenandGlass】美国著名玻璃艺术家奇胡利因其作品风格独树一帜而闻名世界。而这座展馆正是以奇胡利作品为主的玻璃艺术展馆，绝对会让你叹为观止。该玻璃艺术馆展出分室内与室外，是无与伦比的视觉盛宴。【派克市场PikePlaceMarket】派克市场是美国历史最悠久的农贸市场，不仅供应各种当地的生鲜蔬果和海鲜，更因此吸引了无数手工艺人和街头表演。在这里，你可以欣赏热闹非凡的“抛鱼表演”，也可以漫步老街道，买一杯星巴克第一店的咖啡细细品味。【哥伦比亚观景台SkyViewObservatoryatColumbiaCenter】乘坐电梯上到观光层，整个西雅图市区美景360度全景尽收眼底：摩天轮、普吉特海湾、太空针塔、微软园区、雷尼尔雪山等等。还可以体验世界最先进的360度全屏的观光塔电梯体验：四周全萤幕，上观光塔讲述雷尼尔雪山，下观光塔讲述西雅图这座城市的建立过程，让你惊喜满满。【西雅图唐人街SeattleChinatown】西雅图唐人街也被称为国际区，是西雅图市中心一个充满活力的街区。它是一个历史悠久的文化中心，融合了中国、日本、菲律宾、越南和其他亚洲文化。该地区以其多元化的餐饮场所而闻名，拥有众多提供正宗亚洲美食的餐厅。</w:t>
+              <w:t xml:space="preserve">西雅图又被称为&amp;ldquo;翡翠之城&amp;rdquo;，是美国华盛顿州的一座港口城市，是美国西北部商业中心，位于华盛顿州金郡、普吉特海湾和华盛顿湖之间。西雅图被认为是垃圾音乐的诞生之地。也是油渍摇滚的诞生地，西雅图人也因咖啡消费量极大而闻名。西雅图最特别的地标就是太空针塔(SpaceNeedle)，它是为1962年的21世纪博览会修建的，其周围的博览会会址被改变为西雅图中心(SeattleCenter)，至今依然是许多重要的民间和艺术大事的场地。其他著名的景点还有帕克市场、奇胡利玻璃艺术花园、哥伦比亚观景台等。行程安排：凯瑞公园（20分钟）&amp;rarr;亚马逊总部网红热带雨林大球（途经）&amp;rarr;太空针塔+奇胡利玻璃艺术花园（自费，1小时）&amp;rarr;派克市场（2.5小时）&amp;rarr;哥伦比亚观景台（包含门票，45分钟）&amp;rarr;西雅图老城区（途经先锋广场，游览西雅图唐人街，30分钟）&amp;rarr;港式下午茶景点介绍：【凯瑞公园KerryPark】凯瑞公园是观赏西雅图全景的最佳地点，不仅可以将太空针塔收入镜头，还能在天气晴朗的时候拍摄到雷尼尔雪山，于黄昏时看城市灯火渐起，海湾倒影浮光，不禁让人感歎这样一座城市，满足了人们对美好生活的全部臆想。【亚马逊总部网红热带雨林大球TheSpheres】为了体现亚马逊公司热带雨林氛围，给员工创造更舒适的工作环境，亚马逊在西雅图市中心的总部建了三颗彼此相连的玻璃球型温室。这三个依偎在一起的大玻璃球，一建成就成了西雅图的重磅打卡地标。【太空针塔SpaceNeedle】1962年因世博会而设计的太空针塔已成为西雅图地标建筑，在离地520英尺高的地方设有观景平台和旋转餐厅，你可以体验时速16公里的升降机直升塔顶，在白天远眺雷尼尔山，在傍晚欣赏海湾落日，在夜的笼罩下陶醉于城市星光。【奇胡利玻璃艺术花园TheChihulyGardenandGlass】美国著名玻璃艺术家奇胡利因其作品风格独树一帜而闻名世界。而这座展馆正是以奇胡利作品为主的玻璃艺术展馆，绝对会让你叹为观止。该玻璃艺术馆展出分室内与室外，是无与伦比的视觉盛宴。【派克市场PikePlaceMarket】派克市场是美国历史最悠久的农贸市场，不仅供应各种当地的生鲜蔬果和海鲜，更因此吸引了无数手工艺人和街头表演。在这里，你可以欣赏热闹非凡的&amp;ldquo;抛鱼表演&amp;rdquo;，也可以漫步老街道，细细感受市场的独特氛围。【哥伦比亚观景台SkyViewObservatoryatColumbiaCenter】乘坐电梯上到观光层，整个西雅图市区美景360度全景尽收眼底：摩天轮、普吉特海湾、太空针塔、微软园区、雷尼尔雪山等等。还可以体验世界最先进的360度全屏的观光塔电梯体验：四周全萤幕，上观光塔讲述雷尼尔雪山，下观光塔讲述西雅图这座城市的建立过程，让你惊喜满满。【西雅图唐人街SeattleChinatown】西雅图唐人街也被称为国际区，是西雅图市中心一个充满活力的街区。它是一个历史悠久的文化中心，融合了中国、日本、菲律宾、越南和其他亚洲文化。该地区以其多元化的餐饮场所而闻名，拥有众多提供正宗亚洲美食的餐厅。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -209,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中未提及的餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述太空针塔SpaceNeedle成人：$37.00老人（65岁及以上）：$32.00儿童（5-12岁）：$28.00景点门票价格无法提前预付，请以景点窗口价为准并在团上向导游支付相关活动费用。奇胡利玻璃艺术花园ChihulyGlassGarden成人：$36.75老人（65+歲）：$31.50儿童(5-12岁)：$27.30景点门票价格无法提前预付，请以景点窗口价为准并在团上向导游支付相关活动费用。</w:t>
+              <w:t xml:space="preserve">1.行程中未提及的餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述太空针塔SpaceNeedle成人：$37.00起老人（65岁及以上）：$32.00起儿童（5-12岁）：$28.00起景点门票价格无法提前预付，请以景点窗口价为准并在团上向导游支付相关活动费用。奇胡利玻璃艺术花园ChihulyGlassGarden成人：$37.10-$45.05老人（65岁及以上）：$31.80-$39.75儿童(5-12岁)：$31.80-$39.75景点门票价格无法提前预付，请以景点窗口价为准并在团上向导游支付相关活动费用。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>