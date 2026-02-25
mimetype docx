--- v0 (2025-11-02)
+++ v1 (2026-02-25)
@@ -162,102 +162,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您可以自由活动或者自费参加各种项目。下午我们将开启1-2小时的黄刀镇市区游览，参观大奴湖边、老城区、印第安保留地、飞行员纪念碑等景点，也可以在访客中心领取黄色小刀徽章及极地证书。晚上我们将再次开启极光之旅。第二晚极光观赏，相信您对如何拍摄极光已了如指掌，无论在温暖舒适的营地还是在追光的路上，摄影导游都会为您提供不限数量的极光拍摄。上午自由活动推荐：CenturySquareMall有半成品的皮草，例如白色雪狐皮、水貂皮等。美食推荐在（自费）：网红Bullock餐厅的野牛排、鹿肉排值得一试。上午可参加的自费项目：秋季冬季1.大奴湖泛舟（含午餐）1.狗拉雪橇（15分钟雪橇奔跑时间，含烤棉花糖和雪上溜溜球体验）2.大奴湖钓鱼（纯钓鱼不含餐）2.印第安冰上捕鱼（2-3小时含鱼餐，仅限冬季）3.金马隆瀑布足行3.雪地摩托车（每人每台或两人一台车每小时，仅限冬季）备注：1.8月14日起至10月15日秋季期间，无法报名参加冬季冰上项目，敬请谅解。2.冬季行程为12/01-03/31期间，需要根据具体的雪量决定是否可以参加自费项目。若因天气原因无法参加自费项目，我司将全额退还已缴纳的自费项目费用。景点介绍：【狗拉雪橇DogSleddingAdventure】狗拉雪橇原本是爱斯基摩人的常用交通工具，在这里却是冬季必选的户外体验项目。在专业人员的驾驭下，您可以体验在广袤雪海上奔驰的快感。狗拉雪橇期间可任玩雪上溜溜球、烤棉花糖、大雪鞋摆拍。2-4人乘坐12-16头阿拉斯加/哈士奇犬在森林湖边奔跑15分钟。【印第安冰上捕鱼IceFishingTour】前往印第安人的家，观看本地人在湖边设网捕鱼（100%捕上鱼），并且还将现场烹杀鲜鱼，煎炸煮各式做法不仅为你呈现一场视觉盛宴，还让你的味蕾体验不同的美味刺激！寒风凛冽中，一碗鲜美鱼汤再合适不过，搭配印第安小饼，让你全身心温暖舒畅！【黄刀雪地摩托车YellowknifeSnowmobile】与我们日常所见到的用轮子在路上跑的摩托车不同的是，加拿大黄刀镇的雪地摩托没有轮子，而是使用履带的旋转来行驶的，在雪地中行驶的时候会更加的稳健。在北极，没有什么比雪地摩托车更具刺激性，体验征服这片雪海的感受。全新雪地摩托车，配有加热头盔，由拥有多年极地经验的导游全程跟随护航。</w:t>
+              <w:t xml:space="preserve">今天您可以自由活动或者自费参加各种项目。下午我们将开启1-2小时的黄刀镇市区游览，参观大奴湖边、老城区、印第安保留地、飞行员纪念碑等景点，也可以在访客中心领取黄色小刀徽章及极地证书。晚上我们将再次开启极光之旅。第二晚极光观赏，相信您对如何拍摄极光已了如指掌，无论在温暖舒适的营地还是在追光的路上，摄影导游都会为您提供不限数量的极光拍摄。上午自由活动推荐：CenturySquareMall有半成品的皮草，例如白色雪狐皮、水貂皮等。美食推荐在（自费）：网红Bullock餐厅的野牛排、鹿肉排值得一试。上午可参加的自费项目：秋季冬季1.大奴湖泛舟（含午餐）1.狗拉雪橇（15分钟雪橇奔跑时间，含烤棉花糖和雪上溜溜球体验）2.金马隆瀑布足行2.雪地摩托车（每人每台或两人一台车每小时，仅限冬季）3.自驾ATV越野四驱车（1人1车或两人1车自驾1小时）备注：1.8月14日起至10月15日秋季期间，无法报名参加冬季冰上项目，敬请谅解。2.冬季行程为11/28-04/11期间，需要根据具体的雪量决定是否可以参加自费项目。若因天气原因无法参加自费项目，我司将全额退还已缴纳的自费项目费用。景点介绍：【狗拉雪橇DogSleddingAdventure】狗拉雪橇原本是爱斯基摩人的常用交通工具，在这里却是冬季必选的户外体验项目。在专业人员的驾驭下，您可以体验在广袤雪海上奔驰的快感。狗拉雪橇期间可任玩雪上溜溜球、烤棉花糖、大雪鞋摆拍。2-4人乘坐12-16头阿拉斯加/哈士奇犬在森林湖边奔跑15分钟。【黄刀雪地摩托车YellowknifeSnowmobile】与我们日常所见到的用轮子在路上跑的摩托车不同的是，加拿大黄刀镇的雪地摩托没有轮子，而是使用履带的旋转来行驶的，在雪地中行驶的时候会更加的稳健。在北极，没有什么比雪地摩托车更具刺激性，体验征服这片雪海的感受。全新雪地摩托车，配有加热头盔，由拥有多年极地经验的导游全程跟随护航。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，您将在指定时间在酒店大堂集合后，导游安排统一送往机场，结束黄刀完美的幸福极光之旅。黄刀镇机场(YZF)提供24小时免费送机服务。</w:t>
+              <w:t xml:space="preserve">今天將结束黄刀完美的幸福极光之旅。如您的返程航班起飞时间在11:01AM-2:59AM之间，导游将通知您确切的送机时间（通常在航班起飞前2-3小时）；如您的返程航班起飞时间在3:00AM-11:00AM之间，则不提供送机服务，建议建议提前预约出租车前往机场。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -311,83 +311,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程所列酒店住宿；2.加币价格不含联邦服务税5%GST；3.往返出发地的交通费用；4.司机导游服务费：黄刀接送机当日USD$4/CAD$5/人/天，黄刀行程部分USD$8/CAD$10/人/天；5.全程餐饮；6.行程中的自费项目；7.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；8.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；9.费用包含中未列出的其他费用。自费项目项目名称价格说明描述秋季项目：大奴湖泛舟（含午餐）Boating(LunchIncluded)每人：USD$130.00/CAD$159.00活动时间：08/14-10/15，全程约4小时，乘坐冲锋舟（小船），游览大奴湖老城区船屋，之后上岛享用午餐。纯坐船游湖。需要根据实际情况决定哪一天可以参加。加币价格不含联邦服务税5%GST。秋季项目：大奴湖钓鱼（纯钓鱼不含餐）BoatFishing(WithoutMeals)每人：USD$155.00/CAD$189.00活动时间：08/14-10/15，乘坐小船（每船最多5人），前往大奴湖鱼岛之地，钓起大奴湖狗鱼，不含午餐，含西北省钓鱼执照。加币价格不含联邦服务税5%GST。秋季项目：金马隆瀑布足行WalkingTourtoCameronFalls每人：USD$77.00/CAD$94.00活动时间：08/14-10/15，全程约4小时，开车1小时左右抵达瀑布山脚下，随后步行约40分钟穿过山谷原始森林抵达瀑布上方，需要根据实际情况决定哪一天可以参加。加币价格不含联邦服务税5%GST。冬季项目：狗拉雪橇DogSledding每人：USD$102.00/CAD$124.00活动时间：12/01-03/31，需要根据实际情况决定哪一天可以参加。加币价格不含联邦服务税5%GST。冬季项目：黄刀镇雪地摩托车YellowknifeSnowmobile每人每台：USD106.00/CAD$129.00两人一台：USD180.00/CAD$220.00每人每台或两人一台车一小时，活动时间：12/01-03/31，需要根据具体的雪量决定哪一天可以參加。加币价格不含联邦服务税5%GST。冬季项目：印第安人家冰上捕鱼+市中心餐厅鱼餐Icefishing每人：USD$93.00/CAD$114.00活动时间：12/01-03/31，驱车前往大奴湖边印第安人家里，当地印第安渔民会在鱼道上预先打好网洞，客人可与当地渔民一起拉网捕鱼，亲身体验极地渔民之乐，可任玩滑雪板。随后前往市区餐厅（NoodleHouse）享受鱼餐。餐后客人自行返回酒店（距离市中心所有酒店步行3-5分钟）。加币价格不含联邦服务税5%GST。黄刀镇2晚御寒服每人：USD$61.00/CAD$74.00包括加拿大鹅5级Expedition远征外套，雪裤，靴子，手套，最后一晚极光后收回。如要求送机归还，需额外收取30加币每天，客人抵达后要求租赁御寒服，需额外收取10加币处理费用，且不保证有空余且合身御寒服。加币价格不含联邦服务税5%GST。</w:t>
+              <w:t xml:space="preserve">1.行程所列酒店住宿；2.加币价格不含联邦服务税5%GST；3.往返出发地的交通费用；4.司机导游服务费：黄刀接送机当日USD$4/CAD$5/人/天，黄刀行程部分USD$8/CAD$10/人/天；5.全程餐饮；6.行程中的自费项目；7.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；8.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；9.费用包含中未列出的其他费用。自费项目项目名称价格说明描述秋--自驾ATV越野四驱车Self-drivingATVoff-roadfour-wheeldrive2人1车：USD188.00/CAD$228.001人1车：USD108.00/CAD$130.001人1车或2人1车自驾1小时，活动时间：08/14-10/15，经验丰富的专业向导将带领您穿越黄刀的沙漠地带，森林边缘。领略原始森林与蜿蜒小径，属于西北地区独特的自然风光。途中可自由驾驶，尽情拍照。加币价格不含联邦服务税5%GST。秋季项目：大奴湖泛舟（含午餐）Boating(LunchIncluded)每人：USD$148.00/CAD$175.00活动时间：08/14-10/15，全程约4小时，乘坐冲锋舟（小船），游览大奴湖老城区船屋，之后上岛享用午餐。纯坐船游湖。需要根据实际情况决定哪一天可以参加。加币价格不含联邦服务税5%GST。秋季项目：大奴湖钓鱼（纯钓鱼不含餐）BoatFishing(WithoutMeals)每人：USD$155.00/CAD$189.00活动时间：08/14-10/15，乘坐小船（每船最多5人），前往大奴湖鱼岛之地，钓起大奴湖狗鱼，不含午餐，含西北省钓鱼执照。加币价格不含联邦服务税5%GST。秋季项目：金马隆瀑布足行WalkingTourtoCameronFalls每人：USD$78.00/CAD$95.00活动时间：08/14-10/15，全程约4小时，开车1小时左右抵达瀑布山脚下，随后步行约40分钟穿过山谷原始森林抵达瀑布上方，需要根据实际情况决定哪一天可以参加。加币价格不含联邦服务税5%GST。冬季项目：狗拉雪橇DogSledding每人：USD$108.00/CAD$125.00活动时间：12/01-03/31，12-16只阿拉斯加+哈士奇组建的雪橇小分队，在森林湖泊奔跑约15分钟。（首先订Village狗拉雪橇，附赠烤棉花糖Tubing。如果订不到，会自动更换成Becks的狗拉雪橇），需要根据实际情况决定哪一天可以参加。加币价格不含联邦服务税5%GST。冬季项目：黄刀镇雪地摩托车YellowknifeSnowmobile每人每台：USD108.00/CAD$130.00两人一台：USD188.00/CAD$228.00每人每台或两人一台车一小时，活动时间：12/01-03/31，需要根据具体的雪量决定哪一天可以參加。所需时间：1小时。加币价格不含联邦服务税5%GST。黄刀镇2晚御寒服每人：USD$58.00/CAD$75.00包括加拿大鹅5级Expedition远征外套，雪裤，靴子，手套，最后一晚极光后收回。如要求送机归还，需额外收取30加币每天，客人抵达后要求租赁御寒服，需额外收取10加币处理费用，且不保证有空余且合身御寒服。加币价格不含联邦服务税5%GST。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前17日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至16日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>