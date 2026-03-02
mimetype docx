--- v0 (2025-11-02)
+++ v1 (2026-03-02)
@@ -162,102 +162,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上沿着1号公路前往洛矶山，途经冰河国家公园著名的罗杰斯峡谷通道。随后经优鹤国家公园进入班芙国家公园，之后抵达哥伦比亚冰川，可搭乘冰原雪车感受阿萨巴斯卡冰川冰雪的温度，触摸万年冰河，留下旅行中的美好纪念。接下来途径并前去打卡晶莹剔透的沛托湖，在湖光山色中留下美好的回忆。随后前去参观著名的弓河瀑布，最后抵达班芙市区内，客人可自行前往礼品店及品尝多种不同风味美食佳肴。行程安排：灰熊镇/鲑鱼湾&amp;rarr;冰河国家公园（途经）&amp;rarr;优鹤国家公园（途经）&amp;rarr;班芙国家公园&amp;rarr;鸦爪冰川（途经）&amp;rarr;哥伦比亚冰川（1.5小时，含冰原雪车游览时间）&amp;rarr;弓湖（途经）&amp;rarr;沛托湖（20分钟）&amp;rarr;弓河瀑布（10分钟）&amp;rarr;班芙小镇（60分钟）景点介绍：【冰川国家公园GlacierNationalPark】冰川国家公园在加拿大英属哥伦比亚省的落基山脉上。公园因冰川和铁路博物馆出名。于1886年建立，占地约1394平方公里。冰川退缩后留下许许多多美丽的山川、湖泊和瀑布等，风景从大到小都变化万千，非常美丽。【优鹤国家公园YohoNationalPark】YOHO是印地安人的惊叹，优鹤国家公园内拔地而起的山墙和奔腾飞溅的瀑布都令人望而兴叹，公园因而获名。公园拥有加拿大最高的瀑布奇景、世界级的化石遗迹地和鬼斧神工的的天然地形景观。优鹤和班芙、贾斯珀同被联合国教科文组织列为世界遗产。【班芙国家公园BanffNationalPark】班芙国家公园是加拿大的第一个国家公园和世界第三个国家公园，作为&amp;ldquo;落基山脉国家公园群&amp;rdquo;的一部分于1984年列入《世界遗产名录》。整个国家公园的面积达6,641平方千米，有谷地高山、冰原河流、森林草地，是堪称世界一流的旅游目的地。【哥伦比亚冰川ColumbiaIcefield】哥伦比亚冰川形成于远古时代，地处高原，靠近北极，是整个落基山十七个冰原之一。它是世界上著名的远古大冰原遗迹，也是太平洋、大西洋、北冰洋的大分水岭。哥伦比亚冰川为整个北美洲提供了洁净的水和清新的空气，影响了动植物的生态环境。【弓湖BowLake】弓湖坐落在加拿大落基山，冰川的融水潺潺流下，构成了这一片瑰丽而优雅的绿松石湖泊，这是冰川淤泥与与融水结合而成的奇异景象。在风平浪静的时候，宁静的湖水如同一面镜子，周围的山脉倒映在其中。【沛托湖PeytoLake】每年夏季，大量冰川岩粉流入湖水中，这些岩石的微粒使湖水呈现出明亮的的青绿色。沛托湖也因此成为公园内受游客欢迎的观光地点。【弓河瀑布BowFalls】上个世纪50年代玛丽莲&amp;middot;梦露主演的电影《大江东去》（RiverofNoReturn）即取景于此。在影片中，性感女神玛丽莲&amp;middot;梦露就是在这条河边晾衣服的。自此之后，每年弓河瀑布都会吸引大批的背包客都会前来观赏。【班芙小镇TownofBanff】班芙是加拿大阿尔伯塔省班芙国家公园内的一个小镇，是加拿大最受欢迎的旅游目的地之一。它以其山区环境和温泉而闻名，是户外运动和远足、骑自行车、攀爬和滑雪的热门目的地之一。</w:t>
+              <w:t xml:space="preserve">早上沿着1号公路前往洛矶山，途经冰河国家公园著名的罗杰斯峡谷通道。随后经优鹤国家公园进入班芙国家公园，之后抵达哥伦比亚冰川，可搭乘冰原雪车感受阿萨巴斯卡冰川冰雪的温度，触摸万年冰河，留下旅行中的美好纪念。接下来途径并前去打卡晶莹剔透的沛托湖，在湖光山色中留下美好的回忆。最后抵达班芙市区内，客人可自行前往礼品店及品尝多种不同风味美食佳肴。行程安排：灰熊镇/鲑鱼湾&amp;rarr;冰河国家公园（途经）&amp;rarr;优鹤国家公园（途经）&amp;rarr;班芙国家公园&amp;rarr;鸦爪冰川（途经）&amp;rarr;哥伦比亚冰川（2.5小时，含冰原雪车、天空步道游览时间）&amp;rarr;弓湖（途经）&amp;rarr;沛托湖（20分钟）&amp;rarr;班芙小镇（60分钟）景点介绍：【冰川国家公园GlacierNationalPark】冰川国家公园在加拿大英属哥伦比亚省的落基山脉上。公园因冰川和铁路博物馆出名。于1886年建立，占地约1394平方公里。冰川退缩后留下许许多多美丽的山川、湖泊和瀑布等，风景从大到小都变化万千，非常美丽。【优鹤国家公园YohoNationalPark】YOHO是印地安人的惊叹，优鹤国家公园内拔地而起的山墙和奔腾飞溅的瀑布都令人望而兴叹，公园因而获名。公园拥有加拿大最高的瀑布奇景、世界级的化石遗迹地和鬼斧神工的的天然地形景观。优鹤和班芙、贾斯珀同被联合国教科文组织列为世界遗产。【班芙国家公园BanffNationalPark】班芙国家公园是加拿大的第一个国家公园和世界第三个国家公园，作为&amp;ldquo;落基山脉国家公园群&amp;rdquo;的一部分于1984年列入《世界遗产名录》。整个国家公园的面积达6,641平方千米，有谷地高山、冰原河流、森林草地，是堪称世界一流的旅游目的地。【哥伦比亚冰川ColumbiaIcefield】哥伦比亚冰川形成于远古时代，地处高原，靠近北极，是整个落基山十七个冰原之一。它是世界上著名的远古大冰原遗迹，也是太平洋、大西洋、北冰洋的大分水岭。哥伦比亚冰川为整个北美洲提供了洁净的水和清新的空气，影响了动植物的生态环境。【弓湖BowLake】弓湖坐落在加拿大落基山，冰川的融水潺潺流下，构成了这一片瑰丽而优雅的绿松石湖泊，这是冰川淤泥与与融水结合而成的奇异景象。在风平浪静的时候，宁静的湖水如同一面镜子，周围的山脉倒映在其中。【沛托湖PeytoLake】每年夏季，大量冰川岩粉流入湖水中，这些岩石的微粒使湖水呈现出明亮的的青绿色。沛托湖也因此成为公园内受游客欢迎的观光地点。【班芙小镇TownofBanff】班芙是加拿大阿尔伯塔省班芙国家公园内的一个小镇，是加拿大最受欢迎的旅游目的地之一。它以其山区环境和温泉而闻名，是户外运动和远足、骑自行车、攀爬和滑雪的热门目的地之一。因班芙地区酒店资源紧张，无法指定入住房型，届时将由酒店依据当日房况随机安排大床房或双床房，敬请谅解！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">告别班芙美好的晨光，首先我们前去乘坐班芙硫磺山缆车，遥望雄伟壮丽的温泉城堡酒店，饱览班芙小镇和洛矶山脉的美景。随后前往露易丝湖城堡酒店餐厅自费享用丰盛午餐，之后自由漫步于被誉为&amp;ldquo;洛矶山蓝宝石&amp;rdquo;的露易丝湖。午餐后将打卡班芙的另一冰川湖&amp;mdash;梦莲湖，平静的湖水碧波荡漾。游玩结束后将途经冰川国家公园，欣赏冰川谷的绝佳景色。夜宿灰熊镇/鲑鱼湾。行程安排：班芙小镇&amp;rarr;班芙硫磺山缆车（60分钟）&amp;rarr;露易丝湖（120分钟，包含自费享用午餐时间和露易丝湖观光时间）&amp;rarr;梦莲湖（30分钟）&amp;rarr;冰川国家公园（途经）&amp;rarr;灰熊镇/鲑鱼湾特别说明：梦莲湖开放时间为6月-10月中旬；如届时该景点未开放，则此景点取消，露易丝湖的游览时间将相应增加。景点介绍：【班芙硫磺山缆车BanffGondola】乘班芙观光缆车仅8分钟即可抵达2,281米的硫磺山山顶。在山顶，可以360度全景观赏班芙国家公园、班芙小镇和弓河河谷，尽揽落基山脉无与伦比的美景，山顶设有餐厅与互动体验厅。从新餐厅及互动展品到多感官剧院及令人赞叹的360度观景台，全新的班芙缆车体验让您收获更丰富的感官体验。【露易丝湖LakeLouise】位于1号公路南侧的露易丝湖是班芙国家公园内一处著名景点，它以维多利亚山为屏障，在茂密森林的包围下，山水相依，形成一幅完美的风景照，露易丝湖就像一颗明珠，超尘脱俗，因此它被誉为&amp;ldquo;落基山脉上的蓝宝石&amp;rdquo;，成为摄影师们青睐的湖泊。【梦莲湖MoraineLake】梦莲湖是加拿大班芙国家公园的一个冰川湖，坐落在著名的十峰谷中，湖底积满了富含矿物质的碎石，经年累月的沉积形成了变幻多姿的碧蓝色湖水，被公认为是世界上最有拍照价值的湖泊，湖面呈宝石蓝色，晶莹剔透，像是一颗璀璨的明珠。【冰川国家公园GlacierNationalPark】冰川国家公园在加拿大英属哥伦比亚省的落基山脉上。公园因冰川和铁路博物馆出名。于1886年建立，占地约1394平方公里。冰川退缩后留下许许多多美丽的山川、湖泊和瀑布等，风景从大到小都变化万千，非常美丽。</w:t>
+              <w:t xml:space="preserve">告别班芙美好的晨光，首先我们前去乘坐班芙硫磺山缆车，遥望雄伟壮丽的温泉城堡酒店，饱览班芙小镇和洛矶山脉的美景。随后前往露易丝湖村，四周环抱着巍峨雪山与静谧森林，是享受休憩与美食的理想之地，您可以根据个人喜好灵活安排午餐。之后前往被誉为&amp;ldquo;落基山蓝宝石&amp;rdquo;的露易丝湖，感受这份宁静与美好。接着将打卡班芙的另一冰川湖&amp;mdash;梦莲湖，平静的湖水碧波荡漾。游玩结束后将途经冰川国家公园，欣赏冰川谷的绝佳景色。夜宿灰熊镇/鲑鱼湾。行程安排：班芙小镇&amp;rarr;班芙硫磺山缆车（60分钟）&amp;rarr;弓河瀑布（10分钟）&amp;rarr;露易丝湖村（可自费享用午餐）&amp;rarr;露易丝湖（90分钟）&amp;rarr;梦莲湖（30分钟）&amp;rarr;冰川国家公园（途经）&amp;rarr;灰熊镇/鲑鱼湾特别说明：梦莲湖开放时间为6月-10月中旬；如届时该景点未开放，则此景点取消，露易丝湖的游览时间将相应增加。景点介绍：【班芙硫磺山缆车BanffGondola】乘班芙观光缆车仅8分钟即可抵达2,281米的硫磺山山顶。在山顶，可以360度全景观赏班芙国家公园、班芙小镇和弓河河谷，尽揽落基山脉无与伦比的美景，山顶设有餐厅与互动体验厅。从新餐厅及互动展品到多感官剧院及令人赞叹的360度观景台，全新的班芙缆车体验让您收获更丰富的感官体验。【弓河瀑布BowFalls】上个世纪50年代玛丽莲&amp;middot;梦露主演的电影《大江东去》（RiverofNoReturn）即取景于此。在影片中，性感女神玛丽莲&amp;middot;梦露就是在这条河边晾衣服的。自此之后，每年弓河瀑布都会吸引大批的背包客都会前来观赏。【露易丝湖LakeLouise】位于1号公路南侧的露易丝湖是班芙国家公园内一处著名景点，它以维多利亚山为屏障，在茂密森林的包围下，山水相依，形成一幅完美的风景照，露易丝湖就像一颗明珠，超尘脱俗，因此它被誉为&amp;ldquo;落基山脉上的蓝宝石&amp;rdquo;，成为摄影师们青睐的湖泊。【梦莲湖MoraineLake】梦莲湖是加拿大班芙国家公园的一个冰川湖，坐落在著名的十峰谷中，湖底积满了富含矿物质的碎石，经年累月的沉积形成了变幻多姿的碧蓝色湖水，被公认为是世界上最有拍照价值的湖泊，湖面呈宝石蓝色，晶莹剔透，像是一颗璀璨的明珠。【冰川国家公园GlacierNationalPark】冰川国家公园在加拿大英属哥伦比亚省的落基山脉上。公园因冰川和铁路博物馆出名。于1886年建立，占地约1394平方公里。冰川退缩后留下许许多多美丽的山川、湖泊和瀑布等，风景从大到小都变化万千，非常美丽。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -330,115 +330,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.交通：当地舒适空调旅游巴士；2.司导：中英双语导游服务；3.住宿：行程中列明酒店，标准间。</w:t>
+              <w:t xml:space="preserve">1.交通：当地舒适空调旅游巴士；2.司导：中英双语导游服务；3.行程中住宿（住宿晚数等于行程天数减一）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.加币价格不含联邦服务税5%GST；2.司机导游服务费（每人每天USD$12美金/CAD$15加币）；3.全程餐饮；4.行程中提及活动门票；5.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；6.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；7.任何种类的旅游保险。自费项目项目名称价格说明描述落基山（BA4）班芙段预定巴士前三排座位每人：USD$60.00/CAD$80.00加币价格不含联邦服务税5%GST。BAA必付项目BAAMandatoryFee成人：USD$172.00/CAD$210.00儿童（6-15岁）：USD$114.00/CAD$143.00包含：班芙硫磺山缆车+冰原雪车+梦莲湖特许通行参观费+国家公园门票。加币价格不含联邦服务税5%GST。落基山4天BA系列餐费BARockyMountain4-DayMeals成人：USD$142.00/CAD$170.00儿童（2-11岁）：USD$128.00/CAD$153.00共6餐，包含：2早餐+2午餐+2晚餐。加币价格不含联邦服务税5%GST。夏季费尔蒙露易丝湖城堡酒店午餐餐费FairmontChateauLakeLouiseLunchFeeinSummer成人：USD$70.00/CAD$85.00儿童（2-11岁）：USD$42.00/CAD$50.00强烈建议您在报名时一并订购，并告知套餐主菜选择（主菜为牛肉或鸡肉或素食，三选一，如未提前告知默认选择牛肉为主菜）；资源预订后，出团前7天内及出团期间无法取消或更改；出团前7天内及出团期间是否可加订根据资源实际情况而定。加币价格不含联邦服务税5%GST。</w:t>
+              <w:t xml:space="preserve">1.加币价格不含联邦服务税5%GST；2.司机导游服务费（每人每天USD$15美金/CAD$20加币）；3.全程餐饮；4.行程中提及活动门票；5.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；6.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；7.任何种类的旅游保险。自费项目项目名称价格说明描述落基山（BA4）班芙段预定巴士前五排座位每人：USD$60.00/CAD$80.00加币价格不含联邦服务税5%GST。BAA/BAB必付项目BAA/BABMandatoryFee成人：USD$208.00/CAD$258.00儿童（6-15岁）：USD$158.00/CAD$195.00包含：班芙硫磺山缆车+冰原雪车+天空步道+梦莲湖特许通行参观费+国家公园门票。加币价格不含联邦服务税5%GST。落基山4天BA系列餐费BARockyMountain4-DayMeals成人：USD$158.00/CAD$198.00儿童（2-11岁）：USD$138.00/CAD$178.00共7餐，包含：2早餐+3午餐+2晚餐。BAA4/BAB4Day1：午餐+晚餐BAA4/BAB4Day2：早餐BAA4/BAB4Day3：午餐+晚餐BAA4/BAB4Day4：早餐+午餐加币价格不含联邦服务税5%GST。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.以下情况适用于订单取消和更改：同订单减少参加行程人数、取消整张订单、更改行程、更改同一行程的不同参加日期。*距出发日期30天以上要求取消或改期，每人需缴纳手续费25加币，团费将全额退还；*距出发日期14天-30天（含第30天）要求取消或改期，罚款团费的50%；*距出发日期14天之内（含第14天）要求取消或改期，罚款团费的100%。当订单修改，资源情况改变而产生额外费用，按实际收取；任何更改或取消，必须通过电邮或传真书面形式直接与本公司联络及办理。3.针对纵横海鸥近期推出的&amp;ldquo;买二送二&amp;rdquo;促销活动中免费赠送的第三位、第四位同房客人，取消条款如下：a.提前取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以上要求取消座位，可以享受免费取消，无需支付任何罚金。b.出发前7日内临时取消：前两位客人正常参团的情况下，若同一房间内第三位、第四位免费参团的客人在行程出发前7天以内取消，或是出发当天NOSHOW，我们将对每位临时取消的客人收取罚金，罚款金额为两人一房原价的50%。c.出发前7日内临时取消但未付清罚款，或者参团当日NOSHOW，我们将在参团当日向该订单中的第一、第二位参团客人现场收取上述罚款金额。若同一订单的客人拒绝支付，将被视为未付清团款，我司有权取消该订单的全部预定。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>