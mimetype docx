--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】夏季落基山脉丨温哥华+甘露市+贾斯珀国家公园+班芙国家公园+黄石国家公园+埃伦斯堡+西雅图 7日游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">【银榜惠享】夏季落基山脉丨温哥华往返 甘露市+贾斯珀国家公园+班芙国家公园+黄石国家公园+埃伦斯堡+西雅图 7日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -162,102 +162,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨从维尔蒙出发，进入罗布森山省立公园。作为不列颠哥伦比亚省古老的省立公园，罗布森山不仅是联合国教科文组织世界遗产遗址，也是弗雷泽河奔向太平洋1,368公里旅程的起点。之后进入贾斯珀国家公园，它是洛基山脉最大的国家公园&amp;mdash;&amp;mdash;古老的火车站、宁静的小教堂和随处可见的驯鹿和山羊，在这里您将感受到远离喧嚣的宁静。之后来到著名的哥伦比亚冰川，搭乘冰原雪车感受阿萨帕斯卡尔冰川冰雪的温度，触摸万年冰河。接着前去打卡冰川玻璃桥，漫步于280米高的玻璃桥上，呼吸洛基山新鲜的空气，欣赏冰川谷的绝佳景色，一览美丽的沛托湖。夜宿班芙。行程安排：维尔蒙&amp;rarr;罗布森山省立公园（20分钟）&amp;rarr;贾斯珀国家公园（30分钟）&amp;rarr;哥伦比亚冰川（3.5小时，包含冰原雪车和冰川玻璃桥游览时间）&amp;rarr;沛托湖（30分钟）&amp;rarr;班芙景点介绍：【罗布森山省立公园MountRobsonProvincialPark】罗布森山省立公园是联合国教科文组织指定的世界遗产，是落基山脉在加拿大境内的高峰、活动冰川以及具有传奇色彩的伯格湖观景小道（BergLakeTrail）的所在地。这座极具标志性的公园栖息着许多神奇的野生动物，如黑尾鹿、白尾鹿、黑熊、棕熊和野山羊。【贾斯珀国家公园JasperNationalPark】贾斯珀国家公园是加拿大高山国家公园之一，也是加拿大洛基山脉大型的的国家公园，风景秀丽，环境优美。1984年，贾斯珀国家公园被联合国教科文组织宣布为世界遗产。【哥伦比亚冰川ColumbiaIcefield】哥伦比亚冰川形成于远古时代，地处高原，靠近北极，是整个落基山十七个冰原之一。它是世界上著名的远古大冰原遗迹，也是太平洋、大西洋、北冰洋的大分水岭。哥伦比亚冰川为整个北美洲提供了洁净的水和清新的空气，影响了动植物的生态环境。【冰川玻璃桥ColumbiaIcefieldSkywalk】这个弧形钢铁框架的天空步道从悬崖峭壁外伸出100英尺(30米)远，漫步于280米高的玻璃桥上，可以观看远处的冰川和脚下的峡谷、瀑布。【沛托湖PeytoLake】沛托湖是加拿大落基山脉班夫国家公园的一个冰川湖，每年夏季，大量冰川岩粉流入湖水中，这些岩石的微粒使湖水呈现出明亮的的青绿色。沛托湖也因此成为公园内受游客欢迎的观光地点。</w:t>
+              <w:t xml:space="preserve">清晨从维尔蒙出发，进入罗布森山省立公园。作为不列颠哥伦比亚省古老的省立公园，罗布森山不仅是联合国教科文组织世界遗产遗址，也是弗雷泽河奔向太平洋1,368公里旅程的起点。之后进入贾斯珀国家公园，它是洛基山脉最大的国家公园&amp;mdash;&amp;mdash;古老的火车站、宁静的小教堂和随处可见的驯鹿和山羊，在这里您将感受到远离喧嚣的宁静。之后来到著名的哥伦比亚冰川，搭乘冰原雪车感受阿萨帕斯卡尔冰川冰雪的温度，触摸万年冰河。接着前去打卡冰川玻璃桥，漫步于280米高的玻璃桥上，呼吸洛基山新鲜的空气，欣赏冰川谷的绝佳景色，一览美丽的沛托湖。夜宿班芙。行程安排：维尔蒙&amp;rarr;罗布森山省立公园（20分钟）&amp;rarr;贾斯珀国家公园（30分钟）&amp;rarr;哥伦比亚冰川（3.5小时，包含冰原雪车和冰川玻璃桥游览时间）&amp;rarr;沛托湖（30分钟）&amp;rarr;班芙景点介绍：【罗布森山省立公园MountRobsonProvincialPark】罗布森山省立公园是联合国教科文组织指定的世界遗产，是落基山脉在加拿大境内的高峰、活动冰川以及具有传奇色彩的伯格湖观景小道（BergLakeTrail）的所在地。这座极具标志性的公园栖息着许多神奇的野生动物，如黑尾鹿、白尾鹿、黑熊、棕熊和野山羊。【贾斯珀国家公园JasperNationalPark】贾斯珀国家公园是加拿大高山国家公园之一，也是加拿大洛基山脉大型的的国家公园，风景秀丽，环境优美。1984年，贾斯珀国家公园被联合国教科文组织宣布为世界遗产。【哥伦比亚冰川ColumbiaIcefield】哥伦比亚冰川形成于远古时代，地处高原，靠近北极，是整个落基山十七个冰原之一。它是世界上著名的远古大冰原遗迹，也是太平洋、大西洋、北冰洋的大分水岭。哥伦比亚冰川为整个北美洲提供了洁净的水和清新的空气，影响了动植物的生态环境。【冰川玻璃桥ColumbiaIcefieldSkywalk】这个弧形钢铁框架的天空步道从悬崖峭壁外伸出100英尺(30米)远，漫步于280米高的玻璃桥上，可以观看远处的冰川和脚下的峡谷、瀑布。【沛托湖PeytoLake】沛托湖是加拿大落基山脉班夫国家公园的一个冰川湖，每年夏季，大量冰川岩粉流入湖水中，这些岩石的微粒使湖水呈现出明亮的的青绿色。沛托湖也因此成为公园内受游客欢迎的观光地点。因班芙地区酒店资源紧张，无法指定入住房型，届时将由酒店依据当日房况随机安排大床房或双床房，敬请谅解！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨出发我们将参观著名的弓河瀑布，随后乘坐班芙缆车，饱览班芙小镇和落基山脉的美景。接着前往有&amp;ldquo;落基山蓝宝石&amp;rdquo;之称的露易丝湖，三面环山，风景秀丽。之后游览梦莲湖，梦莲湖被世界公认为是最有拍照身价的湖，湖水晶莹剔透，在锯齿状山谷的拥环下，就像一块宝玉。最后前往莱斯布里。行程安排：班芙&amp;rarr;弓河瀑布（15分钟）&amp;rarr;班芙国家公园&amp;rarr;班芙硫磺山缆车（必付项目，85分钟）&amp;rarr;露易丝湖（150分钟，包含午餐时间和露易丝湖观光时间）&amp;rarr;梦莲湖（60分钟）&amp;rarr;卡尔加里&amp;rarr;莱斯布里景点介绍：【弓河瀑布BowFalls】上个世纪50年代玛丽莲&amp;middot;梦露主演的电影《大江东去》（RiverofNoReturn）即取景于此。在影片中，性感女神玛丽莲&amp;middot;梦露就是在这条河边晾衣服的。自此之后，每年弓河瀑布都会吸引大批的背包客都会前来观赏。【班芙国家公园BanffNationalPark】班芙国家公园是加拿大的第一个国家公园和世界第三个国家公园，作为&amp;ldquo;落基山脉国家公园群&amp;rdquo;的一部分于1984年列入《世界遗产名录》。整个国家公园的面积达6,641平方千米，有谷地高山、冰原河流、森林草地，是堪称世界一流的旅游目的地。【班芙硫磺山缆车BanffGondola】乘班芙观光缆车仅8分钟即可抵达2,281米的硫磺山山顶。在山顶，可以360度全景观赏班芙国家公园、班芙小镇和弓河河谷，尽揽落基山脉无与伦比的美景，山顶设有餐厅与互动体验厅。从新餐厅及互动展品到多感官剧院及令人赞叹的360度观景台，全新的班芙缆车体验让您收获更丰富的感官体验。【露易丝湖LakeLouise】位于1号公路南侧的露易丝湖是班芙国家公园内一处著名景点，它以维多利亚山为屏障，在茂密森林的包围下，山水相依，形成一幅完美的风景照，露易丝湖就像一颗明珠，超尘脱俗，因此它被誉为&amp;ldquo;落基山脉上的蓝宝石&amp;rdquo;，成为摄影师们青睐的湖泊。【梦莲湖MoraineLake】梦莲湖是加拿大班芙国家公园的一个冰川湖，坐落在著名的十峰谷中，湖底积满了富含矿物质的碎石，经年累月的沉积形成了变幻多姿的碧蓝色湖水，被公认为是世界上最有拍照价值的湖泊，湖面呈宝石蓝色，晶莹剔透，像是一颗璀璨的明珠。</w:t>
+              <w:t xml:space="preserve">清晨出发我们将参观著名的弓河瀑布，随后乘坐班芙缆车，饱览班芙小镇和落基山脉的美景。接着前往有&amp;ldquo;落基山蓝宝石&amp;rdquo;之称的露易丝湖，三面环山，风景秀丽。之后游览梦莲湖，梦莲湖被世界公认为是最有拍照身价的湖，湖水晶莹剔透，在锯齿状山谷的拥环下，就像一块宝玉。最后前往莱斯布里。行程安排：班芙&amp;rarr;弓河瀑布（15分钟）&amp;rarr;班芙国家公园&amp;rarr;班芙硫磺山缆车（必付项目，85分钟）&amp;rarr;露易丝湖村（可自费享用午餐）&amp;rarr;露易丝湖（90分钟）&amp;rarr;梦莲湖（60分钟）&amp;rarr;卡尔加里&amp;rarr;莱斯布里景点介绍：【弓河瀑布BowFalls】上个世纪50年代玛丽莲&amp;middot;梦露主演的电影《大江东去》（RiverofNoReturn）即取景于此。在影片中，性感女神玛丽莲&amp;middot;梦露就是在这条河边晾衣服的。自此之后，每年弓河瀑布都会吸引大批的背包客都会前来观赏。【班芙国家公园BanffNationalPark】班芙国家公园是加拿大的第一个国家公园和世界第三个国家公园，作为&amp;ldquo;落基山脉国家公园群&amp;rdquo;的一部分于1984年列入《世界遗产名录》。整个国家公园的面积达6,641平方千米，有谷地高山、冰原河流、森林草地，是堪称世界一流的旅游目的地。【班芙硫磺山缆车BanffGondola】乘班芙观光缆车仅8分钟即可抵达2,281米的硫磺山山顶。在山顶，可以360度全景观赏班芙国家公园、班芙小镇和弓河河谷，尽揽落基山脉无与伦比的美景，山顶设有餐厅与互动体验厅。从新餐厅及互动展品到多感官剧院及令人赞叹的360度观景台，全新的班芙缆车体验让您收获更丰富的感官体验。【露易丝湖LakeLouise】位于1号公路南侧的露易丝湖是班芙国家公园内一处著名景点，它以维多利亚山为屏障，在茂密森林的包围下，山水相依，形成一幅完美的风景照，露易丝湖就像一颗明珠，超尘脱俗，因此它被誉为&amp;ldquo;落基山脉上的蓝宝石&amp;rdquo;，成为摄影师们青睐的湖泊。【梦莲湖MoraineLake】梦莲湖是加拿大班芙国家公园的一个冰川湖，坐落在著名的十峰谷中，湖底积满了富含矿物质的碎石，经年累月的沉积形成了变幻多姿的碧蓝色湖水，被公认为是世界上最有拍照价值的湖泊，湖面呈宝石蓝色，晶莹剔透，像是一颗璀璨的明珠。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -315,51 +315,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨我们将继续漫游黄石仙境。黄石公园是美国建立的第一个国家公园，以其丰富的野生动物种类和地热资源闻名。园内最大的湖泊是位于黄石火山中心的黄石湖，是整个北美地区最大的高海拔湖泊之一。世界闻名老忠实；浪漫迷人西拇指；七彩缤纷大棱镜热泉；五颜六色调色板，壮丽秀美演出者；雾气腾腾诺里斯；万马奔腾上瀑布；近距离观赏野生动物&amp;hellip;，精彩一个个接踵而来！夜宿比特小镇。行程安排：黄石国家公园（8小时，诺里斯间歇泉盆地、黄石峡谷、黄石上瀑布、艺术家点、黄石公园调色板、老忠实间歇泉、西拇指间歇泉盆地、黄石大棱镜温泉）&amp;rarr;比特特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黄石峡谷GrandCanyonoftheYellowstone】据说97公里长的黄石河是&amp;ldquo;美国境内唯一没有水坝的河流&amp;rdquo;。在这里，河水陡然变急，冲开四溅的水花，形成两道壮丽的瀑布，轰鸣着泄入大峡谷，直奔太平洋。这两个瀑布：一个是上瀑布，有33米高；另一个下瀑布有94米高。看上去仿佛用艳丽的油彩绘成，即使毫无顾忌地暴露在风吹日晒之中，颜色也是那样绚烂，这些&amp;ldquo;顽固&amp;rdquo;的色彩既不会被冲刷而去，也不会因风吹日晒而褪去，到过此处的人们都感叹大自然神奇的力量。【黃石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【黄石公园调色板FountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。</w:t>
+              <w:t xml:space="preserve">清晨我们将继续漫游黄石仙境。黄石公园是美国建立的第一个国家公园，以其丰富的野生动物种类和地热资源闻名。园内最大的湖泊是位于黄石火山中心的黄石湖，是整个北美地区最大的高海拔湖泊之一。世界闻名老忠实；浪漫迷人西拇指；七彩缤纷大棱镜热泉；五颜六色调色板，壮丽秀美演出者；雾气腾腾诺里斯；万马奔腾上瀑布；近距离观赏野生动物&amp;hellip;，精彩一个个接踵而来！夜宿比特小镇。行程安排：黄石国家公园（8小时，诺里斯间歇泉盆地、黄石峡谷、黄石上瀑布、艺术家点、黄石公园调色板、老忠实间歇泉、西拇指间歇泉盆地、黄石大棱镜温泉）&amp;rarr;比特特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黄石峡谷GrandCanyonoftheYellowstone】据说97公里长的黄石河是&amp;ldquo;美国境内唯一没有水坝的河流&amp;rdquo;。在这里，河水陡然变急，冲开四溅的水花，形成两道壮丽的瀑布，轰鸣着泄入大峡谷，直奔太平洋。这两个瀑布：一个是上瀑布，有33米高；另一个下瀑布有94米高。看上去仿佛用艳丽的油彩绘成，即使毫无顾忌地暴露在风吹日晒之中，颜色也是那样绚烂，这些&amp;ldquo;顽固&amp;rdquo;的色彩既不会被冲刷而去，也不会因风吹日晒而褪去，到过此处的人们都感叹大自然神奇的力量。【黄石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【黄石公园调色板YellowstoneParkPaletteFountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -515,51 +515,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YR7座位加收费用YR7SeatSurcharge每人：USD$80.00/CAD$110.00限大巴前三排10个座位。加币价格已含联邦服务税5%GST。YR7必付项目YR7MandatoryFee成人：USD$199.00/CAD$250.00儿童（6-15岁）：USD$150.00/CAD$189.00包含冰原雪车+天空步道+班芙国家公园+硫磺山缆车+黄石国家公园门票；加币价格已含联邦服务税5%GST；此项目费用可于团出发前付清，也可现付给导游（如果订单内含儿童，请务必在预定行程时提前备注告知儿童年龄，否则将按成人标准在现场收取费用）。YR72天餐费2-DayMeals成人：USD$68.00/CAD$90.00儿童（2-11岁）：USD$60.00/CAD$79.00共3餐，包含1早餐（Day2）+1午餐（Day1）+1晚餐（Day1）；加币价格不含联邦服务税5%GST。夏季费尔蒙露易丝湖城堡酒店午餐餐费FairmontChateauLakeLouiseLunchFeeinSummer成人：USD$70.00/CAD$85.00儿童（2-11岁）：USD$42.00/CAD$50.00强烈建议您在报名时一并订购，并告知套餐主菜选择（主菜为牛肉或鸡肉或素食，三选一，如未提前告知默认选择牛肉为主菜）；资源预订后，出团前7天内及出团期间无法取消或更改；出团前7天内及出团期间是否可加订根据资源实际情况而定。加币价格不含联邦服务税5%GST。哥特龄湖游船(多蓝湖)LakeCoeurd’AleneCruise成人：USD$30.25/CAD$41.00老人（65岁以上）：USD$28.25/CAD$38.00儿童（6-17岁）：USD$22.25/CAD$30.00加币价格已含联邦服务税5%GST</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：USD$15/人/天或CAD$20/人/天，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YR7座位加收费用YR7SeatSurcharge每人：USD$80.00/CAD$110.00限大巴前三排10个座位。加币价格已含联邦服务税5%GST。YR7必付项目YR7MandatoryFee成人：USD$199.00/CAD$250.00儿童（6-15岁）：USD$150.00/CAD$189.00包含冰原雪车+天空步道+班芙国家公园+硫磺山缆车+黄石国家公园门票；加币价格已含联邦服务税5%GST；此项目费用可于团出发前付清，也可现付给导游（如果订单内含儿童，请务必在预定行程时提前备注告知儿童年龄，否则将按成人标准在现场收取费用）。YR72天餐费2-DayMeals成人：USD$68.00/CAD$90.00儿童（2-11岁）：USD$60.00/CAD$79.00共3餐，包含1早餐（Day2）+1午餐（Day1）+1晚餐（Day1）；加币价格不含联邦服务税5%GST。哥特龄湖游船(多蓝湖)LakeCoeurd’AleneCruise成人：USD$30.75/CAD$42.00老人（65岁以上）：USD$28.75/CAD$39.00儿童（6-17岁）：USD$22.75/CAD$31.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>