--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -213,153 +213,153 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往琉森湖以南的英格堡，参观阿尔卑斯山脉以冰川和冰川裂缝闻名的铁力士山。随后前往位于瑞士中部的琉森，它被称为瑞士最美丽、最理想的城市，也是最受瑞士人喜爱的度假地。琉森为历史文化名城，艺术家们在此得到了不尽的灵感。行程安排：酒店&amp;rarr;铁力士山（自费，3小时）&amp;rarr;琉森&amp;rarr;卡佩尔廊桥（30分钟）&amp;rarr;天鹅广场（30分钟）&amp;rarr;狮子纪念碑（30分钟）&amp;rarr;琉森自由活动（2小时，可自费乘坐1小时琉森湖游船）&amp;rarr;酒店景点介绍：【铁力士山Titlis】铁力士山属于阿尔卑斯山脉，海拔3020米，是瑞士中部最高峰，拥有中部唯一的冰川，以终年不融的冰川和冰川裂缝闻名世界。在此可乘坐360度旋转缆车到达铁力士山的冰川公园，在攀升的过程中可以全方位饱览四周的美景。抵达顶峰以后眼前是覆盖着皑皑白雪的壮丽山群、冰洞和冰川，山顶建有观景台、餐厅、酒吧、怀旧照相馆和纪念品店等。【卡佩尔廊桥和八角水塔ChapelBridgeandWaterTower】建于1332年的卡佩尔廊桥连接琉森两岸，是欧洲古老的木制廊桥，它在1993年的火灾后进行了重建，一直通往琉森代表的留念景观&amp;mdash;八角型水塔。桥的横眉上绘有120幅宗教历史油画，沿途还可以欣赏描述当年黑死病流行景象的画作。【天鹅广场Schwanenplatz】卡佩尔廊桥北侧不远就是有名的天鹅广场，是老城区的入口。天鹅广场和相通的小街也是琉森最重要的购物商圈之一，对于瑞士手表和珠宝爱好者来说可谓是人间天堂，这里的Bucherer（宝嘉尔）、Guebelin（固宝琳）等多家瑞士手表珠宝珠宝行业中的公认的龙头表行包罗了几乎所有知名的瑞士品牌手表。【狮子纪念碑LionMonument】由丹麦雕塑家巴特尔&amp;middot;托瓦尔森设计雕刻而成的一座负伤狮子的雕像，是为了纪念1792年法国大革命，为保护法王路易十六及玛丽王后而死的786名瑞士军官和警卫所建的纪念碑，意在祈求世界和平，碑的下方有文字描述了此事件的经过。美国小说家马克吐温曾赞颂卢塞恩的石狮是&amp;ldquo;世界上最哀伤、最感人的石雕&amp;rdquo;。【琉森湖游船LakeLucernecruise】琉森湖夹在阿尔卑斯山的群峰之间，地处陡峭的石灰岩山地中间，湖光山色相映，风景如画。湖岸蜿蜒曲折，将琉森和周边的山峰连接起来，勾勒出了许多美丽的风景。如果想要全面的欣赏琉森湖，可乘坐琉森湖游船，两岸的风光可以尽收眼底。泛舟湖面身临其境，有心旷神怡飘飘欲仙的感觉，点点白帆像一只只白天鹅仰天长啸，蔚蓝色的湖水就像是镶嵌在城市中的蓝宝石，在雪山和白云的烘托下美丽动人万分妖娆。</w:t>
+              <w:t xml:space="preserve">今天我们将前往琉森湖以南的英格堡，参观阿尔卑斯山脉以冰川和冰川裂缝闻名的铁力士山。随后前往位于瑞士中部的琉森，它被称为瑞士最美丽、最理想的城市，也是最受瑞士人喜爱的度假地。琉森为历史文化名城，艺术家们在此得到了不尽的灵感。行程安排：酒店&amp;rarr;铁力士山（自费，3小时）&amp;rarr;琉森&amp;rarr;卡佩尔廊桥（30分钟）&amp;rarr;天鹅广场（30分钟）&amp;rarr;狮子纪念碑（30分钟）&amp;rarr;琉森自由活动（2小时，可自费乘坐1小时琉森湖游船）&amp;rarr;酒店景点介绍：【铁力士山MountTitlis】铁力士山属于阿尔卑斯山脉，海拔3020米，是瑞士中部最高峰，拥有中部唯一的冰川，以终年不融的冰川和冰川裂缝闻名世界。在此可乘坐360度旋转缆车到达铁力士山的冰川公园，在攀升的过程中可以全方位饱览四周的美景。抵达顶峰以后眼前是覆盖着皑皑白雪的壮丽山群、冰洞和冰川，山顶建有观景台、餐厅、酒吧、怀旧照相馆和纪念品店等。【卡佩尔廊桥和八角水塔ChapelBridgeandWaterTower】建于1332年的卡佩尔廊桥连接琉森两岸，是欧洲古老的木制廊桥，它在1993年的火灾后进行了重建，一直通往琉森代表的留念景观&amp;mdash;八角型水塔。桥的横眉上绘有120幅宗教历史油画，沿途还可以欣赏描述当年黑死病流行景象的画作。【天鹅广场Schwanenplatz】卡佩尔廊桥北侧不远就是有名的天鹅广场，是老城区的入口。天鹅广场和相通的小街也是琉森最重要的购物商圈之一，对于瑞士手表和珠宝爱好者来说可谓是人间天堂，这里的Bucherer（宝嘉尔）、Guebelin（固宝琳）等多家瑞士手表珠宝珠宝行业中的公认的龙头表行包罗了几乎所有知名的瑞士品牌手表。【狮子纪念碑LionMonument】由丹麦雕塑家巴特尔&amp;middot;托瓦尔森设计雕刻而成的一座负伤狮子的雕像，是为了纪念1792年法国大革命，为保护法王路易十六及玛丽王后而死的786名瑞士军官和警卫所建的纪念碑，意在祈求世界和平，碑的下方有文字描述了此事件的经过。美国小说家马克吐温曾赞颂卢塞恩的石狮是&amp;ldquo;世界上最哀伤、最感人的石雕&amp;rdquo;。【琉森湖游船LakeLucernecruise】琉森湖夹在阿尔卑斯山的群峰之间，地处陡峭的石灰岩山地中间，湖光山色相映，风景如画。湖岸蜿蜒曲折，将琉森和周边的山峰连接起来，勾勒出了许多美丽的风景。如果想要全面的欣赏琉森湖，可乘坐琉森湖游船，两岸的风光可以尽收眼底。泛舟湖面身临其境，有心旷神怡飘飘欲仙的感觉，点点白帆像一只只白天鹅仰天长啸，蔚蓝色的湖水就像是镶嵌在城市中的蓝宝石，在雪山和白云的烘托下美丽动人万分妖娆。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往湖光山色、环境优美的因特拉肯，它是也是瑞士人心目中的避暑山庄，您可以选择自费乘坐瑞士著名的观景列车。随后前往龙疆小镇，小镇依偎在狭长的龙疆湖怀中，镇上的房屋掩映在缤纷绽放的花园里，仿若理想中的世外桃源。最后打卡横跨在180米高的Gummi峡谷上的西格里斯维尔的全景桥。行程安排：酒店&amp;rarr;金色山口景观列车（自费，琉森-因特拉肯段）&amp;rarr;因特拉肯自由活动（3小时）&amp;rarr;龙疆小镇（60分钟）&amp;rarr;西格里斯维尔的全景桥（60分钟）&amp;rarr;瑞士地道佳肴奶酪火锅（自费）&amp;rarr;酒店景点介绍：【金色山口景观列车GoldenPassLine】金色山口列车是瑞士旅游局专门为旅游设立的铁路线路，特别使用观光列车，顶棚有天窗。金色山口快车是将日内瓦湖、图恩湖、布里恩茨湖和琉森湖等瑞士风光最美的湖泊连接在一起的引人入胜的线路。明丽的湖水，雄伟的阿尔卑斯山，悠闲的牧场，美丽的葡萄园&amp;mdash;您可以尽情享受多彩的风景。【因特拉肯小镇Interlaken】小镇位于阿尔卑斯山脉图恩湖及布里恩湖之间，整年气候温和，湖光山色，环境优美，也是瑞士人心目中的避暑山庄。荷黑威格繁华商业街是因特拉肯主要的街道，您可以在此自由活动期间体验当地的风土人情。【龙疆小镇Lungern】龙疆小镇是瑞士著名的黄金快线&amp;mdash;&amp;mdash;琉森到因特拉肯段的必经之地。这里有雪山下的湖光山色，还有一抹独属于龙疆的绿色，仿佛上帝亲手雕琢的调色板，美到失真。【西格里斯维尔的全景桥Sigriswil】西格里斯维尔全景悬索桥，高达180米，全长340米，宽仅有1.2米，横跨在180米高的Gummi峡谷。从桥上望去，你可以眺望绝美、动人的阿尔卑斯山胜景，也可以一览悠长曲折的漫漫峡谷。同时，它还如同美景的枢纽中心一般，连接着两边的迷人小镇。</w:t>
+              <w:t xml:space="preserve">今天我们将前往湖光山色、环境优美的因特拉肯，它是也是瑞士人心目中的避暑山庄，您可以选择自费乘坐瑞士著名的观景列车。随后前往龙疆小镇，小镇依偎在狭长的龙疆湖怀中，镇上的房屋掩映在缤纷绽放的花园里，仿若理想中的世外桃源。最后打卡横跨在180米高的Gummi峡谷上的西格里斯维尔的全景桥。行程安排：酒店&amp;rarr;金色山口景观列车（自费，琉森-因特拉肯段）&amp;rarr;因特拉肯自由活动（3小时）&amp;rarr;龙疆小镇（60分钟）&amp;rarr;西格里斯维尔的全景桥（60分钟）&amp;rarr;瑞士地道佳肴奶酪火锅（自费）&amp;rarr;酒店景点介绍：【金色山口景观列车GoldenPassLine】金色山口列车是瑞士旅游局专门为旅游设立的铁路线路，特别使用观光列车，顶棚有天窗。金色山口快车是将日内瓦湖、图恩湖、布里恩茨湖和琉森湖等瑞士风光最美的湖泊连接在一起的引人入胜的线路。明丽的湖水，雄伟的阿尔卑斯山，悠闲的牧场，美丽的葡萄园&amp;mdash;您可以尽情享受多彩的风景。【因特拉肯小镇Interlaken】小镇位于阿尔卑斯山脉图恩湖及布里恩湖之间，整年气候温和，湖光山色，环境优美，也是瑞士人心目中的避暑山庄。荷黑威格繁华商业街是因特拉肯主要的街道，您可以在此自由活动期间体验当地的风土人情。【龙疆小镇Lungern】龙疆小镇是瑞士著名的黄金快线&amp;mdash;&amp;mdash;琉森到因特拉肯段的必经之地。这里有雪山下的湖光山色，还有一抹独属于龙疆的绿色，仿佛上帝亲手雕琢的调色板，美到失真。【西格里斯维尔的全景桥Sigriswil】西格里斯维尔全景悬索桥，高达180米，全长340米，宽仅有1.2米，横跨在180米高的Gummi峡谷。从桥上望去，你可以眺望绝美、动人的阿尔卑斯山胜景，也可以一览悠长曲折的漫漫峡谷。同时，它还如同美景的枢纽中心一般，连接着两边的迷人小镇。瑞士地道佳肴奶酪火锅三道式（自费）：这种用白葡萄酒加热融化奶酪，然后蘸着面包吃的特别的火锅料理，在欧洲只有瑞士才能遇到。面包放在滚热的奶酪里面搅和一下，让奶酪渗透进粗面包的纤维里面，此刻散发出美食的芬芳和浓香。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您将有机会欣赏阿尔卑斯山的美景，登上少女峰或者雪朗峰山顶，体验会当凌绝顶的感受。山顶的景观餐厅更可以一边享用美食，一边观赏阿尔卑斯群山风光。随后我们将前往伯尔尼老城区，这里古迹处处可见，保留了完整的中世纪历史风貌。行程安排：酒店&amp;rarr;少女峰（自费，3小时）或者雪朗峰（自费，2小时）&amp;rarr;伯尔尼老城区（自费，90分钟）&amp;rarr;酒店景点介绍：【少女峰Jungfrau】少女峰位于因特拉肯以南二三十公里处，海拔4158米，是阿尔卑斯山脉的较高的山峰之一。山顶常年被冰雪覆盖，而山下却绿草茵茵、风景秀丽，是瑞士有名的观光胜地。少女峰地区已于2001年被列为世界自然遗产。搭乘齿轮火车抵达海拔3454米的火车站&amp;mdash;被称为&amp;ldquo;欧洲之巅&amp;rdquo;的少女峰火车站。【雪朗峰Schilthorn】雪朗峰位于因特拉肯以南的阿尔卑斯山群之中，因007系列影片之《女王密令》中惊心动魄的打斗场面在此拍摄而闻名于世。我们将搭乘缆车登上峰顶，途中可以将开阔观景视野下的阿尔卑斯山峰美景尽收眼底，隔着缆车玻璃还可以鸟瞰山下的青草地和木制村屋。雪朗峰四周有无数座雄伟的山峰，极目远眺就能看到同样位于这片群山之中的少女峰、艾格峰和莫希峰。观景台上还有一个詹姆士&amp;middot;邦德拿手枪的人形纸牌，你可以和这位&amp;ldquo;名人&amp;rdquo;合影留念。山顶有一间旋转餐厅PizGloria，可以尽揽群峰美景，餐厅每转一段都会有一个图示清晰的铁牌，告诉你在这个角度面对的都是哪几座山峰以及它们的海拔。【伯尔尼老城区OldCityofBern】伯尔尼老城区始建于12世纪末，荟萃了中世纪欧洲建筑的精华，并被列为了世界文化遗产。漫步其中，古迹处处可见，圆石铺就的光亮街道，街道两旁彼此相连的拱廊，红瓦白墙相映生辉的古老房屋，充满中世纪的神秘色彩。老城区的街道上有许多街心喷泉，所以伯尔尼也被称为&amp;ldquo;泉城&amp;rdquo;。这些街心喷泉多为16世纪时建造，每个喷泉都有泉柱塑像，而这里的每一个雕塑都讲述着一个传说或童话，引人入胜。</w:t>
+              <w:t xml:space="preserve">今天您将有机会欣赏阿尔卑斯山的美景，登上少女峰或者雪朗峰山顶，体验会当凌绝顶的感受。山顶的景观餐厅更可以一边享用美食，一边观赏阿尔卑斯群山风光。随后我们将前往伯尔尼老城区，这里古迹处处可见，保留了完整的中世纪历史风貌。行程安排：酒店&amp;rarr;少女峰（自费，3小时）或者雪朗峰（自费，2小时）&amp;rarr;伯尔尼老城区（自费，90分钟）&amp;rarr;酒店景点介绍：【少女峰Jungfrau】少女峰位于因特拉肯以南二三十公里处，海拔4158米，是阿尔卑斯山脉的较高的山峰之一。山顶常年被冰雪覆盖，而山下却绿草茵茵、风景秀丽，是瑞士有名的观光胜地。少女峰地区已于2001年被列为世界自然遗产。搭乘齿轮火车抵达海拔3454米的火车站&amp;mdash;被称为&amp;ldquo;欧洲之巅&amp;rdquo;的少女峰火车站。【雪朗峰Schilthorn】雪朗峰位于因特拉肯以南的阿尔卑斯山群之中，因007系列影片之《女王密令》中惊心动魄的打斗场面在此拍摄而闻名于世。我们将搭乘缆车登上峰顶，途中可以将开阔观景视野下的阿尔卑斯山峰美景尽收眼底，隔着缆车玻璃还可以鸟瞰山下的青草地和木制村屋。雪朗峰四周有无数座雄伟的山峰，极目远眺就能看到同样位于这片群山之中的少女峰、艾格峰和莫希峰。观景台上还有一个詹姆士&amp;middot;邦德拿手枪的人形纸牌，你可以和这位&amp;ldquo;名人&amp;rdquo;合影留念。山顶有一间旋转餐厅PizGloria，可以尽揽群峰美景，餐厅每转一段都会有一个图示清晰的铁牌，告诉你在这个角度面对的都是哪几座山峰以及它们的海拔。【伯尔尼老城区OldCityofBern】伯尔尼老城区始建于12世纪末，荟萃了中世纪欧洲建筑的精华，并被列为了世界文化遗产。漫步其中，古迹处处可见，圆石铺就的光亮街道，街道两旁彼此相连的拱廊，红瓦白墙相映生辉的古老房屋，充满中世纪的神秘色彩。老城区的街道上有许多街心喷泉，所以伯尔尼也被称为&amp;ldquo;泉城&amp;rdquo;。这些街心喷泉多为16世纪时建造，每个喷泉都有泉柱塑像，而这里的每一个雕塑都讲述着一个传说或童话，引人入胜。少女峰景观餐三道式（自费）：山顶餐厅落地窗玻璃外可以少女峰壮阔的雪山和峭壁，在餐厅内补充一下体力，少女峰餐厅可为每位游客提供他们所期待的美食。从传统瑞士经典，到国际特色餐饮，不一而足。祝您吃得开心！雪朗峰360度旋转餐厅景观三道式（自费）：峰顶360度的旋转餐厅是观赏阿尔卑斯群山风光的绝佳地点，在晴朗的日子里放眼四望，可尽览阿尔卑斯200多座山峰的丰姿，众山之中尤其最负盛名的有少女峰（Jungfrau）以及她身边的僧侣峰（Mönch）、艾格峰（Eiger）的景致最为壮美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,83 +464,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.全程机票、税金、签证费用、护照办理费用；2.行程中的午餐和晚餐；3.服务费12欧元/人/天；4.行程中的景点门票和自费项目；5.境外个人消费（酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费）；6.以上服务内容中未提及的其他费用。自费项目项目名称价格说明描述铁力士峰Mt.Titlis每人：瑞士法郎₣120.00包含：上下山缆车票，导游服务费所需时间：2-3小时左右（含上下山）琉森湖游船LakeLucerneCruise每人：瑞士法郎₣45.00包含：船票，导游服务费所需时间：1小时左右金色山口列车（二等舱）GoldenPassLine(Secondclass)每人：瑞士法郎₣55.00包含：车票，导游服务费所需时间：2小时左右注意：司兼导团，导游不陪同少女峰JungfrauMountain每人：瑞士法郎₣190.00包含：缆车+火车，小沙伊得克，导游服务费所需时间：3-4小时左右（含上下山）少女峰和雪朗峰，只能二选一少女峰餐厅Jungfraurestaurant每人：瑞士法郎₣50.00包含：餐费、服务费所需时间：1小时左右雪朗峰+360度旋转餐厅用餐Schilthorn+360-degreerevolvingrestaurantdining每人：瑞士法郎₣150.00包含：上下山缆车票，导游服务费，特色餐所需时间：2-3小时左右（含上下山）少女峰和雪朗峰，只能二选一奶酪火锅Fondue每人：瑞士法郎₣50.00包含：餐费、服务费所需时间：1小时左右伯尔尼老城区BernTours每人：瑞士法郎₣60.00包含：车费、司机+导游服务费所需时间：2小时左右</w:t>
+              <w:t xml:space="preserve">1.全程机票、税金、签证费用、护照办理费用；2.行程中的午餐和晚餐；3.服务费15欧元/人/天；4.行程中的景点门票和自费项目；5.境外个人消费（酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费）；6.以上服务内容中未提及的其他费用。自费项目项目名称价格说明描述铁力士峰Mt.Titlis每人：瑞士法郎₣120.00包含：上下山缆车票，导游服务费所需时间：2-3小时左右（含上下山）琉森湖游船LakeLucerneCruise每人：瑞士法郎₣45.00包含：船票，导游服务费所需时间：1小时左右金色山口列车（二等舱）GoldenPassLine(Secondclass)每人：瑞士法郎₣55.00包含：车票，导游服务费所需时间：2小时左右注意：司兼导团，导游不陪同少女峰JungfrauMountain每人：瑞士法郎₣190.00包含：缆车+火车，小沙伊得克，导游服务费所需时间：3-4小时左右（含上下山）少女峰和雪朗峰，只能二选一少女峰餐厅Jungfraurestaurant每人：瑞士法郎₣50.00包含：餐费、服务费所需时间：1小时左右雪朗峰+360度旋转餐厅用餐Schilthorn+360-degreerevolvingrestaurantdining每人：瑞士法郎₣150.00包含：上下山缆车票，导游服务费，特色餐所需时间：2-3小时左右（含上下山）少女峰和雪朗峰，只能二选一奶酪火锅Fondue每人：瑞士法郎₣50.00包含：餐费、服务费所需时间：1小时左右伯尔尼老城区BernTours每人：瑞士法郎₣60.00包含：车费、司机+导游服务费所需时间：2小时左右</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">无任何的防疫要求入境瑞士参考网址（请点击蓝色字体查看）欧洲各国入境政策是以该国政府官方发布的政策为准，但是执行方是航空公司工作人员，最终请以和航空公司确认为准。【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前7日(含)內100%出发前8日(含)至14日(含)75%出发前15日(含)至21日(含)50%出发前22日及以上0备注：(1)出发当日未能准时参加者，作自动放弃论，已付团费概不退还。(2)其他加定酒店或服务需参照酒店规定而确定是否能退款。(3)如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。2.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。3.可在预定行程时加定&amp;ldquo;安心退&amp;rdquo;保险服务$300/人：出发前15日及以上，不问原因，随意退；出发前8日(含)至14日(含)，可随意改期。</w:t>
+              <w:t xml:space="preserve">无任何的防疫要求入境瑞士参考网址（请点击蓝色字体查看）欧洲各国入境政策是以该国政府官方发布的政策为准，但是执行方是航空公司工作人员，最终请以和航空公司确认为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>