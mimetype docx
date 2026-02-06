--- v0 (2025-10-26)
+++ v1 (2026-02-06)
@@ -162,102 +162,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">罗马是世界各地对历史文化有兴趣游客寻古探幽的好地方，这里不仅保留了原罗马帝国时代的遗物，更保存了现代&amp;ldquo;罗马假日&amp;rdquo;的韵味。随后前往梵提冈参观世界最大的教堂-圣彼得大教堂。行程安排：酒店&amp;rarr;许愿泉（30分钟）&amp;rarr;万神殿（入内，30分钟）&amp;rarr;真理之口（30分钟）&amp;rarr;威尼斯广场（30分钟）&amp;rarr;威尼斯宫（入内，30分钟）&amp;rarr;圣彼得大教堂（30分钟）&amp;rarr;梵蒂冈自由活动（2小时，可自费参观梵蒂冈博物馆）&amp;rarr;意大利炖牛尾餐（自费）&amp;rarr;酒店温馨提示：1.梵蒂冈博物馆游览必须提前预约，如果预约不到排队可能需要1-2个小时才能入内，因此如果预约不到则此项目取消；如果碰到重大活动或者官方规定闭馆日，则此项目取消。景点介绍：【罗马许愿泉TreviFountain】许愿泉是罗马最后一件巴洛克杰作，它是罗马的象征之一，电影《罗马假日》风靡全球后更成为著名的喷泉。【万神殿Pantheon】万神殿是古罗马精湛建筑技术的典范，被米开朗基罗赞叹为&amp;ldquo;天使的设计&amp;rdquo;。万神殿位于罗马市中心，其前庭是罗通达广场，有一个竖立着高大尖顶方碑的喷水池，方碑基座雕有古罗马神话场景。主体建筑结构简洁明了，是一个宽度与高度相等的巨大圆柱体，上面覆盖着半圆形的穹顶。【真理之口MouthofTruth】真理之口是一块雕刻着海神头像的圆盘，立在科斯美汀圣母教堂正门外长廊尽头的墙壁上，因电影《罗马假日》而名扬世界。传闻说谎的人，若将手放进&amp;ldquo;真理之口&amp;rdquo;，手就会被咬断。传说虽然不能当真，但如今游客到此，都争相排队伸手入&amp;ldquo;真理之口&amp;rdquo;内拍照留念。【威尼斯宫PalazzoVenezia】威尼斯宫是罗马第一座文艺复兴式的宫殿，威尼斯广场之名称也由此得来，宫殿里各种巨大的希腊石柱与浮雕显然是在向古希腊神庙的建筑风格致敬。大部分石料取自附近的罗马斗兽场，直到最近几个世纪在罗马这是常见的做法。【威尼斯广场PiazzaVenezia】威尼斯广场是位于罗马市中心的圆形广场。这个广场的正面是绰号叫&amp;ldquo;结婚蛋糕&amp;rdquo;、&amp;ldquo;打字机&amp;rdquo;的白色大理石建造的新古典主义建筑：维克多&amp;middot;埃曼纽尔二世纪念堂。为了庆祝1870年意大利统一而建造的纪念堂，耗时25年才建成。16根圆柱形成的弧形立面是它最精彩的部分，台阶下两组喷泉寓意深刻：右边的象征第勒尼安海，左边的象征亚得里亚海，中央骑马的人物塑像就是完成了意大利统一大业的维克多&amp;middot;埃曼纽尔二世。建筑物上面有两座巨大的青铜雕像，右边的代表&amp;ldquo;热爱祖国的胜利&amp;rdquo;，左边代表的是&amp;ldquo;劳动的胜利&amp;rdquo;。【圣彼得大教堂St.Peter'sBasilicaChurch】世界上最大的教堂-圣彼得大教堂，又称圣伯多禄大教堂、梵蒂冈大殿。由伯拉孟特、米开朗基罗等建筑师不断设计并完善，是位于梵蒂冈的一座天主教宗教圣殿，建于1506年至1626年，为天主教会重要的象征之一。【梵蒂冈博物馆VaticanMuseums】该博物馆是世界上较早的博物馆之一，汇集了埃及、希腊、罗马古代文物和文艺复兴时期的艺术精华，藏品是多个世纪以来罗马天主教会收集、积累的成果，是一座藏有无价瑰宝的博物馆。著名的馆内建筑有西斯廷礼拜堂、尼各老小堂。主要展馆有：庇奥-克里门提诺博物馆（MuseoPio-Clementino）：以希腊、罗马时代的雕刻为主，《拉奥孔与儿子们》陈列其中；格里高利-伊特鲁斯博物馆（MuseoGregoriano-Etrusco）：以公元前4世纪以前的收藏品为主；拉斐尔画室（StanzediRaffaelo）：由拉斐尔及其徒弟们的壁画装饰的馆室，其中最著名的作品是《雅典学院》；梵蒂冈画廊（PinacotecaVaticana）：主要收藏绘画作品，包括拉斐尔、达芬奇和卡拉瓦乔等人的名作。</w:t>
+              <w:t xml:space="preserve">罗马是世界各地对历史文化有兴趣游客寻古探幽的好地方，这里不仅保留了原罗马帝国时代的遗物，更保存了现代&amp;ldquo;罗马假日&amp;rdquo;的韵味。随后前往梵提冈参观世界最大的教堂-圣彼得大教堂。行程安排：酒店&amp;rarr;许愿泉（30分钟）&amp;rarr;万神殿（入内，30分钟）&amp;rarr;真理之口（30分钟）&amp;rarr;威尼斯广场（30分钟）&amp;rarr;威尼斯宫（入内，30分钟）&amp;rarr;圣彼得大教堂（30分钟）&amp;rarr;梵蒂冈自由活动（2小时，可自费参观梵蒂冈博物馆）&amp;rarr;意大利炖牛尾餐（自费）&amp;rarr;酒店温馨提示：1.梵蒂冈博物馆游览必须提前预约，如果预约不到排队可能需要1-2个小时才能入内，因此如果预约不到则此项目取消；如果碰到重大活动或者官方规定闭馆日，则此项目取消。景点介绍：【罗马许愿泉TreviFountain】许愿泉是罗马最后一件巴洛克杰作，它是罗马的象征之一，电影《罗马假日》风靡全球后更成为著名的喷泉。【万神殿Pantheon】万神殿是古罗马精湛建筑技术的典范，被米开朗基罗赞叹为&amp;ldquo;天使的设计&amp;rdquo;。万神殿位于罗马市中心，其前庭是罗通达广场，有一个竖立着高大尖顶方碑的喷水池，方碑基座雕有古罗马神话场景。主体建筑结构简洁明了，是一个宽度与高度相等的巨大圆柱体，上面覆盖着半圆形的穹顶。【真理之口MouthofTruth】真理之口是一块雕刻着海神头像的圆盘，立在科斯美汀圣母教堂正门外长廊尽头的墙壁上，因电影《罗马假日》而名扬世界。传闻说谎的人，若将手放进&amp;ldquo;真理之口&amp;rdquo;，手就会被咬断。传说虽然不能当真，但如今游客到此，都争相排队伸手入&amp;ldquo;真理之口&amp;rdquo;内拍照留念。【威尼斯宫PalazzoVenezia】威尼斯宫是罗马第一座文艺复兴式的宫殿，威尼斯广场之名称也由此得来，宫殿里各种巨大的希腊石柱与浮雕显然是在向古希腊神庙的建筑风格致敬。大部分石料取自附近的罗马斗兽场，直到最近几个世纪在罗马这是常见的做法。【威尼斯广场PiazzaVenezia】威尼斯广场是位于罗马市中心的圆形广场。这个广场的正面是绰号叫&amp;ldquo;结婚蛋糕&amp;rdquo;、&amp;ldquo;打字机&amp;rdquo;的白色大理石建造的新古典主义建筑：维克多&amp;middot;埃曼纽尔二世纪念堂。为了庆祝1870年意大利统一而建造的纪念堂，耗时25年才建成。16根圆柱形成的弧形立面是它最精彩的部分，台阶下两组喷泉寓意深刻：右边的象征第勒尼安海，左边的象征亚得里亚海，中央骑马的人物塑像就是完成了意大利统一大业的维克多&amp;middot;埃曼纽尔二世。建筑物上面有两座巨大的青铜雕像，右边的代表&amp;ldquo;热爱祖国的胜利&amp;rdquo;，左边代表的是&amp;ldquo;劳动的胜利&amp;rdquo;。【圣彼得大教堂St.Peter'sBasilicaChurch】世界上最大的教堂-圣彼得大教堂，又称圣伯多禄大教堂、梵蒂冈大殿。由伯拉孟特、米开朗基罗等建筑师不断设计并完善，是位于梵蒂冈的一座天主教宗教圣殿，建于1506年至1626年，为天主教会重要的象征之一。【梵蒂冈博物馆VaticanMuseums】该博物馆是世界上较早的博物馆之一，汇集了埃及、希腊、罗马古代文物和文艺复兴时期的艺术精华，藏品是多个世纪以来罗马天主教会收集、积累的成果，是一座藏有无价瑰宝的博物馆。著名的馆内建筑有西斯廷礼拜堂、尼各老小堂。主要展馆有：庇奥-克里门提诺博物馆（MuseoPio-Clementino）：以希腊、罗马时代的雕刻为主，《拉奥孔与儿子们》陈列其中；格里高利-伊特鲁斯博物馆（MuseoGregoriano-Etrusco）：以公元前4世纪以前的收藏品为主；拉斐尔画室（StanzediRaffaelo）：由拉斐尔及其徒弟们的壁画装饰的馆室，其中最著名的作品是《雅典学院》；梵蒂冈画廊（PinacotecaVaticana）：主要收藏绘画作品，包括拉斐尔、达芬奇和卡拉瓦乔等人的名作。意大利炖牛尾餐（自费）：若你去意大利罗马旅游，一定会试试罗马特色菜罗马特色炖煮牛尾。这道菜用西红柿、洋葱、芹菜和西红柿酱肉一起慢炖而成。牛尾炖煮的恰到好处，松软入胃。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往著名的世界艺术之都，欧洲文化中心，欧洲文艺复兴运动的发祥地，歌剧的诞生地，举世闻名的文化旅游胜地-佛罗伦萨。行程安排：酒店&amp;rarr;佛罗伦萨&amp;rarr;圣母百花大教堂（外观，30分钟）&amp;rarr;乔托钟楼（外观，30分钟）&amp;rarr;圣乔万尼洗礼堂（外观，30分钟）&amp;rarr;西纽利亚广场（60分钟）&amp;rarr;圣十字广场自由活动（2小时，可自费参观乌菲齐美术馆）&amp;rarr;T骨牛排餐（自费）&amp;rarr;酒店温馨提示：1.乌菲齐美术馆游览必须提前预约，如果预约不到排队可能需要1-2个小时才能入内，因此如果预约不到则此项目取消；如果碰到重大活动或者官方规定闭馆日，则此项目取消。景点介绍：【佛罗伦萨圣母百花大教堂FlorenceCathedral】它是佛罗伦萨的标志，也是佛罗伦萨市内高的建筑。教堂建筑群由主教堂、钟楼和洗礼堂构成，不仅规模宏大，更是整个文艺复兴初期的代表性建筑。教堂外立面搭配使用鲜艳的红色、墨绿色和白色大理石，拼成几何图形，非常壮观，将文艺复兴时代所推崇的古典、优雅、自由诠释得淋漓尽致，从任何一个角度观察都显得非常肃穆和精美，难怪会被命名为&amp;ldquo;花之圣母&amp;rdquo;。【乔托钟楼Giotto'sCampanile】乔托钟楼是一座高82公尺，外型呈四角形的柱状塔楼，把三种颜色以几何学的配色方式调合，和大教堂十分和谐。【圣乔万尼洗礼堂TheFlorenceBaptistery】圣乔万尼洗礼堂外墙装饰采用白色、绿色大理石交错镶嵌而成。堂外共有三扇青铜门，门上刻有《旧约》故事的青铜浮雕，其中第二扇为吉贝尔蒂所作，花费28年完成，被米开朗基罗称为&amp;ldquo;天堂之门&amp;rdquo;，天堂之门&amp;rdquo;是洗礼堂的东门，正对着圣母百花大教堂。洗礼堂的内部装饰有以《最后的审判》《创世记》等为主题的拜占庭风格的马赛克镶嵌的宗教画。我们熟悉的许多佛罗伦萨名人都在此接受过洗礼，包括但丁、马基雅维利等。【西纽利亚广场PlazzadellaSignoria】西纽利亚广场是维奇奥宫前最热闹的广场，&amp;ldquo;祖国之父&amp;rdquo;柯西摩&amp;bull;麦迪奇的骑马雕像睥睨全场，米开朗琪罗的仿制雕像&amp;ldquo;戴维像&amp;rdquo;从1873年来一直守候在维奇奥宫门口左侧。【乌菲兹美术馆TheUffiziGallery】在佛罗伦萨众多精美绝伦的建筑中，乌菲兹美术馆的外观并不算惹眼，白色的主立面带有三个拱形大门，简洁大气，门前阿诺河静静流淌，颇有一番意境。馆藏丰富，以欧洲文艺复兴时期和其他各画派代表作品、及古希腊、罗马的雕塑而驰名中外。镇馆之宝有：博尼塞纳的《圣母子》、马尔蒂尼的《圣告》、波提切利的《维纳斯的诞生》和《春》等。达&amp;middot;芬奇的《三王礼拜》、拉斐尔的《金丝雀的圣母》、米开朗基罗的《圣家族》、提香的《花神》也不容错过。</w:t>
+              <w:t xml:space="preserve">今天我们将前往著名的世界艺术之都，欧洲文化中心，欧洲文艺复兴运动的发祥地，歌剧的诞生地，举世闻名的文化旅游胜地-佛罗伦萨。行程安排：酒店&amp;rarr;佛罗伦萨&amp;rarr;圣母百花大教堂（外观，30分钟）&amp;rarr;乔托钟楼（外观，30分钟）&amp;rarr;圣乔万尼洗礼堂（外观，30分钟）&amp;rarr;西纽利亚广场（60分钟）&amp;rarr;圣十字广场自由活动（2小时，可自费参观乌菲齐美术馆）&amp;rarr;T骨牛排餐（自费）&amp;rarr;酒店温馨提示：1.乌菲齐美术馆游览必须提前预约，如果预约不到排队可能需要1-2个小时才能入内，因此如果预约不到则此项目取消；如果碰到重大活动或者官方规定闭馆日，则此项目取消。景点介绍：【佛罗伦萨圣母百花大教堂FlorenceCathedral】它是佛罗伦萨的标志，也是佛罗伦萨市内高的建筑。教堂建筑群由主教堂、钟楼和洗礼堂构成，不仅规模宏大，更是整个文艺复兴初期的代表性建筑。教堂外立面搭配使用鲜艳的红色、墨绿色和白色大理石，拼成几何图形，非常壮观，将文艺复兴时代所推崇的古典、优雅、自由诠释得淋漓尽致，从任何一个角度观察都显得非常肃穆和精美，难怪会被命名为&amp;ldquo;花之圣母&amp;rdquo;。【乔托钟楼Giotto'sCampanile】乔托钟楼是一座高82公尺，外型呈四角形的柱状塔楼，把三种颜色以几何学的配色方式调合，和大教堂十分和谐。【圣乔万尼洗礼堂TheFlorenceBaptistery】圣乔万尼洗礼堂外墙装饰采用白色、绿色大理石交错镶嵌而成。堂外共有三扇青铜门，门上刻有《旧约》故事的青铜浮雕，其中第二扇为吉贝尔蒂所作，花费28年完成，被米开朗基罗称为&amp;ldquo;天堂之门&amp;rdquo;，天堂之门&amp;rdquo;是洗礼堂的东门，正对着圣母百花大教堂。洗礼堂的内部装饰有以《最后的审判》《创世记》等为主题的拜占庭风格的马赛克镶嵌的宗教画。我们熟悉的许多佛罗伦萨名人都在此接受过洗礼，包括但丁、马基雅维利等。【西纽利亚广场PlazzadellaSignoria】西纽利亚广场是维奇奥宫前最热闹的广场，&amp;ldquo;祖国之父&amp;rdquo;柯西摩&amp;bull;麦迪奇的骑马雕像睥睨全场，米开朗琪罗的仿制雕像&amp;ldquo;戴维像&amp;rdquo;从1873年来一直守候在维奇奥宫门口左侧。【乌菲兹美术馆TheUffiziGallery】在佛罗伦萨众多精美绝伦的建筑中，乌菲兹美术馆的外观并不算惹眼，白色的主立面带有三个拱形大门，简洁大气，门前阿诺河静静流淌，颇有一番意境。馆藏丰富，以欧洲文艺复兴时期和其他各画派代表作品、及古希腊、罗马的雕塑而驰名中外。镇馆之宝有：博尼塞纳的《圣母子》、马尔蒂尼的《圣告》、波提切利的《维纳斯的诞生》和《春》等。达&amp;middot;芬奇的《三王礼拜》、拉斐尔的《金丝雀的圣母》、米开朗基罗的《圣家族》、提香的《花神》也不容错过。T骨牛排餐（自费）：在意大利，一个酒名，一种奶酪，一道菜肴，它的名字都不是随便起的。要配上这个名字，它的每一个工序，每一道鉴别，都有严格的标准和要求。T骨牛排来自世界上体型最大和最古老的牛腰部的肉，必须使用木炭烤制，将牛排最鲜美的味道保留下来，外焦里嫩，鲜美多汁。参考菜单：色拉+T骨牛排配土豆+冰淇淋/甜点+酒水。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -315,102 +315,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往由蒙特罗索、威尔纳查、科尼利亚、马纳罗拉、利欧马乔雷五个渔村而组成的五渔村地区，这里被联合国教科文组织列为世界遗产。随后我们将游览博洛尼亚市区。之后我们将来到Eataly美食集市，20000平方米的户外区域，40个农场工业，展示了意大利的主要农作物和最具代表性的地方动物品种。行程安排：酒店&amp;rarr;五渔村（入内，3小时，选择2-3个村庄，可自费享用网红海鲜餐）&amp;rarr;博洛尼亚市（60分钟）&amp;rarr;Eataly美食集市（60分钟）&amp;rarr;酒店景点介绍：【五渔村CinqueTerre】由蒙特罗索、威尔纳查、科尼利亚、马纳罗拉、利欧马乔雷组成的五渔村地区，被联合国教科文组织列为世界文化遗产。在意大利人心中，五渔村就是&amp;ldquo;彩色圣托里尼&amp;rdquo;。被农业地形所包围的海滨村庄，它们五彩缤纷、魅力四射、朴实优美，构成了这个五渔村国家公园保护区的一部分。在往昔的时光中，雪莱、拜伦等大诗人都曾慕名前来，徜徉在海岸的美景中，尽情展示他们的诗性才华&amp;hellip;&amp;hellip;【博洛尼亚Bologna】博洛尼亚拥有意大利中世纪的景观：引人注目的红砖建筑、文艺复兴时期的塔楼和40公里长的拱廊等。位于内图诺广场中间的博洛尼亚的象征-海神喷泉，这是一尊青铜图塑像，雕塑上部是手持三叉矛的海神，高3米多。海神脚下有四名小天使正在与海豚嬉戏，再往下有四面古代徽章。游览著名的双塔，比较高的一座名叫&amp;ldquo;TorredegliAsinelli&amp;rdquo;，而旁边较低且倾斜犹如醉汉的是&amp;ldquo;TorreGarisenda&amp;rdquo;。两座塔都建于公元11世纪，至今坚挺。</w:t>
+              <w:t xml:space="preserve">今天我们将前往由蒙特罗索、威尔纳查、科尼利亚、马纳罗拉、利欧马乔雷五个渔村而组成的五渔村地区，这里被联合国教科文组织列为世界遗产。随后我们将游览博洛尼亚市区。之后我们将来到Eataly美食集市，20000平方米的户外区域，40个农场工业，展示了意大利的主要农作物和最具代表性的地方动物品种。行程安排：酒店&amp;rarr;五渔村（入内，3小时，选择2-3个村庄，可自费享用网红海鲜餐）&amp;rarr;博洛尼亚市（60分钟）&amp;rarr;Eataly美食集市（60分钟）&amp;rarr;酒店景点介绍：【五渔村CinqueTerre】由蒙特罗索、威尔纳查、科尼利亚、马纳罗拉、利欧马乔雷组成的五渔村地区，被联合国教科文组织列为世界文化遗产。在意大利人心中，五渔村就是&amp;ldquo;彩色圣托里尼&amp;rdquo;。被农业地形所包围的海滨村庄，它们五彩缤纷、魅力四射、朴实优美，构成了这个五渔村国家公园保护区的一部分。在往昔的时光中，雪莱、拜伦等大诗人都曾慕名前来，徜徉在海岸的美景中，尽情展示他们的诗性才华&amp;hellip;&amp;hellip;【博洛尼亚Bologna】博洛尼亚拥有意大利中世纪的景观：引人注目的红砖建筑、文艺复兴时期的塔楼和40公里长的拱廊等。位于内图诺广场中间的博洛尼亚的象征-海神喷泉，这是一尊青铜图塑像，雕塑上部是手持三叉矛的海神，高3米多。海神脚下有四名小天使正在与海豚嬉戏，再往下有四面古代徽章。游览著名的双塔，比较高的一座名叫&amp;ldquo;TorredegliAsinelli&amp;rdquo;，而旁边较低且倾斜犹如醉汉的是&amp;ldquo;TorreGarisenda&amp;rdquo;。两座塔都建于公元11世纪，至今坚挺。五渔村网红海鲜餐（自费）：品尝五渔村爆红的网红海鲜餐，一海鲜一倒而出，满满都是浓浓的地中海风情。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往&amp;ldquo;因水而生，因水而美，因水而兴&amp;rdquo;的威尼斯。威尼斯的风情总离不开&amp;ldquo;水&amp;rdquo;，蜿蜒的水巷，流动的清波，它好像一个漂浮在碧波上浪漫的梦，诗情画意久久挥之不去。1987年，威尼斯被列入《世界遗产名录》。行程安排：酒店&amp;rarr;威尼斯&amp;rarr;圣马可大教堂（外观，30分钟）&amp;rarr;圣马可广场（60分钟）&amp;rarr;叹息桥（外观，30分钟）&amp;rarr;圣马可飞狮（外观，30分钟）&amp;rarr;DFS自由活动（1-2小时，可自费乘坐贡都拉游船）&amp;rarr;威尼斯墨鱼面（自费）&amp;rarr;酒店景点介绍：【圣马可大教堂SaintMark'sBasilica】圣马可大教堂是威尼斯守护神圣马可的安息之处。它曾是中世纪欧洲最大的教堂，威尼斯建筑艺术的经典之作，同时也是一座收藏丰富艺术品的宝库。教堂建筑遵循拜占庭风格，总体呈希腊十字形造型，上覆5座半球形圆顶。【圣马可广场St.Mark'sSquare】圣马可广场在欧洲的城市广场中是独具特色的，座落在市中心，却不像其他广场那样喧闹，这归功于威尼斯宁静的水路交通。作为威尼斯的地标，它受到游客、摄影师甚至鸽子们的青睐。广场边上拥有一圈精美的文艺复兴风格建筑，圣马可大教堂、造币厂、总督宫位于广场的东侧，南侧是钟楼及新、旧议会大楼，登上钟楼可以俯瞰整个广场全景。【叹息桥BridgeofSighs】叹息桥是位于总督府侧面的一座巴洛克风格的石桥，是威尼斯很出名的桥梁之一。这是座密封式拱桥建筑，只能通过桥上的小窗子望向外面。桥的两端连接法院与监狱两处，死囚在行刑前通过此桥，在此感叹即将结束的人生，因而得名&amp;ldquo;叹息桥&amp;rdquo;。现在的叹息桥是电影《情定日落桥》中那座让亡命天涯的男女主人公于日落时分互许终身的桥，因而一扫其阴霾不祥的气息。【圣马可飞狮TheLionofVenice】圣马可广场的入口处，有两根高大的圆柱，东侧的圆柱上挺立着一只展翅欲飞的青铜狮，它就是威尼斯的城徽&amp;mdash;&amp;mdash;飞狮。飞狮的左前爪扶着一本圣书，上面用拉丁文写着天主教的圣谕：&amp;ldquo;我的使者马可，你在那里安息吧!&amp;rdquo;。【贡都拉游船GondolaRides】威尼斯历来享有&amp;ldquo;水城&amp;rdquo;之美称，作为威尼斯人必备的交通工具，这里有各式各样的船，而其中最具特色的当然要数&amp;ldquo;贡多拉&amp;rdquo;，贡多拉游船是威尼斯独具风情的尖舟。您可以乘坐一叶扁舟穿梭在河道中，尽情领略水城风情。</w:t>
+              <w:t xml:space="preserve">今天我们将前往&amp;ldquo;因水而生，因水而美，因水而兴&amp;rdquo;的威尼斯。威尼斯的风情总离不开&amp;ldquo;水&amp;rdquo;，蜿蜒的水巷，流动的清波，它好像一个漂浮在碧波上浪漫的梦，诗情画意久久挥之不去。1987年，威尼斯被列入《世界遗产名录》。行程安排：酒店&amp;rarr;威尼斯&amp;rarr;圣马可大教堂（外观，30分钟）&amp;rarr;圣马可广场（60分钟）&amp;rarr;叹息桥（外观，30分钟）&amp;rarr;圣马可飞狮（外观，30分钟）&amp;rarr;贡都拉游船（自费，30分钟）&amp;rarr;威尼斯墨鱼面（自费）&amp;rarr;酒店景点介绍：【圣马可大教堂SaintMark'sBasilica】圣马可大教堂是威尼斯守护神圣马可的安息之处。它曾是中世纪欧洲最大的教堂，威尼斯建筑艺术的经典之作，同时也是一座收藏丰富艺术品的宝库。教堂建筑遵循拜占庭风格，总体呈希腊十字形造型，上覆5座半球形圆顶。【圣马可广场St.Mark'sSquare】圣马可广场在欧洲的城市广场中是独具特色的，座落在市中心，却不像其他广场那样喧闹，这归功于威尼斯宁静的水路交通。作为威尼斯的地标，它受到游客、摄影师甚至鸽子们的青睐。广场边上拥有一圈精美的文艺复兴风格建筑，圣马可大教堂、造币厂、总督宫位于广场的东侧，南侧是钟楼及新、旧议会大楼，登上钟楼可以俯瞰整个广场全景。【叹息桥BridgeofSighs】叹息桥是位于总督府侧面的一座巴洛克风格的石桥，是威尼斯很出名的桥梁之一。这是座密封式拱桥建筑，只能通过桥上的小窗子望向外面。桥的两端连接法院与监狱两处，死囚在行刑前通过此桥，在此感叹即将结束的人生，因而得名&amp;ldquo;叹息桥&amp;rdquo;。现在的叹息桥是电影《情定日落桥》中那座让亡命天涯的男女主人公于日落时分互许终身的桥，因而一扫其阴霾不祥的气息。【圣马可飞狮TheLionofVenice】圣马可广场的入口处，有两根高大的圆柱，东侧的圆柱上挺立着一只展翅欲飞的青铜狮，它就是威尼斯的城徽&amp;mdash;&amp;mdash;飞狮。飞狮的左前爪扶着一本圣书，上面用拉丁文写着天主教的圣谕：&amp;ldquo;我的使者马可，你在那里安息吧!&amp;rdquo;。【贡都拉游船GondolaRides】威尼斯历来享有&amp;ldquo;水城&amp;rdquo;之美称，作为威尼斯人必备的交通工具，这里有各式各样的船，而其中最具特色的当然要数&amp;ldquo;贡多拉&amp;rdquo;，贡多拉游船是威尼斯独具风情的尖舟。您可以乘坐一叶扁舟穿梭在河道中，尽情领略水城风情。威尼斯墨鱼面（自费）：特别安排品尝意大利特色墨鱼面，来威尼斯一定要吃的特色美食，墨鱼面，顾名思义，就是墨鱼汁煮面！煮出来的面条漆黑有弹性，却绝对不会用丝毫的腥味。鲜美的面条下隐隐有着海水的咸味以及淡淡的橄榄油香，新鲜美味的面条无需任何配菜，地道的墨鱼面只用面条就足够征服一切了。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -566,51 +566,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.全程机票、税金、签证费用、护照办理费用；2.行程中的午餐和晚餐；3.小费12欧元/人/天；4.行程中的景点门票和自费项目；5.境外个人消费（酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费）；6.以上服务内容中未提及的其他费用。自费项目项目名称价格说明描述梵蒂冈博物馆VaticanMuseums每人：€75.00包含：门票、讲解费、服务费所需时间：1.5小时左右意大利炖牛尾餐RomanOxtailMeal每人：€45.00前餐色拉菜1道pizzacozze意大利面2道pizza意大利面牛尾乌菲兹美术馆UffiziGallery每人：€75.00包含：门票、讲解费、服务费所需时间：1.5小时左右T-bone牛排特色餐T-boneSteakSpecialMeal每人：€45.00前餐色拉菜1道pizza意大利面2道T-bone牛排五渔村特色海鲜餐CinqueTerreSpecialSeafoodMeal每人：€45.00威尼斯“贡都拉”游船Venice"Gondola"Cruise每人：€35.00包含：船票、服务小费（六人一条船）所需时间：0.5小时左右威尼斯墨鱼面套餐CuttlefishNoodleSet每人：€35.00米兰大教堂登顶MilanCathedralascent每人：€30.00</w:t>
+              <w:t xml:space="preserve">1.全程机票、税金、签证费用、护照办理费用；2.行程中的午餐和晚餐；3.小费15欧元/人/天；4.行程中的景点门票和自费项目；5.境外个人消费（酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费）；6.以上服务内容中未提及的其他费用。自费项目项目名称价格说明描述梵蒂冈博物馆VaticanMuseums每人：€75.00包含：门票、讲解费、服务费所需时间：1.5小时左右意大利炖牛尾餐RomanOxtailMeal每人：€45.00前餐色拉菜1道pizzacozze意大利面2道pizza意大利面牛尾乌菲兹美术馆UffiziGallery每人：€75.00包含：门票、讲解费、服务费所需时间：1.5小时左右T-bone牛排特色餐T-boneSteakSpecialMeal每人：€45.00前餐色拉菜1道pizza意大利面2道T-bone牛排五渔村特色海鲜餐CinqueTerreSpecialSeafoodMeal每人：€45.00威尼斯“贡都拉”游船Venice"Gondola"Cruise每人：€35.00包含：船票、服务小费（六人一条船）所需时间：0.5小时左右威尼斯墨鱼面套餐CuttlefishNoodleSet每人：€35.00米兰大教堂登顶MilanCathedralascent每人：€30.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>