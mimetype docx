--- v0 (2025-10-30)
+++ v1 (2026-02-10)
@@ -162,51 +162,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">赫尔辛基是芬兰首都，湛蓝的芬兰湾海轻轻拍击着堤岸，市内湖泊星罗棋布，如梦似幻的景色，使它享有&amp;ldquo;波罗地海的明珠&amp;rdquo;的美称。由于受俄罗斯文化的影响，市内的建筑艺术举世闻名。之后我们将搭乘夜航五星邮轮前往瑞典首都斯德哥尔摩。行程安排：西贝柳斯公园（入内，30分钟）&amp;rarr;赫尔辛基大教堂（外观，15分钟）&amp;rarr;岩石教堂（入内，30分钟）&amp;rarr;南码头露天市场（60分钟）&amp;rarr;搭乘诗丽雅或维京五星游轮前往斯德哥尔摩（入住双人外舱，参考航次为17:00-09:30+1，航行时间约16.5小时）景点介绍：【西贝柳斯公园SibeliusParkandMonument】西贝柳斯公园坐落于赫尔辛基市区西北面，建于1945年，是芬兰热门的观光景点之一。为了纪念芬兰音乐之父让&amp;middot;西贝柳斯，芬兰著名女雕塑家埃拉.希尔图宁在公园内设计了拥有600根琴管的巨大管风琴形象的钢管雕塑。1967年，即西贝柳斯去世10周年之际，雕塑家在旁边又设计了一个西贝柳斯头像的雕塑作品。【赫尔辛基大教堂HelsinkiCathedral】大教堂是赫尔辛基的地标性建筑，一眼望去，希腊廊柱支撑的乳白色教堂主体和淡绿色青铜圆顶的钟楼十分醒目，宏伟的气势和精美的结构使其成为芬兰建筑史上的经典。此外，由于教堂以白色为主体，纯净无暇、结构精美，也受到了很多新人的青睐，成了赫尔辛基非常热门的婚纱外景拍摄地。【岩石教堂Temppeliaukion-kirkko】岩石教堂是世界上唯一一座建立在岩石中的教堂，外观彻底颠覆教堂的概念，看起来像着陆的飞碟，入口就像个隧道口。200多篇建筑杂志都对它不吝赞美。与赫尔辛基其他教堂相比，它显得很低调&amp;mdash;&amp;mdash;整体为半地下的结构，只有椭圆形教堂大厅沐浴在日光下。外部墙壁以铜片镶饰，内壁则完全保持了天然的花岗岩石壁纹理，芬兰人崇尚自然古朴的审美情感在此得到了充分体现。教堂共两层，可容纳近1000人。教堂内部，在岩壁的回音作用下，音效奇佳，因此很多音乐会选择在这里举行。【南码头露天市场MarketSquare,Helsinki】这是芬兰传统的市场之一。在露天市场广场，你可以体验到芬兰人的那份生活乐趣。露天市场一个常年开设的自由贸易市场，从清晨热闹到傍晚，贩卖蔬果海鲜的，摆摊出售二手商品的，还有精美工艺品和礼品专卖，芬兰刀具、挂毯，甚至是一些动物皮草。</w:t>
+              <w:t xml:space="preserve">赫尔辛基是芬兰首都，湛蓝的芬兰湾海轻轻拍击着堤岸，市内湖泊星罗棋布，如梦似幻的景色，使它享有&amp;ldquo;波罗地海的明珠&amp;rdquo;的美称。由于受俄罗斯文化的影响，市内的建筑艺术举世闻名。之后我们将搭乘夜航五星邮轮前往瑞典首都斯德哥尔摩。行程安排：西贝柳斯公园（入内，30分钟）&amp;rarr;赫尔辛基大教堂（外观，15分钟）&amp;rarr;岩石教堂（入内，30分钟）&amp;rarr;南码头露天市场（60分钟）&amp;rarr;搭乘诗丽雅或维京五星游轮前往斯德哥尔摩（入住双人外舱，参考航次为17:00-09:30+1，航行时间约16.5小时）景点介绍：【西贝柳斯公园SibeliusParkandMonument】西贝柳斯公园坐落于赫尔辛基市区西北面，建于1945年，是芬兰热门的观光景点之一。为了纪念芬兰音乐之父让&amp;middot;西贝柳斯，芬兰著名女雕塑家埃拉.希尔图宁在公园内设计了拥有600根琴管的巨大管风琴形象的钢管雕塑。1967年，即西贝柳斯去世10周年之际，雕塑家在旁边又设计了一个西贝柳斯头像的雕塑作品。【赫尔辛基大教堂HelsinkiCathedral】大教堂是赫尔辛基的地标性建筑，一眼望去，希腊廊柱支撑的乳白色教堂主体和淡绿色青铜圆顶的钟楼十分醒目，宏伟的气势和精美的结构使其成为芬兰建筑史上的经典。此外，由于教堂以白色为主体，纯净无暇、结构精美，也受到了很多新人的青睐，成了赫尔辛基非常热门的婚纱外景拍摄地。【岩石教堂Temppeliaukion-kirkko】岩石教堂是世界上唯一一座建立在岩石中的教堂，外观彻底颠覆教堂的概念，看起来像着陆的飞碟，入口就像个隧道口。200多篇建筑杂志都对它不吝赞美。与赫尔辛基其他教堂相比，它显得很低调&amp;mdash;&amp;mdash;整体为半地下的结构，只有椭圆形教堂大厅沐浴在日光下。外部墙壁以铜片镶饰，内壁则完全保持了天然的花岗岩石壁纹理，芬兰人崇尚自然古朴的审美情感在此得到了充分体现。教堂共两层，可容纳近1000人。教堂内部，在岩壁的回音作用下，音效奇佳，因此很多音乐会选择在这里举行。【南码头露天市场MarketSquare,Helsinki】这是芬兰传统的市场之一。在露天市场广场，你可以体验到芬兰人的那份生活乐趣。露天市场一个常年开设的自由贸易市场，从清晨热闹到傍晚，贩卖蔬果海鲜的，摆摊出售二手商品的，还有精美工艺品和礼品专卖，芬兰刀具、挂毯，甚至是一些动物皮草。船上自助海鲜晚餐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -315,102 +315,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往位于松恩峡湾的弗洛姆小镇，欣赏挪威特有的峡湾风光。随后我们将乘船深入游览松恩峡湾，体验峡湾风光，美到窒息。最后我们将入住百年贵族酒店Brakanes并于酒店享用晚餐。酒店位于尔维克的哈当厄峡湾海岸边，可在湖边尽情欣赏峡湾美景，花园位于水畔，设有阳光屋、图书休息室、健身房、桑拿浴室和室内泳池。行程安排：弗洛姆小镇（90分钟）&amp;rarr;松恩峡湾观景游船（含船票，90分钟）&amp;rarr;入住百年贵族酒店Brakanes景点介绍：【松恩峡湾弗洛姆小镇SognefjordFlam】弗洛姆隐藏在三面雪山环绕的艾于兰峡湾的尽头。踏上码头，迎面就是一个小小的火车站，小镇因为是弗洛姆铁路的起点而闻名遐迩。小镇人口不到400，每年却有40万游客前来这里。这里有着挪威峡湾特有的美丽风光，是著名的弗洛姆高山铁路的起点，同时也是重要的游轮港口。【松恩峽湾观景游船Sognefjord】游船漫游在风景迷人的世界至大的峡湾：那骤然起落的三度空间，山高水阔，美得让你摒息。长200千米深1300米的峡湾是世界很长、很深的峡湾，是举世无双的景观。漫长的海岸线，被北海的浪滔割成锯齿状。窄如细指的水流挤出一条道路，从峡湾注入内陆的山丘中，无数的大小瀑布倾泻奔腾。这无穷尽的曲折峡湾和无数的冰河遗迹所构成的壮阔精采的峡湾风光，让你永生难忘。</w:t>
+              <w:t xml:space="preserve">今天我们将前往位于松恩峡湾的弗洛姆小镇，欣赏挪威特有的峡湾风光。随后我们将乘船深入游览松恩峡湾，体验峡湾风光，美到窒息。最后我们将入住百年贵族酒店Brakanes并于酒店享用晚餐。酒店位于尔维克的哈当厄峡湾海岸边，可在湖边尽情欣赏峡湾美景，花园位于水畔，设有阳光屋、图书休息室、健身房、桑拿浴室和室内泳池。行程安排：弗洛姆小镇（90分钟）&amp;rarr;松恩峡湾观景游船（含船票，90分钟）&amp;rarr;入住百年贵族酒店Brakanes景点介绍：【松恩峡湾弗洛姆小镇SognefjordFlam】弗洛姆隐藏在三面雪山环绕的艾于兰峡湾的尽头。踏上码头，迎面就是一个小小的火车站，小镇因为是弗洛姆铁路的起点而闻名遐迩。小镇人口不到400，每年却有40万游客前来这里。这里有着挪威峡湾特有的美丽风光，是著名的弗洛姆高山铁路的起点，同时也是重要的游轮港口。【松恩峽湾观景游船Sognefjord】游船漫游在风景迷人的世界至大的峡湾：那骤然起落的三度空间，山高水阔，美得让你摒息。长200千米深1300米的峡湾是世界很长、很深的峡湾，是举世无双的景观。漫长的海岸线，被北海的浪滔割成锯齿状。窄如细指的水流挤出一条道路，从峡湾注入内陆的山丘中，无数的大小瀑布倾泻奔腾。这无穷尽的曲折峡湾和无数的冰河遗迹所构成的壮阔精采的峡湾风光，让你永生难忘。酒店内晚餐如遇BrakanesHotel售罄，将安排其他峡湾同级酒店。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">在酒店享用美味的早餐后，我们将游览哈当厄尔峡湾。这里有绿林深山、流淌的峡湾水和交织的冰河，周边多处瀑布飞扬，在丰饶美丽的大自然的隐蔽下，这里被称为挪威最美的城市之一。随后前往斯坦达斯瀑布，这里的瀑布雄浑壮美，您一定不容错过。行程安排：哈当厄尔峡湾（2.5-3小时）&amp;rarr;斯坦达斯瀑布（2.5-3小时）景点介绍：【哈当厄尔峡湾Hardangerfjord】哈当厄尔峡湾号称是挪威的果园，它是挪威最为柔美且芳香四溢的峡湾。漫长的海岸线，被北海的浪滔割成锯齿状。窄如细指的水流挤出一条道路，从峡湾注入内陆的山丘中，无数的大小瀑布倾泻奔腾。这无穷尽的曲折峡湾和无数的冰河遗迹所构成的壮阔精彩的峡湾风光，让游客永生难忘。【斯坦达斯瀑布SteinsdalsfossenWaterfall】挪威出名的瀑布区，位于诺海姆桑德(Norheimsund)的大瀑布从近乎垂直的山坡浩浩荡荡奔腾而下，大自然爱好者可以在哈当厄尔峡湾获得无穷乐趣。这里峡湾和瀑布的雄浑壮美，有多个观光游览行程可供选择，您可在峡湾四周徒步远足，或是乘坐皮艇，从全新的角度探索峡湾。当地其他深受人们青睐的活动还有垂钓、漂流和骑行。山路是不容错过的景点。山路沿着陡峭的山坡蜿蜒而上，瀑布飞流其间，每年5、6月份的时候尤为壮观。哈当厄尔峡湾必去景点，这座瀑布的独特之处是旅行者可以从后面穿过瀑布，身上却一点都不被打湿。</w:t>
+              <w:t xml:space="preserve">在酒店享用美味的早餐后，我们将游览哈当厄尔峡湾。这里有绿林深山、流淌的峡湾水和交织的冰河，周边多处瀑布飞扬，在丰饶美丽的大自然的隐蔽下，这里被称为挪威最美的城市之一。参观结束后前往酒店休息。行程安排：哈当厄尔峡湾（2.5-3小时）&amp;rarr;酒店景点介绍：【哈当厄尔峡湾Hardangerfjord】哈当厄尔峡湾号称是挪威的果园，它是挪威最为柔美且芳香四溢的峡湾。漫长的海岸线，被北海的浪滔割成锯齿状。窄如细指的水流挤出一条道路，从峡湾注入内陆的山丘中，无数的大小瀑布倾泻奔腾。这无穷尽的曲折峡湾和无数的冰河遗迹所构成的壮阔精彩的峡湾风光，让游客永生难忘。酒店内晚餐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -468,51 +468,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往丹麦首都哥本哈根，哥本哈根曾被联合国人居署选为&amp;ldquo;全球最宜居的城市&amp;rdquo;，并给予&amp;ldquo;最佳设计城市&amp;rdquo;的评价。哥本哈根也是全世界最幸福的城市之一。丹麦标志美人鱼雕像在海边静静沉思，充满童话气质的古堡与皇宫比邻坐落在这个城市中，古老与神奇、艺术与现代。行程安排：安徒生雕像（外观，15分钟）&amp;rarr;小美人鱼铜像（外观，15分钟）&amp;rarr;神农喷泉（外观，15分钟）&amp;rarr;阿美琳堡宫（外观，15分钟）景点介绍：【安徒生雕像H.C.AndersenStatue】哥本哈根市政厅旁边，坐着一位穿西装长袍和戴着高帽的男士塑像，他就是大名鼎鼎、名字与丹麦分不开的童话作家安徒生。这尊约3米高的铜制塑像，左手拿拐杖，右手握着一本书，还以食指隔开书页，头部朝左微微抬高，仰望着&amp;ldquo;梦的工厂&amp;rdquo;蒂沃里游园，脸上有一种&amp;ldquo;时不我予&amp;rdquo;的错愕神情。这尊塑像坐落在人潮熙攘的大街旁，每天都有不少游客经过他身边，抬起头瞻仰大师的面容，或者把手按在他的膝盖头拍照留念。【小美人鱼铜像TheLittleMermaid】小美人鱼铜像由下部的大理石基盘和上方的美人鱼铜像构成，是一座世界闻名的铜像，是丹麦的象征。远望人身鱼尾的美人鱼，恬静娴雅，悠闲自得；走近看到的却是一个神情忧郁、冥思苦想的少女。【阿美琳堡宫AmalienborgPalace】阿美琳堡宫于十八世纪建造，是王室的主要宫殿。王宫位于八角广场四周，由四座完全一样的宫殿组成。幸运的话将有机会看到安徒生童话中的头顶高帽的皇家卫兵。</w:t>
+              <w:t xml:space="preserve">今天我们将前往丹麦首都哥本哈根，哥本哈根曾被联合国人居署选为&amp;ldquo;全球最宜居的城市&amp;rdquo;，并给予&amp;ldquo;最佳设计城市&amp;rdquo;的评价。哥本哈根也是全世界最幸福的城市之一。丹麦标志美人鱼雕像在海边静静沉思，充满童话气质的古堡与皇宫比邻坐落在这个城市中，古老与神奇、艺术与现代。行程安排：安徒生雕像（外观，15分钟）&amp;rarr;小美人鱼铜像（外观，15分钟）&amp;rarr;神农喷泉（外观，15分钟）&amp;rarr;阿美琳堡宫（外观，15分钟）景点介绍：【安徒生雕像H.C.AndersenStatue】哥本哈根市政厅旁边，坐着一位穿西装长袍和戴着高帽的男士塑像，他就是大名鼎鼎、名字与丹麦分不开的童话作家安徒生。这尊约3米高的铜制塑像，左手拿拐杖，右手握着一本书，还以食指隔开书页，头部朝左微微抬高，仰望着&amp;ldquo;梦的工厂&amp;rdquo;蒂沃里游园，脸上有一种&amp;ldquo;时不我予&amp;rdquo;的错愕神情。这尊塑像坐落在人潮熙攘的大街旁，每天都有不少游客经过他身边，抬起头瞻仰大师的面容，或者把手按在他的膝盖头拍照留念。【小美人鱼雕像TheLittleMermaid】小美人鱼铜像由下部的大理石基盘和上方的美人鱼铜像构成，是一座世界闻名的铜像，是丹麦的象征。远望人身鱼尾的美人鱼，恬静娴雅，悠闲自得；走近看到的却是一个神情忧郁、冥思苦想的少女。【阿美琳堡宫AmalienborgPalace】阿美琳堡宫于十八世纪建造，是王室的主要宫殿。王宫位于八角广场四周，由四座完全一样的宫殿组成。幸运的话将有机会看到安徒生童话中的头顶高帽的皇家卫兵。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -617,83 +617,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.全程机票、税金、签证费用、护照办理费用；2.午餐和晚餐；3.服务费12欧元/人/天；4.境外个人消费（酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费）；5.以上服务内容中未提及的其他费用。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.全程机票、税金、签证费用、护照办理费用；2.午餐和晚餐；3.服务费15欧元/人/天；4.境外个人消费（酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费）；5.以上服务内容中未提及的其他费用。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">芬兰入境要求：无任何的防疫要求入境芬兰参考网址（请点击蓝色字体查看）欧洲各国入境政策是以该国政府官方发布的政策为准，但是执行方是航空公司工作人员，最终请以和航空公司确认为准。【退改说明】1.行程取消条款如下：行程开始前违约金（占团费总费用）出发前7日(含)內100%出发前8日(含)至14日(含)75%出发前15日(含)至21日(含)50%出发前22日及以上0备注：(1)出发当日未能准时参加者，作自动放弃论，已付团费概不退还。(2)其他加定酒店或服务需参照酒店规定而确定是否能退款。(3)如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。2.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。3.可在预定行程时加定&amp;ldquo;安心退&amp;rdquo;保险服务$300/人：出发前15日及以上，不问原因，随意退；出发前8日(含)至14日(含)，可随意改期。</w:t>
+              <w:t xml:space="preserve">芬兰入境要求：无任何的防疫要求入境芬兰参考网址（请点击蓝色字体查看）欧洲各国入境政策是以该国政府官方发布的政策为准，但是执行方是航空公司工作人员，最终请以和航空公司确认为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>