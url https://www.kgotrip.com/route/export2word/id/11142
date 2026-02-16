--- v0 (2025-10-30)
+++ v1 (2026-02-16)
@@ -111,102 +111,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">参团当日免费接机机场：檀香山国际机场（HNL）参团当日免费接机时间：免费接机时间：06:30-21:59，此时间为客人与导游会面时间，逾时不候。接机当天建议预订晚上22:00之前抵达的航班（如因航班延误等不可抗力因素导致于晚上22:00-次日06:00期间抵达的航班，无法提供免费接机服务，敬请谅解）22:00-06:29不提供接机服务（以上均为夏威夷本地时间）。</w:t>
+              <w:t xml:space="preserve">参团当日免费接机机场：檀香山国际机场（HNL）参团当日免费接机时间：免费接机时间：07:00-21:59，此时间为客人与导游会面时间，逾时不候。接机当天建议预订晚上22:00前抵达的航班（如因航班延误等不可抗力因素导致于晚上22:00-隔天06:00期间抵达的航班，无法提供免费接机服务，敬请谅解）参团当日付费接机时间：05:00-06:29，美国国内航班&amp;amp;加拿大航班费用：成人$25/人/单程、儿童$15/人/单程，国际航班费用：成人$35/人/单程、儿童$25/人/单程。22:00-04:59不提供接机服务（以上均为夏威夷本地时间）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上07:45从酒店出发，前往参观位于夏威夷欧胡岛的西南部的珍珠港，远眺被日军炸沉的亚利桑那号纪念堂远眺密苏里舰。随后途经夏威夷州议会大厦和911事件之后不对观光车辆开放的美国太平洋国家军人烈士公墓。途经中国城，远眺孙中山先生铜像后，参观夏威夷第一任国王卡美哈美哈铜像，近眺国王皇宫，市政府大楼，最后参观夏威夷特有的绿宝石、黑珍珠、红珊瑚店。我们将于中午12:00左右返回酒店。行程安排：珍珠港（90分钟，含远眺亚利桑那号战舰纪念馆）&amp;rarr;夏威夷州议会大厦（途经）&amp;rarr;夏威夷中国城（途经）&amp;rarr;卡美哈美哈铜像（外观，15分钟）&amp;rarr;伊奥拉尼王宫（遥望）&amp;rarr;绿宝石、黑珍珠、红珊瑚店温馨提示：珍珠港景点规定导游不可于园区内讲解；游客不可携带任何包包进入园区，随身钱包例外。景点介绍：【珍珠港PearlHarbor】珍珠港地处瓦胡岛南岸的科劳山脉和怀阿奈山脉之间平原的最低处，是美国海军的基地和造船基地，也是北太平洋岛屿中最大最好的安全停泊港口之一。偷袭珍珠港事件发生在1941年12月7日清晨，日本联合舰队的飞机和微型潜艇突然袭击美国海军基地珍珠港以及美国陆军和海军在夏威夷欧胡岛上的飞机场。我们可以遥望为了纪念当年的惨痛教训，美国政府于1980年在&amp;ldquo;亚利桑那&amp;rdquo;号残骸上建立的亚利桑那纪念馆。【夏威夷州议会大厦HawaiiStateCapital】夏威夷州议会大厦建于1969年，是一个后现代主义的概念化建筑产物，贝聿铭的作品，风格独特。两座圆锥状的立法厅代表着夏威夷的根源&amp;mdash;火山，众多支撑柱象征着棕榈树，环绕露天圆形大厅的巨大水池则代表环抱着夏威夷群岛的太平洋。【卡美哈美哈国王铜像KamehamehaStatue,Kapaau】卡美哈美哈国王铜像在火奴鲁鲁市中心。铜像上的卡美哈美哈国王，身披象征王权的羽毛披肩，左手持着长矛，右手伸展做欢迎状。卡美哈美哈国王是夏威夷历史上第一个统一夏威夷群岛的国王。在美国五十个州里，只有夏威夷州有过国王的统治。所以，卡美哈美哈国王铜像成为来夏威夷的游客们必去的景点就很自然了。【伊奧拉尼王宮IolaniPalace】作为夏威夷王朝的故宫，奥拉尼王宫是每位游客了解夏威夷历史文化不可或缺的一站。皇宫前面，还能与夏威夷首任国王&amp;mdash;卡美哈美哈国王的铜像合影留念。</w:t>
+              <w:t xml:space="preserve">早上07:45从酒店出发，前往参观位于夏威夷欧胡岛的西南部的珍珠港，远眺被日军炸沉的亚利桑那号纪念堂远眺密苏里舰。随后途经夏威夷州议会大厦和911事件之后不对观光车辆开放的美国太平洋国家军人烈士公墓。途经中国城，远眺孙中山先生铜像后，参观夏威夷第一任国王卡美哈美哈铜像，近眺国王皇宫，市政府大楼，最后参观夏威夷特有的绿宝石、黑珍珠、红珊瑚店。我们将于中午12:00左右返回酒店。行程安排：珍珠港（90分钟，含远眺亚利桑那号战舰纪念馆）&amp;rarr;夏威夷州议会大厦（途经）&amp;rarr;夏威夷中国城（途经）&amp;rarr;卡美哈美哈铜像（外观，15分钟）&amp;rarr;伊奥拉尼王宫（遥望）&amp;rarr;绿宝石、黑珍珠、红珊瑚店温馨提示：珍珠港景点规定导游不可于园区内讲解；游客不可携带任何包包进入园区，随身钱包例外。景点介绍：【珍珠港PearlHarbor】珍珠港地处瓦胡岛南岸的科劳山脉和怀阿奈山脉之间平原的最低处，是美国海军的基地和造船基地，也是北太平洋岛屿中最大最好的安全停泊港口之一。偷袭珍珠港事件发生在1941年12月7日清晨，日本联合舰队的飞机和微型潜艇突然袭击美国海军基地珍珠港以及美国陆军和海军在夏威夷欧胡岛上的飞机场。我们可以遥望为了纪念当年的惨痛教训，美国政府于1980年在&amp;ldquo;亚利桑那&amp;rdquo;号残骸上建立的亚利桑那纪念馆。【夏威夷州议会大厦HawaiiStateCapital】夏威夷州议会大厦建于1969年，是一个后现代主义的概念化建筑产物，贝聿铭的作品，风格独特。两座圆锥状的立法厅代表着夏威夷的根源&amp;mdash;火山，众多支撑柱象征着棕榈树，环绕露天圆形大厅的巨大水池则代表环抱着夏威夷群岛的太平洋。【卡美哈美哈国王铜像KamehamehaStatue】卡美哈美哈国王铜像在火奴鲁鲁市中心。铜像上的卡美哈美哈国王，身披象征王权的羽毛披肩，左手持着长矛，右手伸展做欢迎状。卡美哈美哈国王是夏威夷历史上第一个统一夏威夷群岛的国王。在美国五十个州里，只有夏威夷州有过国王的统治。所以，卡美哈美哈国王铜像成为来夏威夷的游客们必去的景点就很自然了。【伊奧拉尼王宮IolaniPalace】作为夏威夷王朝的故宫，奥拉尼王宫是每位游客了解夏威夷历史文化不可或缺的一站。皇宫前面，还能与夏威夷首任国王&amp;mdash;卡美哈美哈国王的铜像合影留念。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -315,51 +315,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将结束愉快的旅程，檀香山国际机场（HNL）免费送机时间为06:30-21:59，建议您预定当天上午08:45以后起飞的航班。</w:t>
+              <w:t xml:space="preserve">今天我们将结束愉快的旅程，檀香山国际机场（HNL）免费送机时间为05:30-21:30，建议您预定当天上午08:30以后起飞的航班。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -413,51 +413,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知）；4.司机导游服务费（接机或送机：$5/人/次；市区观光、环岛精华游、小环岛半日游：$5/人；波利尼西亚文化村、北岸大环岛游：$12/人）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述东海岸小环岛半日游LittleCircleIslandHalfDayTour成人：$55.00儿童（4-11岁）：$40.00周一、周三、周五出发。包含恐龙湾、大风口门票。北岸大环岛半日精华游BigCircleIslandHalfDayTour成人：$120.00儿童：$95.00周一、周三、周五、周日出发。波利尼西亚文化中心（含自助晚餐）PolynesianCulturalCenter(includedinner)成人：$175.00儿童（3-11岁）：$138.00周一、周二、周四、周五、周六出发。豪华座位区域+$15/人。檀岛之星观鲸之旅WhaleWatchingTour成人：$95.00儿童（3-11岁）：$65.00仅限观鲸季1月-3月开放1月：周二、周四、周六出发2月：天天出发3月：天天出发（截止到3/20）含酒店接送服务+早餐檀岛之星爱之船StarOfHonoluluA套餐成人：$148.00儿童（3-11岁）：$97.00天天出发（平日16:30-19:30PM，周五16:30-20:00PM）。PacificStarBuffet&amp;amp;Show自助餐+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。檀岛之星爱之船StarOfHonoluluC套餐成人：$213.00儿童（3-11岁）：$136.00天天出发（平日16:30-19:30PM，周五16:30-20:00PM）。ThreeStarSunsetDinner&amp;amp;Show（牛排+龙虾+鸡尾酒）+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。亚特兰蒂斯海底巡航潜水艇AtlantisCruiseSubmarine成人：USD$173.00儿童（3-11岁）：USD$81.00天天出发。儿童身高须36英寸以上。不含酒店接送服务。</w:t>
+              <w:t xml:space="preserve">1.三餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知）；4.司机导游服务费（接机或送机：$5/人/次；市区观光、环岛精华游、小环岛半日游：$5/人；波利尼西亚文化村、北岸大环岛游：$12/人）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述东海岸小环岛半日游LittleCircleIslandHalfDayTour成人：$55.00儿童（4-11岁）：$40.00周一、周三、周五出发。包含恐龙湾、大风口门票。北岸大环岛半日精华游BigCircleIslandHalfDayTour成人：$120.00儿童（4-11岁）：$95.00周一、周三、周五、周日出发。波利尼西亚文化中心（含自助晚餐）PolynesianCulturalCenter(includedinner)2025年-2026年成人：$200.002025年儿童（3-11岁）：$160.002026年儿童（3-11岁）：$165.00周一、周二、周四、周五、周六出发。豪华座位区+$15/人。升级烤乳猪晚宴+$70/人。檀岛之星观鲸之旅WhaleWatchingTour2025年成人：$95.002025年儿童（3-11岁）：$65.002026年成人：$105.002026年儿童（3-11岁）：$71.00仅限观鲸季1月-3月开放1月：周二、周四、周六出发2月：天天出发3月：天天出发（截止到3/20）含酒店接送服务+早餐檀岛之星爱之船StarOfHonoluluA套餐2025年成人：$148.002025年儿童（3-11岁）：$97.002026年成人：$159.002026年儿童（3-11岁）：$103.00天天出发（平日16:00-19:30PM，周五16:30-20:00PM）。PacificStarBuffet&amp;amp;Show自助餐+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。檀岛之星爱之船StarOfHonoluluC套餐成人：$213.00儿童（3-11岁）：$136.00天天出发（平日16:30-19:30PM，周五16:30-20:00PM）。ThreeStarSunsetDinner&amp;amp;Show（牛排+龙虾+鸡尾酒）+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。亚特兰蒂斯海底巡航潜水艇AtlantisCruiseSubmarine2025年成人：USD$173.002025年儿童（3-11岁）：USD$81.002026年成人：USD$175.002026年儿童（3-11岁）：USD$82.00天天出发。儿童身高须36英寸以上。不含酒店接送服务，如需接送+$30/人。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>