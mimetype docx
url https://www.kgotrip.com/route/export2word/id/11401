--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -162,306 +162,306 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Day2:餐食:不包含沿着风光旖旎的沿着风光旖旎的太平洋1号公路北上，欣赏世界闻名的海岸线美景，碧海蓝天、悬崖峭壁与沙滩交织成一幅动人画卷。首先抵达有“美国里维埃拉”之称的圣塔芭芭拉，这里气候宜人，西班牙式红瓦白墙建筑与棕榈树海岸相映成趣。接着前往充满欧陆风情的丹麦村（索尔万Solvang），走进童话般的街道，品尝正宗的丹麦糕点，感受北欧小镇的浪漫气息。傍晚抵达萨利纳斯，这里是加州著名作家约翰·斯坦贝克的故乡，也是加州中部重要的农业重镇。夜宿萨利纳斯，为第二天的旅程做好准备。开放时间:8:00am-5:00pm圣芭芭拉港口(PierSantaBarbara)圣芭芭拉码头，两侧的蔚蓝海岸景色开阔，海风温柔吹拂，海鸥上下盘旋，海面阳光闪烁，宁静又美好。</w:t>
+              <w:t xml:space="preserve">Day2:洛杉矶-太平洋1号公路-圣塔芭芭拉-丹麦村-萨利纳斯(290英里)住宿:BestWesternPlus餐食:不包含沿着风光旖旎的太平洋1号公路北上，欣赏世界闻名的海岸线美景，碧海蓝天、悬崖峭壁与沙滩交织成一幅动人画卷。首先抵达有“美国里维埃拉”之称的圣塔芭芭拉，这里气候宜人，西班牙式红瓦白墙建筑与棕榈树海岸相映成趣。接着前往充满欧陆风情的丹麦村（索尔万Solvang），走进童话般的街道，品尝正宗的丹麦糕点，感受北欧小镇的浪漫气息。傍晚抵达萨利纳斯，这里是加州著名作家约翰·斯坦贝克的故乡，也是加州中部重要的农业重镇。夜宿萨利纳斯，为第二天的旅程做好准备。圣塔芭芭拉(SantaBarbara,CA)建筑以西班牙、墨西哥式为主，矮层楼房、红项白墙，市中心的街道成"#"字形，房前是草坪，房后是花园，人在绿中，房在林中，是名副其实的花园城市。圣芭芭拉城市法院(SantaBarbaraCountyCourthouse)1929年建造的城市法院代表了圣芭芭拉最著名的建筑风格，也是来到这座城市游客必到之处。建筑风格是世界上最精美的地中海式风格，白墙红砖。开放时间:8:00am-5:00pm圣芭芭拉港口(PierSantaBarbara)圣芭芭拉码头，两侧的蔚蓝海岸景色开阔，海风温柔吹拂，海鸥上下盘旋，海面阳光闪烁，宁静又美好。丹麦村(Solvang,CA)一个具有典型北欧风光的袖珍小镇，小镇内有图画般的丹麦式建筑、丹麦风车、丹麦食品、葡萄酒及丹麦特色工艺品。整个小镇充满着北欧风情。丹麦村(DenmarkVillage)丹麦村位於美国加州中部圣塔芭芭拉县境内.是一个具有典型北欧风光的纯朴、袖珍小镇，小镇内有图画般的丹麦式建筑、丹麦风车、丹麦食品、葡萄酒及丹麦特色工艺品。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Day3:餐食:不包含大苏尔(BigSur,CA)大苏尔是1号加利福尼亚州州道中的一段，约90公里，这段路包括许多悬岩、海岸，有着丰富的动植物资源，是加州著名的旅游景点。有包括朱莉娅·菲佛·伯恩斯州立公园、菲佛大苏尔州立公园、安德鲁·莫勒拉州立公园在内的7个州立公园。比克斯比大桥(BixbyBridge)比克斯比大桥始建于1932年，桥长714英尺,高280英尺，是当时世界上最高的单拱混凝土拱桥。那一道优美的弧线，出现在无数电影、摄影作品中，占据着人们对加州海岸无以替代的记忆空间。麦克维海滩(McWayCove)麦克维海滩位于巉岩崖壁下，一条白练，飞流直下，退潮时落入沙滩，涨潮时归属大海，蔚为奇观。蒙特利(Monterey,CA)如诗如画的蒙特利半岛有着轻柔的海风、蜿蜒的海岸，澎湃的浪花，奇星的礁石，还有可爱的海狗海狮。更有亿万富豪的别墅美轮美奂和世界顶级高尔夫球场。加州十七哩(17-MileDrive)加州十七哩的海景令人心旷神怡。十七哩内包含着世界闻名的加州1号公路，17哩湾的标志“孤柏树”等。接踵而来的美景让人沉醉于海风与浪声中。圆石滩(PebbleBeach)圆石滩是著名的度假胜地，也是柏树角俱乐部、蒙特利半岛乡村俱乐部和老虎伍兹曾练习过高尔夫的原石滩高尔夫球场的所在地。孤松(LoneCypress)作为美国西部的一个象征，这株在加州一号公路17英里中矗立了250多年的孤松矗立在悬崖边，俯瞰整个海洋，是最值得留念的拍摄景点之一。斯坦福市(Stanford,CA)位于硅谷的西北部，这个著名的研究机构，不仅是美国最好的学校之一，也是世界上顶尖的一所大学。如果说哈佛与耶鲁大学代表着美国传统的人文精神，那么斯坦福大学则是二十一世纪科技精神的象征。斯坦福大学(StanfordUniversity)斯坦福大学位于美国加州硅谷核心地带，是世界顶尖私立研究型学府之一，以卓越的学术实力、创新精神和与科技产业紧密联系而闻名。是硅谷人才的重要摇篮</w:t>
+              <w:t xml:space="preserve">Day3:大苏尔-17英里-圆石滩-卡梅尔-斯坦福-苹果总部-硅谷-旧金山(94英里)住宿:SheratonHotel或同级餐食:不包含今日行程将沿着加州海岸风光，首先游览世界著名的大苏尔BigSur，这里以壮丽的悬崖海岸和辽阔的太平洋景致闻名，是美国最美的公路之一。随后进入17英里风景线，途经风光旖旎的鹅卵石海滩PebbleBeach，在蓝天碧海与松林环绕下欣赏加州海岸的独特魅力。接着前往童话般的卡梅尔小镇Carmel，这里以艺术画廊、精品商店和欧式建筑闻名。之后抵达斯坦福大学，参观这所世界顶尖学府的美丽校园。行程继续，途经ApplePark及硅谷，感受全球高科技创新的核心地带。傍晚抵达旧金山，湾区结束充实的一天。大苏尔(BigSur,CA)大苏尔是1号加利福尼亚州州道中的一段，约90公里，这段路包括许多悬岩、海岸，有着丰富的动植物资源，是加州著名的旅游景点。有包括朱莉娅·菲佛·伯恩斯州立公园、菲佛大苏尔州立公园、安德鲁·莫勒拉州立公园在内的7个州立公园。比克斯比大桥(BixbyBridge)比克斯比大桥始建于1932年，桥长714英尺,高280英尺，是当时世界上最高的单拱混凝土拱桥。那一道优美的弧线，出现在无数电影、摄影作品中，占据着人们对加州海岸无以替代的记忆空间。麦克维海滩(McWayCove)麦克维海滩位于巉岩崖壁下，一条白练，飞流直下，退潮时落入沙滩，涨潮时归属大海，蔚为奇观。卡梅尔(Carmel,CA)它以优美的自然环境和优雅的艺术氛围成为加州十七哩黄金海岸公路的一大亮点，在这里，很多画廊、雕塑精品店的主人本身就是成就卓著的艺术家。蒙特利(Monterey,CA)如诗如画的蒙特利半岛有着轻柔的海风、蜿蜒的海岸，澎湃的浪花，奇星的礁石，还有可爱的海狗海狮。更有亿万富豪的别墅美轮美奂和世界顶级高尔夫球场。加州十七哩(17-MileDrive)加州十七哩的海景令人心旷神怡。十七哩内包含着世界闻名的加州1号公路，17哩湾的标志“孤柏树”等。接踵而来的美景让人沉醉于海风与浪声中。圆石滩(PebbleBeach)圆石滩是著名的度假胜地，也是柏树角俱乐部、蒙特利半岛乡村俱乐部和老虎伍兹曾练习过高尔夫的原石滩高尔夫球场的所在地。孤松(LoneCypress)作为美国西部的一个象征，这株在加州一号公路17英里中矗立了250多年的孤松矗立在悬崖边，俯瞰整个海洋，是最值得留念的拍摄景点之一。游览时间:大约20分钟鸟岩(BirdRock)鸟岩是17英里景区西海岸边的一座小岛，位于“中国石”附近，鸟岩上面经常栖息着很多海鸟和海狮。斯坦福市(Stanford,CA)位于硅谷的西北部，这个著名的研究机构，不仅是美国最好的学校之一，也是世界上顶尖的一所大学。如果说哈佛与耶鲁大学代表着美国传统的人文精神，那么斯坦福大学则是二十一世纪科技精神的象征。斯坦福大学(StanfordUniversity)斯坦福大学位于美国加州硅谷核心地带，是世界顶尖私立研究型学府之一，以卓越的学术实力、创新精神和与科技产业紧密联系而闻名。是硅谷人才的重要摇篮库比蒂诺(Cupertino,CA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Day4:餐食:不包含您将深入探索迷人的旧金山，这座城市以其历史地标、多元文化和创新精神著称。您将游览包括联合广场、渔人码头、金门大桥和金门公园在内的著名景点。在旧金山的迷人街区漫步，享受当地的特色人文体验。游览时间:大约45分钟艺术宫(PalaceofFineArt)主要是一个圆顶的大厅，配上拱门和石柱构成，建成时曾吸引了1800万游客参观，向世人展现一个视觉上的壮观美感。游览时间:大约45分钟渔人码头(Fisherman'sWharf)许多购物中心和饭店均坐落在交通便利的渔人码头地区，而当地不少饭店都有提供各式各样的海鲜，包括邓杰内斯蟹和蛤肉汤。费用(自费):成人$50;儿童$50旧金山港湾游船(SanFranciscoBayCruise)乘船游览美国最著名和最具历史的港湾——旧金山港湾。游客们可以欣赏到金门大桥以及天使岛，恶魔岛等著名景点的靓丽景致，让您流连忘返。|</w:t>
+              <w:t xml:space="preserve">Day4:圣何塞-旧金山-莫德斯托(140英里)住宿:ModestoHotel餐食:不包含您将深入探索迷人的旧金山，这座城市以其历史地标、多元文化和创新精神著称。您将游览包括联合广场、渔人码头、金门大桥和金门公园在内的著名景点。在旧金山的迷人街区漫步，享受当地的特色人文体验。旧金山(SanFrancisco,CA)旧金山被誉为浪漫文化之都。它三面环海、环境优美、阳光充足、花香四季；维多利亚式的建筑与缤纷多彩的小楼都为旧金山抹上一缕浪漫情怀。它亦是最受美国人欢迎的城市。金门大桥(GoldenGateBridge)总长达8981，是世界著名大桥之一，被认为是旧金山的象征，桥身呈朱红色，横卧于碧海白浪之上，华灯初放，如巨龙凌空。游览时间:大约45分钟艺术宫(PalaceofFineArt)主要是一个圆顶的大厅，配上拱门和石柱构成，建成时曾吸引了1800万游客参观，向世人展现一个视觉上的壮观美感。游览时间:大约30分钟朗伯德街(LombardStreet)世界上最曲折的街道，因其迂回曲折而出名，这条街总共有8个急转弯道，每两个弯曲点之间的距离仅有0.25英里或1英里，时速只有5英里每小时。游览时间:大约45分钟渔人码头(Fisherman'sWharf)许多购物中心和饭店均坐落在交通便利的渔人码头地区，而当地不少饭店都有提供各式各样的海鲜，包括邓杰内斯蟹和蛤肉汤。游览时间:大约2小时30分钟旧金山深度游(ExtensiveSanFranciscoTour)旧金山深度游会让游客参观到旧金山更多景点如圣玛丽教堂，双子峰，旧金山市政厅等。途径金银岛。费用(自费):成人$50;儿童$50旧金山港湾游船(SanFranciscoBayCruise)乘船游览美国最著名和最具历史的港湾——旧金山港湾。游客们可以欣赏到金门大桥以及天使岛，恶魔岛等著名景点的靓丽景致，让您流连忘返。费用(自费):成人$39;儿童(12岁以下)$28|游览时间:大约1小时</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Day5:早餐:已含午餐:不包含晚餐:不包含早起前往壮观的优胜美地国家公园。在这里，您将被高耸的花岗岩峭壁、清澈的湖泊和瀑布以及茂密的松林所包围。探索这片自然奇观，如半圆顶、优胜美地瀑布和艾尔卡皮坦。午后，我们将启程返回洛杉矶，沿途欣赏加州的风光。</w:t>
+              <w:t xml:space="preserve">Day5:莫德斯托-优胜美地-洛杉矶(364英里)住宿:HolidayInnElMonte或同级早餐:已含|午餐:不包含|晚餐:不包含早起前往壮观的优胜美地国家公园。在这里，您将被高耸的花岗岩峭壁、清澈的湖泊和瀑布以及茂密的松林所包围。探索这片自然奇观，如半圆顶、优胜美地瀑布和艾尔卡皮坦。午后，我们将启程返回洛杉矶，沿途欣赏加州的风光。优胜美地(YosemiteNationalPark,CA)坐落于加利福尼亚的中心，以许多山谷、瀑布、内湖、冰山、冰碛闻名于世，给我们展示了世上罕见的由冰川作用而成的大量的花岗岩浮雕。半圆丘(HalfDome)表面受冰河作用切割的很平，像刀削的似的，矗立于海拔8842英尺的顶峰上，是优胜美地最高的山峰。也是世界最具挑战性的攀岩地之一。优胜美地瀑布(YosemiteFalls)优胜美地瀑布，是北美最高的瀑布，是优胜美地谷最强大的组成部分。不论春夏秋冬季节如何变化，这个宏伟的瀑布一直是一个充满活力的动力。船长岩(ElCapitan)又称“酋长巨石”。它是优胜美地最有知名度的景点之一。酋长巨石高3000英尺（910公尺），如果以一层楼3公尺计算，它的高度约为303层楼高。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Option1:餐食:不包含Option2:餐食:不包含Option3:餐食:不包含Option4:餐食:不包含Option5:餐食:不包含Option6:餐食:不包含</w:t>
+              <w:t xml:space="preserve">Day6:自选活动Option1:洛杉矶市区深度一日游住宿:HolidayInnElMonte或同级餐食:不包含早上出发，前往洛杉矶老城，这里是洛杉矶最古老的地区，也是洛杉矶的发源地。随后前往举世闻名的好莱坞星光大道。下一站来到比弗利山庄游览世界级的购物天堂罗迪欧大道，感受洛杉矶最奢华的名牌店大道。最后游览洛杉矶标志性景点盖地中心。*如遇盖地中心闭馆（每周一），改为游览世界著名的格里菲斯天文台，这里被誉为俯瞰洛杉矶城的最佳地点，也是拍摄好莱坞标志的最佳地点。洛杉矶(LosAngeles,CA)洛杉矶是美国第二大城市，位于加利福尼亚西海岸。那儿有好多好玩的好看的。像贝弗利山，好莱坞，威尼斯，圣塔莫妮卡，阿纳海姆，雷东多海滩等很多有趣的地方。奥维拉大街(OlveraStreet)作为洛杉矶的起源地，奥维拉大街具有独特的古典墨西哥风情和浓郁的异国情调。大街两旁的建筑以建于1818年的洛杉矶最古老建筑奥维拉砖屋最为出名。游览时间:大约30分钟好莱坞星光大道(WalkofFame)是游客到洛杉矶的必经之处，是条沿着美国好莱坞大道与藤街伸展的人行道，上面有2000多颗镶有好莱坞商会追敬名人姓名的星形奖章，以纪念他们对娱乐工业的贡献。游览时间:大约1小时罗迪欧大道(RodeoDrive)是洛杉矶地区最著名的时尚街，这里密布着100多家名牌店，和时尚界象牙塔顶的高级定制品牌店。由于好莱坞近在咫尺，这里吸引着不少明星客户。游览时间:大约45分钟洛杉矶农夫市场(OriginalLosAngelesFarmersMarket)号称洛杉矶最正宗农夫市场，自1394年开始就聚集了贩卖新鲜蔬果和花卉等流动摊贩，拥有120家特色店铺更有各式餐厅和各国美食小吃让你大快朵颐。游览时间:大约1小时10分钟盖蒂中心(GettyCenter)盖蒂艺术中心位于于布伦特伍德，是洛杉矶最重要的艺术机构，也是世界最为富有的艺术机构。盖蒂艺术中心以其设计为游客所熟知，是俯瞰洛杉矶全景的绝佳地点。如遇盖蒂中心关闭（每年元旦、独立日、感恩节和圣诞节），届时景点将会替换为格里菲斯天文台参观（游览时间：120分钟），敬请知晓。开放时间:周二-周四10:00am-5:30pm,周五-周六10:00am-9:00pm|游览时间:大约2小时格里菲斯天文台(GriffithObservatory)位处于里山山顶上的格里菲斯天文台上是俯瞰整个洛杉矶的绝佳地点。同时天文台更是为天文爱好者提供了近距离接触天文设备的机会。该天文台始建于二十世纪三十年代。开放时间:周二-周五12:00pm-10:00pm,2019/4/22-2019/5/6关闭,周六-周日10:00am-10:00pm早上出发，前往洛杉矶老城，这里是洛杉矶最古老的地区，也是洛杉矶的发源地。随后前往举世闻名的好莱坞星光大道。下一站来到比弗利山庄游览世界级的购物天堂罗迪欧大道，感受洛杉矶最奢华的名牌店大道。最后游览洛杉矶标志性景点盖地中心。*如遇盖地中心闭馆（每周一），改为游览世界著名的格里菲斯天文台，这里被誉为俯瞰洛杉矶城的最佳地点，也是拍摄好莱坞标志的最佳地点。洛杉矶(LosAngeles,CA)洛杉矶是美国第二大城市，位于加利福尼亚西海岸。那儿有好多好玩的好看的。像贝弗利山，好莱坞，威尼斯，圣塔莫妮卡，阿纳海姆，雷东多海滩等很多有趣的地方。奥维拉大街(OlveraStreet)作为洛杉矶的起源地，奥维拉大街具有独特的古典墨西哥风情和浓郁的异国情调。大街两旁的建筑以建于1818年的洛杉矶最古老建筑奥维拉砖屋最为出名。游览时间:大约30分钟好莱坞星光大道(WalkofFame)是游客到洛杉矶的必经之处，是条沿着美国好莱坞大道与藤街伸展的人行道，上面有2000多颗镶有好莱坞商会追敬名人姓名的星形奖章，以纪念他们对娱乐工业的贡献。游览时间:大约1小时罗迪欧大道(RodeoDrive)是洛杉矶地区最著名的时尚街，这里密布着100多家名牌店，和时尚界象牙塔顶的高级定制品牌店。由于好莱坞近在咫尺，这里吸引着不少明星客户。游览时间:大约45分钟洛杉矶农夫市场(OriginalLosAngelesFarmersMarket)号称洛杉矶最正宗农夫市场，自1394年开始就聚集了贩卖新鲜蔬果和花卉等流动摊贩，拥有120家特色店铺更有各式餐厅和各国美食小吃让你大快朵颐。游览时间:大约1小时10分钟盖蒂中心(GettyCenter)盖蒂艺术中心位于于布伦特伍德，是洛杉矶最重要的艺术机构，也是世界最为富有的艺术机构。盖蒂艺术中心以其设计为游客所熟知，是俯瞰洛杉矶全景的绝佳地点。如遇盖蒂中心关闭（每年元旦、独立日、感恩节和圣诞节），届时景点将会替换为格里菲斯天文台参观（游览时间：120分钟），敬请知晓。开放时间:周二-周四10:00am-5:30pm,周五-周六10:00am-9:00pm|游览时间:大约2小时格里菲斯天文台(GriffithObservatory)位处于里山山顶上的格里菲斯天文台上是俯瞰整个洛杉矶的绝佳地点。同时天文台更是为天文爱好者提供了近距离接触天文设备的机会。该天文台始建于二十世纪三十年代。开放时间:周二-周五12:00pm-10:00pm,2019/4/22-2019/5/6关闭,周六-周日10:00am-10:00pmOption2:迪士尼冒险乐园一日游住宿:HolidayInnElMonte或同级餐食:不包含清晨从洛杉矶前往迪士尼加州冒险乐园，迪士尼加州冒险乐园是华特迪士尼公司于美国安纳海姆市所建立的一个主题公园，与隔邻的迪士尼乐园及其周遭一些相关设施共同组成迪士尼度假区。如同其命名一般，加州冒险乐园是以「加州」作为整个乐园的主题，园内除了设置项加州知名地标的缩比复制品之外，也有不少以该州文化与历史作为主轴的设定。与隔邻的迪士尼乐园主要是以温馨梦幻的儿童客户为对象之风格不同，加州冒险乐园是以年龄层较大的成人客户作为锁定对象，因此园内虽然不乏各项适合阖家老小同乐的游戏项目，但相比之下也拥有较多刺激度较高的游乐设施，是此乐园与其他大部分迪士尼体系的主题乐园较为不相同之处。洛杉矶(LosAngeles,CA)洛杉矶是美国第二大城市，位于加利福尼亚西海岸。那儿有好多好玩的好看的。像贝弗利山，好莱坞，威尼斯，圣塔莫妮卡，阿纳海姆，雷东多海滩等很多有趣的地方。迪斯尼冒险乐园(Disney'sCaliforniaAdventure)位于美国加利福尼亚州阿纳海姆市迪斯尼乐园度假区，是世界上第一个迪斯尼主题乐园，被人们誉为地球上最快乐的地方。迄今游览过加州迪斯尼乐园的游客已经超过5.5亿，这其中包括国家总统、皇室、世界顶级明星。Option3:洛杉矶迪斯尼乐园住宿:HolidayInnElMonte或同级餐食:不包含清晨由洛杉矶出发沿5号州际高速公路向南到达橙县，去到全世界闻名的迪斯尼乐园-世界上最快乐的地方。洛杉矶(LosAngeles,CA)洛杉矶是美国第二大城市，位于加利福尼亚西海岸。那儿有好多好玩的好看的。像贝弗利山，好莱坞，威尼斯，圣塔莫妮卡，阿纳海姆，雷东多海滩等很多有趣的地方。迪士尼乐园(Disneyland)堪称“全世界最快乐的地方”，分成六个主题游乐区，主要有主街、冒险乐园、新奥尔良广场、动物王国、拓荒者之地、米奇卡通城、梦幻乐团、未来王国八个主题公园，一下子就把游客带入美好的童话世界。游览时间:大约8小时Option4:圣地亚哥住宿:HolidayInnElMonte或同级餐食:不包含早上从洛杉矶出发，沿着美丽的南加州海岸线开往加州南端的海港城市圣地亚哥市，在大约两小时的车程后,我们会穿越圣地亚哥市区，前往世界着名美国第七舰队的母港，圣地亚哥港。在此搭乘海湾游轮(团费已包该门票)悠闲的欣赏圣地亚哥港的各大着名景点并有机会一睹世界最强大的航母攻击群。海湾游轮结束后大家一定更想揭开超级航母的神秘面纱，此时游客即可登上拥有辉煌战绩的中途岛航空母舰(团费已包该门票)，参观中途岛航空母舰博物馆。最后一站前往拥有超过百年历史文化的圣地亚哥老城，参观体验加州早期西班牙式建筑物和历史文化。傍晚时分开车返回洛杉几，结束了充满丰富历史的文化的圣地亚哥一日游。圣地亚哥(SanDiego,CA)圣地亚哥是加州第二大城市，被人们亲切地称为“美国最好的城市”，是所有年龄段游客旅游的理想场所。圣地亚哥拥有着迷人的自然风光和丰富的历史文化。圣地亚哥老城(OldTownSanDiego)坐落在圣地亚哥市中心，是一个美丽而充满乐趣的历史古城，这里有150多个商店，屡获殊荣的餐厅，免费现场表演，专业剧场，17个博物馆和历史遗迹。圣地亚哥海湾游船(SanDiegoHarborCruise)乘船游览北美最令人印象深刻的天然良港——圣地亚哥海港，由于圣地亚哥海湾崎岖，风景优美，已成为美国最迷人的度假圣地。港口岸边还有众多游乐项目。游览时间:50分钟至1小时中途岛号航空母舰博物馆(USSMidwayMuseum)作为美国海军的一个标志，游客可参观这艘庞然巨物中途岛号航空母舰及其舰桥，飞行甲板，飞机库，航空交通管制台，战略指挥中心，机房，官兵宿舍等。巴博亚公园(BalboaPark)位于圣地牙哥，每年成千上万的游客从世界各地到这游玩。这里棕榈郁郁葱葱，异国情调的西班牙风格建筑点缀其间，博物馆星罗棋布，美得惊人。游览时间:大约2小时Option5:圣地亚哥-海洋世界精华一日游(120英里)住宿:HolidayInnElMonte或同级餐食:不包含早上沿着美丽的太平洋海岸线前往位于加州南端的海港城市—圣地亚哥市。首先抵达美国三大军港之一的圣地亚哥港，步行码头艺术商店，参观欣赏充满南美拉丁色彩的艺术文化。大家可(自费)参加海湾游轮,出海欣赏圣地亚哥港的各大著名景点。在游轮上我们可以看到各式现代化装备的军舰、凌空跨越的2.2英里长的科罗拉多跨海大桥和美丽的科罗拉多岛。随后专车前往海洋世界。海洋世界是世界著名的海洋主题乐园，园内有各式各样的海洋生物：可爱的国王企鹅、凶恶的鲨鱼、聪明灵巧的海豚，还有许许多多的其他海洋物种。园内有多个海洋生物馆和表演，如海豚秀、海狮秀，还有最受欢迎高人气的杀人鲸表演等等，老少皆宜。海洋公园是一个非常适合一家同乐出游的景点，也是来到圣地亚哥不可不去的景点。圣地亚哥(SanDiego,CA)圣地亚哥是加州第二大城市，被人们亲切地称为“美国最好的城市”，是所有年龄段游客旅游的理想场所。圣地亚哥拥有着迷人的自然风光和丰富的历史文化。圣地亚哥海湾游船(SanDiegoHarborCruise)乘船游览北美最令人印象深刻的天然良港——圣地亚哥海港，由于圣地亚哥海湾崎岖，风景优美，已成为美国最迷人的度假圣地。港口岸边还有众多游乐项目。费用(自费):成人$33;儿童(12岁以下)$25|游览时间:大约1小时圣地亚哥海洋世界(SeaWorldSanDiego)公园占地约189.5英亩，是世界最大的海洋主题公园，包含停车场及其他设施。海洋世界有四个主要的海洋动物秀及20个展出项目，在这里你还有与动物亲密互动的机会。游览时间:大约4小时Option6:环球影城一日游住宿:HolidayInnElMonte或同级餐食:不包含早晨出发，前往好莱坞环球影城，全天游览保证8小时。好莱坞环球影城汇集众多刺激有趣的娱乐设施，好莱坞环球影城将给您充满精彩与刺激的一天：惊心动魄的主题公园娱乐设施，精彩秀场以及真实的电影拍摄现场，环球城市大道更是汇集了众多洛杉矶精品商店、餐厅和影院。好莱坞环球影城的精彩体验将为您和您的家人带来无限欢畅感受！走进幕后一睹真正的好莱坞电影制作场景！一窥电影制作幕后的秘密，传奇的影城之旅（StudioTour）充满了新鲜刺激，了解好莱坞史上最大的电影街道场景之一，走进非常叫座的电视连续剧《世界大战》、《金刚》、《大白鲨》等大片的世界，领略特效场景。洛杉矶(LosAngeles,CA)洛杉矶是美国第二大城市，位于加利福尼亚西海岸。那儿有好多好玩的好看的。像贝弗利山，好莱坞，威尼斯，圣塔莫妮卡，阿纳海姆，雷东多海滩等很多有趣的地方。好莱坞环球影城(UniversalStudiosHollywood)位于洛杉矶市区西北郊，是游客到洛杉矶的必游之地。汇集众多刺激有趣的娱乐设施，惊心动魄的主题公园娱乐设施，精彩秀场以及真实的电影拍摄现场，环球城市大道更是汇集了众多洛杉矶精品商店、餐厅和影院。游览时间:大约8小时</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Day7:主题公园或市区游选其一餐食:不包含</w:t>
+              <w:t xml:space="preserve">Day7:餐食:不包含Option1:洛杉矶市区深度一日游住宿:HolidayInnElMonte或同级餐食:不包含Option2:迪士尼冒险乐园一日游住宿:HolidayInnElMonte或同级餐食:不包含Option3:洛杉矶迪斯尼乐园住宿:HolidayInnElMonte或同级餐食:不包含Option4:圣地亚哥住宿:HolidayInnElMonte或同级餐食:不包含Option5:圣地亚哥-海洋世界精华一日游(120英里)住宿:HolidayInnElMonte或同级餐食:不包含Option6:环球影城一日游住宿:HolidayInnElMonte或同级餐食:不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>