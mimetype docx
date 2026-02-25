--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【金榜怡享】冬日黄石丨盐湖城+国家高角鹿保护区+大提顿国家公园+黄石国家公园 5日游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">就是精品 || 不超过13人的精品小团 | 冬日黄石丨盐湖城+国家高角鹿保护区+大提顿国家公园+黄石国家公园 5日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,510 +111,255 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您将搭乘航班，前往中西部第一大城&amp;mdash;&amp;mdash;盐湖城。热情的导游会欢迎您的到来，并带您前往酒店办理入住（酒店办理入住的时间通常为下午3点后；下午6点后抵达的客人，请搭乘班车自行前往酒店）。酒店：SpringHillSuitesbyMarriottSaltLakeCityAirport地址：4955WileyPostWay,SaltLakeCity,UT84116电话：+1801-532-6633三餐自理</w:t>
+              <w:t xml:space="preserve">今天您将搭乘航班，前往中西部第一大城&amp;mdash;&amp;mdash;盐湖城。热情的导游会欢迎您的到来，并带您前往酒店办理入住（酒店办理入住的时间通常为下午3点后；下午6点后抵达的客人，请搭乘班车自行前往酒店）。参团当日免费接机时段：10:00-18:00酒店：SpringHillSuitesbyMarriottSaltLakeCityAirport地址：4955WileyPostWay,SaltLakeCity,UT84116电话：+1801-532-663324小时付费专车接机服务信息如下：付费接机时段：10:00-18:00，价格：$120/单程（限4人及以下，报价包含司机服务费）其余时段：18:01-09:59，价格：$150/单程（限4人及以下，报价包含司机服务费）。三餐自理</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您将搭乘航班，前往中西部第一大城&amp;mdash;&amp;mdash;盐湖城。热情的导游会欢迎您的到来，并带您前往酒店办理入住（酒店办理入住的时间通常为下午3点后；下午6点后抵达的客人，请搭乘班车自行前往酒店）。酒店：SpringHillSuitesbyMarriottSaltLakeCityAirport地址：4955WileyPostWay,SaltLakeCity,UT84116电话：+1801-532-6633三餐自理</w:t>
+              <w:t xml:space="preserve">早上从酒店出发，途经犹他州、爱达荷州，于中午抵达牛仔的故乡&amp;mdash;&amp;mdash;著名的怀俄明州杰克逊小镇，浓浓的西部牛仔风情扑面而来，我们将观赏市中心著名的鹿角公园。下午我们会乘坐马拉雪橇或者马车（视雪的厚度而定）游览国家高角鹿保护区，如遇国家高角鹿保护区内马拉雪橇/马车因检修停运，我们将前往大提顿国家公园游玩。夜宿杰克逊。行程安排：盐湖城&amp;rarr;途经犹他州、爱达荷州&amp;rarr;杰克逊&amp;rarr;鹿角公园&amp;amp;午餐（90分钟）&amp;rarr;国家高角鹿保护区（必付项目：马拉雪橇/马车，60分钟）2025年：12/15、12/16、12/17、12/18、12/24出发的班期当日抵达国家高角鹿保护区正值马拉雪橇/马车停运，届时将以世界之巅缆车代替，行程安排如下：盐湖城&amp;rarr;途经犹他州、爱达荷州&amp;rarr;杰克逊&amp;rarr;鹿角公园&amp;amp;午餐（90分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;杰克逊景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【国家高角鹿保护区NationalElkRefuge】尽管厚雪覆盖，但是国家高角鹿保护区仍然充满生机活力，每年数万只高角鹿在这里过冬，茫茫雪原上高角鹿踏过的足迹纵横交错。【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从酒店出发，途经犹他州、爱达荷州，于中午抵达牛仔的故乡&amp;mdash;&amp;mdash;著名的怀俄明州杰克逊小镇，浓浓的西部牛仔风情扑面而来，我们将观赏市中心著名的鹿角公园。下午我们会乘坐马拉雪橇或者马车（视雪的厚度而定）游览国家高角鹿保护区。每年冬天成千上万只的高角鹿都会来此过冬。夜宿杰克逊。行程安排：盐湖城&amp;rarr;途经犹他州、爱达荷州&amp;rarr;杰克逊&amp;rarr;鹿角公园&amp;amp;午餐（90分钟）&amp;rarr;国家高角鹿保护区（必付项目：马拉雪橇/马车，60分钟）景点介绍：【鹿角公园ElkAntlerArchesPark】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【国家高角鹿保护区NationalElkRefuge】尽管厚雪覆盖，但是国家高角鹿保护区仍然充满生机活力，每年数万只高角鹿在这里过冬，茫茫雪原上高角鹿踏过的足迹纵横交错。</w:t>
+              <w:t xml:space="preserve">早上我们将从酒店出发，前往世界闻名的滑雪胜地&amp;mdash;&amp;mdash;雪王山庄，此地是很多奥林匹克选手训练的地方。在洁白细滑的雪场滑行，徜徉在蓝天白雪之间，心情也随之快意飞扬。缆车会将我们缓缓送上山顶，从山顶可以俯瞰整个杰克森山谷，层峦迭嶂的山谷与皑皑白雪和湛蓝清透的天空已经融为一幅壮美的水墨写意画，美不胜收！中午我们进入大提顿国家公园，它的主峰就是著名电影公司派拉蒙的商标。夜宿西黄石。行程安排：杰克逊&amp;rarr;雪王山庄雪上运动（自费，240分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;西黄石2025年12/15、12/16、12/17、12/18、12/24出发的班期代替行程安排：杰克逊&amp;rarr;雪王山庄雪上运动（自费，240分钟）&amp;rarr;世界之巅缆车（必付项目，60分钟）&amp;rarr;西黄石景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【世界之巅缆车GrandTetonAerialTramandGondola】搭乘缆车抵达大提顿山脉的山顶，感受一览众山小的气魄！在雪山之巅，整个杰克森山谷、大提顿国家公园、蛇河都可以尽收眼底。山顶还有一家著名的松饼屋，推荐尝一下著名的&amp;ldquo;世界之巅&amp;rdquo;草莓松饼，再配上一杯热巧克力，别有一番风味！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从酒店出发，途经犹他州、爱达荷州，于中午抵达牛仔的故乡&amp;mdash;&amp;mdash;著名的怀俄明州杰克逊小镇，浓浓的西部牛仔风情扑面而来，我们将观赏市中心著名的鹿角公园。下午我们会乘坐马拉雪橇或者马车（视雪的厚度而定）游览国家高角鹿保护区。每年冬天成千上万只的高角鹿都会来此过冬。夜宿杰克逊。行程安排：盐湖城&amp;rarr;途经犹他州、爱达荷州&amp;rarr;杰克逊&amp;rarr;鹿角公园&amp;amp;午餐（90分钟）&amp;rarr;国家高角鹿保护区（必付项目：马拉雪橇/马车，60分钟）景点介绍：【鹿角公园ElkAntlerArchesPark】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【国家高角鹿保护区NationalElkRefuge】尽管厚雪覆盖，但是国家高角鹿保护区仍然充满生机活力，每年数万只高角鹿在这里过冬，茫茫雪原上高角鹿踏过的足迹纵横交错。</w:t>
+              <w:t xml:space="preserve">今天搭乘我们精心为大家安排的雪地巴士进入世界第一个国家公园&amp;mdash;&amp;mdash;黄石国家公园！冬天的黄石别具风情，那些天然特殊景观，不但依然热烈澎湃，且因为低温的关系，造就更强烈的视觉效果。在厚雪覆盖的冬季，同时看到冰雪与热泉交融，令人忍不住地对黄石发出惊悚的赞叹。行程安排：西黄石&amp;rarr;黄石国家公园（必付项目，6小时，参观老忠实间歇泉、调色板、麦迪逊河、火洞等景点，根据参团当天情况我们将停留4-8个点参观）&amp;rarr;波卡特洛景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上我们将从酒店出发，前往世界闻名的滑雪胜地&amp;mdash;&amp;mdash;雪王山庄，此地是很多奥林匹克选手训练的地方。在洁白细滑的雪场滑行，徜徉在蓝天白雪之间，心情也随之快意飞扬。缆车会将我们缓缓送上山顶，从山顶可以俯瞰整个杰克森山谷，层峦迭嶂的山谷与皑皑白雪和湛蓝清透的天空已经融为一幅壮美的水墨写意画，美不胜收！中午我们进入大提顿国家公园，它的主峰就是著名电影公司派拉蒙的商标。夜宿西黄石。行程安排：杰克逊&amp;rarr;雪王山庄雪上运动（240分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;西黄石景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。</w:t>
-[...254 lines deleted...]
-              <w:t xml:space="preserve">早上前往犹他州议会大厦，这座艺术价值极高的建筑作品采用了新古典主义建筑的风格，整座大楼外部由花岗岩建造，整栋建筑恢弘壮阔、精致华丽，是犹他州的显著地标。随后参观摩门教圣地&amp;mdash;&amp;mdash;圣殿广场。行程安排：犹他州议会大厦（30分钟）&amp;rarr;圣殿广场（45分钟）景点介绍：【犹他州议会大厦UtahStateCapitol】犹他州政府议会大厦坐落于盐湖城，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。州政府大楼顶部是拜占庭式的圆顶，在太阳光的照耀下光彩夺目绚丽辉煌。大厦内部更加富丽堂皇，精雕细琢。墙壁是光洁的大理石，天花板绘有精美的壁画，无数雕工精细的人物塑像伫立其中，栩栩如生。另外由于犹他州别名&amp;ldquo;蜂房州&amp;rdquo;，大厦门前的显眼处便摆了一座蜂房的雕塑，是来到此处的游客不可不合影的景点之一。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。温馨提示：请预订中午12点以后的航班离开盐湖城机场（SLC），导游将安排您坐轻轨或Uber前往机场。</w:t>
+              <w:t xml:space="preserve">早上前往犹他州议会大厦，这座艺术价值极高的建筑作品采用了新古典主义建筑的风格，整座大楼外部由花岗岩建造，整栋建筑恢弘壮阔、精致华丽，是犹他州的显著地标。随后参观摩门教圣地&amp;mdash;&amp;mdash;圣殿广场。行程结束后，我们将送您前往盐湖城国际机场（SLC），结束本次行程。行程安排：波卡特洛&amp;rarr;盐湖城&amp;rarr;犹他州议会大厦（30分钟）&amp;rarr;圣殿广场（45分钟）景点介绍：【犹他州议会大厦UtahStateCapitol】犹他州政府议会大厦坐落于盐湖城，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。州政府大楼顶部是拜占庭式的圆顶，在太阳光的照耀下光彩夺目绚丽辉煌。大厦内部更加富丽堂皇，精雕细琢。墙壁是光洁的大理石，天花板绘有精美的壁画，无数雕工精细的人物塑像伫立其中，栩栩如生。另外由于犹他州别名&amp;ldquo;蜂房州&amp;rdquo;，大厦门前的显眼处便摆了一座蜂房的雕塑，是来到此处的游客不可不合影的景点之一。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。温馨提示：请预订下午16:30之后起飞的国内航班，17:30之后起飞的国际航班离开盐湖城国际机场（SLC）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -636,115 +381,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.专业旅游用车；2.专业司导服务；3.行程中所含酒店住宿；4.酒店内自助式热早餐。</w:t>
+              <w:t xml:space="preserve">1.行程中交通费用：舒适商务七座车或大空间高顶旅行车；2.行程中住宿：携程三钻+评分4.0以上高分酒店/交通便利且餐饮购物方便或有特色的国家公园、景区内酒店；3.中英文服务人员（司机+导游/司兼导）；4.行程中早餐。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.往返出发地的交通费用；2.个人费用（如电话费，收费电视等一切个人消费）；3.行程中的自费项目；4.司导服务费$15/人/天；5.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YW5必付费用YW5MandatoryFee每人：$300.00包含：国家高角鹿保护区马拉雪橇/雪车乘坐体验、大提顿国家公园、黄石国家公园&amp;amp;雪地巴士雪王山庄雪地项目SnowKingMountainSnowProjects每人：$128.00含雪地甜甜圈、缆车、环山小火车自驾黄石雪地摩托YellowstoneSnowmobileSelf-driving单人一车（每人）：$150.00双人一车（每人）：$50.00摩托驾驶员年龄须在16岁及以上，且持有合法驾照。产品资源紧张，强烈建议您提前预付！一经预订成功，将无法取消或者改期。如预订不成功，我司将直接退还此费用。</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付USD$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述YW5必付费用YW5MandatoryFee每人：$300.00包含：国家高角鹿保护区马拉雪橇/雪车乘坐体验或世界之巅缆车、大提顿国家公园、黄石国家公园&amp;amp;雪地巴士雪王山庄雪地项目SnowKingMountainSnowProjects每人：$141.00含雪地甜甜圈、缆车、环山小火车（此价格为预订参考价，实际价格以官网价格为准）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>