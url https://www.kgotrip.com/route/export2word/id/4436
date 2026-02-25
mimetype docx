--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">“极光自由家”阿拉斯加2024-2025北极光季丨费尔班克斯珍娜温泉泡汤之旅-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">“极光自由家”阿拉斯加2025-2026北极光季丨费尔班克斯珍娜温泉泡汤之旅-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,153 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">景点介绍：【珍娜温泉泡汤之旅ChenaHotSpringsResortTour】预计中午11:00左右指定酒店出发，乘车前往珍那温泉度假村，这里因有着神奇功效的百年温泉、精巧有趣的冰雕博物馆和先进环保的再生能源工程等景致而闻名遐迩，几乎成为每位到访费尔班克斯的游客必玩景点之一！您可以在室外纯天然矿物质温泉水池中放松身心，在积雪覆盖、雾气冉冉的温泉中亲历&amp;ldquo;一边是冰天雪地，一边是温暖如春&amp;ldquo;的双重感受！您还可以参观目前全球唯一全年开放的冰雕博物馆（门票自理），由一千吨冰雪建造而成，展览着历年来世界级冰雕大赛冠军们精雕细琢的作品，其中的桌椅、用具等全部由冰打造。有兴趣的朋友可以在冰酒吧台品尝一杯雕刻精美的冰制酒杯中的AppleMartini（费用自理，须年满21周岁，持有效证件）。温馨提示：A.温泉泡汤必须穿着泳衣，请您提前准备B.出于安全原因考虑，18岁以下未成年人将不能进入户外岩石温泉区，可以使用室内按摩池及游泳池C.如您当天因自身原因不便体验温泉，则视同自愿放弃该项目，费用无法退还</w:t>
-[...101 lines deleted...]
-              <w:t xml:space="preserve">景点介绍：【珍娜温泉泡汤之旅ChenaHotSpringsResortTour】预计中午11:00左右指定酒店出发，乘车前往珍娜温泉度假村，这里因有着神奇功效的百年温泉、精巧有趣的冰雕博物馆和先进环保的再生能源工程等景致而闻名遐迩，几乎成为每位到访费尔班克斯的游客必玩景点之一！您可以在室外纯天然矿物质温泉水池中放松身心，在积雪覆盖、雾气冉冉的温泉中亲历&amp;ldquo;一边是冰天雪地，一边是温暖如春&amp;ldquo;的双重感受！您还可以参观目前全球唯一全年开放的冰雕博物馆（门票自理），由一千吨冰雪建造而成，展览着历年来世界级冰雕大赛冠军们精雕细琢的作品，其中的桌椅、用具等全部由冰打造。有兴趣的朋友可以在冰酒吧台品尝一杯雕刻精美的冰制酒杯中的AppleMartini（费用自理，须年满21周岁，持有效证件）。温馨提示：A.温泉泡汤必须穿着泳衣，请您提前准备B.出于安全原因考虑，18岁以下未成年人将不能进入户外岩石温泉区，可以使用室内按摩池及游泳池C.如您当天因自身原因不便体验温泉，则视同自愿放弃该项目，费用无法退还</w:t>
+              <w:t xml:space="preserve">景点介绍：【珍娜温泉泡汤之旅ChenaHotSpringsResortTour】预计中午11:00左右从指定酒店出发，乘车前往珍娜温泉度假村，这里因有着神奇功效的百年温泉、精巧有趣的冰雕博物馆和先进环保的再生能源工程等景致而闻名遐迩，几乎成为每位到访费尔班克斯的游客必玩景点之一！您可以在室外纯天然矿物质温泉水池中放松身心，在积雪覆盖、雾气冉冉的温泉中亲历&amp;ldquo;一边是冰天雪地，一边是温暖如春&amp;ldquo;的双重感受！您还可以参观目前全球唯一一个全年开放的冰雕博物馆（门票自理），由一千吨冰雪建造而成，展览着历年来世界级冰雕大赛冠军们精雕细琢的作品，其中的桌椅、用具等全部由冰打造。有兴趣的朋友可以在冰酒吧台品尝一杯雕刻精美的冰制酒杯中的AppleMartini（费用自理，须年满21周岁，持有效证件）。温馨提示：1）在珍娜温泉村租用更衣柜：50美分/次，租用毛巾：5美金/条；请您自带泳衣泳裤，按个人需求可自带拖鞋2）出于安全原因考虑，18岁以下未成年人将不能进入户外岩石温泉区，可以使用室内按摩池及游泳池3）如您当天因自身原因不便体验温泉，则视同自愿放弃该项目，费用无法退还4）冰雕博物馆有固定的开放时间点，如计划参观，请您在温泉村内提前预约</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -311,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程当日往返集合地点的交通；2.自费项目及行程中未包含的游览和门票；3.餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：10美元/人请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.行程当日往返集合地点的交通；2.自费项目及行程中未包含的游览和门票；3.餐食；4.基于阿拉斯加当地小费惯例，您可视导游的服务质量支付小费，小费标准：10美元/人请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励。5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.阿拉斯加当地时间出发前9天及以内取消或改签行程，收取全部团费；2.阿拉斯加当地时间出发前9天以外可免费取消或改签行程。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。</w:t>
+              <w:t xml:space="preserve">1.阿拉斯加当地时间出发前9天及以内取消或改签行程，收取全部团费；2.阿拉斯加当地时间出发前9天以外可免费取消或改签行程。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>