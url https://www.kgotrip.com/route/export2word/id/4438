--- v0 (2025-10-24)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">“极光自由家”阿拉斯加2024-2025北极光季 | 费尔班克斯北极光观测木屋-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">“极光自由家”阿拉斯加2025-2026北极光季 | 费尔班克斯北极光观测木屋-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,102 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">计划夜晚指定酒店出发，跟随专业导游乘坐北极光班车前往我们精心甄选的北极光观测木屋*，位置绝佳，远离城市光害的干扰，更增加了您观测到北极光的机率。我们专业的极光导游将向您介绍北极光的相关知识，相机参数调试及北极光拍摄技巧，以助您拍到精彩的极光照片。木屋内提供免费的热饮，咖啡以及北极光监测屏幕，您可以在此温暖守候北极光。预计于次日凌晨02:00左右回到酒店休息。</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">计划夜晚指定酒店出发，跟随专业导游乘坐北极光班车前往我们精心甄选的北极光观测木屋*，位置绝佳，远离城市光害的干扰，更增加了您观测到北极光的机率。我们专业的极光导游将向您介绍北极光的相关知识，相机参数调试及北极光拍摄技巧，以助您拍到精彩的极光照片。木屋内提供免费的热饮，咖啡以及北极光监测屏幕，您可以在此温暖守候北极光。预计于次日凌晨02:00左右回到酒店休息。**北极光是可遇不可求的，因为北极光受到大自然天气影响不定时出现，所以无法保证您一定能看到北极光**</w:t>
+              <w:t xml:space="preserve">夜晚在指定酒店集合后，跟随专业导游乘坐北极光班车前往我们精心甄选的北极光观测木屋，位置绝佳，远离城市光害的干扰，更增加了您观测到北极光的机率。我们专业的极光导游将向您介绍北极光的相关知识，相机参数调试及北极光拍摄技巧，以助您拍到精彩的极光照片。木屋内提供免费的热饮，咖啡以及北极光监测屏幕，您可以在此温暖守候北极光。预计于次日凌晨02:00左右回到酒店休息。**观测极光期间，为避免影响他人观测及拍摄，请您不要使用摄影设备的闪光灯功能。**北极光是可遇不可求的，因为北极光受到大自然天气影响不定时出现，所以无法保证您一定能看到北极光**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -228,115 +177,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.当地专业中英文导游兼司机服务（部分自费项目仅提供英文向导）；2.行程中的旅游巴士交通服务，车型将根据行程人数相应安排。3.行程中注明已包含的游览景点及门票。</w:t>
+              <w:t xml:space="preserve">1.当地专业中英文导游兼司机服务（部分自费项目仅提供英文向导）；2.行程中的旅游巴士交通服务，车型将根据行程人数相应安排；3.行程中注明包含的游览交通及门票。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程当日往返集合地点的交通；2.自费项目及行程中未包含的游览和门票；3.餐食；4.基于阿拉斯加当地小费标准，您可视导游的服务质量支付小费，小费标准：10美元/人请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.行程当日往返集合地点的交通；2.自费项目及行程中未包含的游览和门票；3.餐食；4.基于阿拉斯加当地小费惯例，您可视导游的服务质量支付小费，小费标准：10美元/人；请于行程当日将小费支付给您的导游，以示对导游工作的认可与鼓励。5.行程中或约定中未提及已包含的所有其他费用。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.阿拉斯加当地时间出发前9天及以内取消或改签行程，收取全部团费；2.阿拉斯加当地时间出发前9天以外可免费取消或改签行程。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。</w:t>
+              <w:t xml:space="preserve">1.阿拉斯加当地时间出发前9天及以内取消或改签行程，收取全部团费；2.阿拉斯加当地时间出发前9天以外可免费取消或改签行程。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。【退改说明】1.如果团组在阿拉斯加当地时间出发前10天以外，要求取消或改期，团费不扣，其他加订酒店、机票或服务需参照酒店或航司规定而确定是否能退款。2.在阿拉斯加当地时间出发前10天（含）至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>