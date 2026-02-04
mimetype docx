--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -111,306 +111,153 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！下午3点后入住酒店，您可以稍作休息或者去赌场试试手气。晚餐后您更可以和我们一起欣赏一下赌城的迷人夜景。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！下午3点后入住酒店，您可以稍作休息或者去赌场试试手气。晚餐后您更可以和我们一起欣赏一下赌城的迷人夜景。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightViewTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迎着朝阳，开始今天精彩的旅程。沿十五号公路北行，穿过圣伯纳丁诺森林，进入北美最大的莫哈维沙漠。形单影孤的乔舒亚树一棵棵点缀在一望无际的戈壁滩上，别有一番情趣。途中短暂停留休息后，于下午抵达世界赌城&amp;mdash;拉斯维加斯！下午3点后入住酒店，您可以稍作休息或者去赌场试试手气。晚餐后您更可以和我们一起欣赏一下赌城的迷人夜景。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">早上驱车前往下羚羊彩穴，途径大峡谷起源点-包伟湖。随后进入全世界最奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴，我们跟随纳瓦霍印第安向导进入彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，是大自然的抽像画。随后前往马蹄湾，国家地理杂志评选出的美国十大最佳摄影地点之一！之后返回拉斯维加斯。行程安排：拉斯维加斯&amp;rarr;下羚羊彩穴（必付项目，2小时）&amp;rarr;马蹄湾（必付项目，1小时）&amp;rarr;拉斯维加斯特别说明：1.下羚羊彩穴将于01/12/2026-01/18/2026期间关闭维修，受此影响，在此期间原行程安排将改为：羚羊峡谷X（必付项目，2小时）。2.为保障儿童安全，羚羊峡谷X明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上驱车前往下羚羊彩穴，途径大峡谷起源点-包伟湖。随后进入全世界最奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴，我们跟随纳瓦霍印第安向导进入彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，是大自然的抽像画。随后前往马蹄湾，国家地理杂志评选出的美国十大最佳摄影地点之一！之后返回拉斯维加斯。行程安排：拉斯维加斯&amp;rarr;下羚羊彩穴（必付项目，2小时）&amp;rarr;马蹄湾（必付项目，1小时）&amp;rarr;拉斯维加斯景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
-[...152 lines deleted...]
-              <w:t xml:space="preserve">早上可自费跟随经验丰富的导游前往拉斯网红欢迎招牌处打卡留念，然后前往大道上最受欢迎的网红景点&amp;mdash;&amp;mdash;M豆巧克力世界和与其相连的可口可乐主题店，色彩缤纷的巧克力豆、口味奇特的可口可乐、琳琅满目的周边商品，游览过程中深入了解两大巨头的商品文化。您还可以在四层的巧克力世界观看3D电影，在香甜的空气中获得不一样的观影体验。随后来到最新开幕的FlyOverLasVegas，最新的光电技术+电动骑行+4D体验，用不一样的视角来欣赏拉斯维加斯及周边美景。告别赌城，我们前往网红景点&amp;mdash;&amp;mdash;七彩巨石阵。下午抵达巴斯托奥特莱斯尽享购物的乐趣，傍晚时分抵达洛杉矶。行程安排：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯（自费，90分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶如您选择不参加自费项目，可在酒店內自由活动。景点介绍：【M豆巧克力世界M&amp;M'SLasVegas】这是M豆巧克力世界的首家店铺，1997年在拉斯维加斯大道开业，占地面积28000平方英尺，共有四层，各类缤纷妙趣的M豆巧克力，以及琳琅满目的周边商品等，在一饱眼福的同时享受巧克力的甜蜜丝滑吧！【可口可乐主题店Coca-ColaStoreLasVegas】全球只有两家的可口可乐主题店，满足你对可口可乐的所有幻想！主题店的大门是一个四层楼高的经典可口可乐瓶造型，店铺内各色商品琳琅满目，从玩具、文具、围裙到服装、台灯、饰品，所有的东西都印有&amp;ldquo;可口可乐&amp;rdquo;的商标。这里也是收藏爱好者的天堂，店内出售各个年代不同国家制造的可口可乐，印在瓶身上的各国文字，绝对是最好的纪念品。您还可以在一楼与可口可乐北极熊合影留念。【飞越拉斯维加斯FlyOverLasVegas】飞越拉斯维加斯是亮相在拉斯维加斯大道上的终极飞行之旅！站在52.5英尺宽的球形屏幕前，在最先进技术的加持下，您无需离开拉斯维加斯大道即可滑过广阔的草原和高耸的山峰，潜入河流奔腾的山谷，穿越陆地、海洋和天空，探索狂野的大西部，沉浸式游览特色景点。【七彩巨石阵SevenMagicMountains】一望无垠的内华达州拉斯维加斯远郊的沙漠之中，伫立着7座用彩色石头堆栈起来的柱子，合来就叫做七彩巨石阵（SevenMagicMountains）。这七座9米高的彩虹般的巨石阵，屹立在荒漠中，为沙漠单一的景色中注入了几分活泼的色彩。这里是网红打卡拍照一定不能错过的地方。【巴斯托奥特莱斯OutletsatBarstow】巴斯托奥特莱斯地处沙漠，位于拉斯维加斯到洛杉矶的必经之路上。这家奥特莱斯一线奢侈品牌不是很多，但是二线品牌尤其是美国本土品牌还是较为齐全而且比较集中，服务也是相当不错，逛起来别有一番新体验。温馨提示：如您选择拉斯维加斯离团或者送机，将只能参加拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯的自费行程，剩余行程无法参加。送机当天提供一趟11:00从拉斯酒店出发的免费送机服务，请预定LAS机场13:30以后的国内航班，14:30以后的国际航班。</w:t>
+              <w:t xml:space="preserve">早上跟随经验丰富的导游前往拉斯网红欢迎招牌处打卡留念，然后前往大道上最受欢迎的网红景点&amp;mdash;&amp;mdash;M豆巧克力世界和与其相连的可口可乐主题店，色彩缤纷的巧克力豆、口味奇特的可口可乐、琳琅满目的周边商品，游览过程中深入了解两大巨头的商品文化。您还可以在四层的巧克力世界观看3D电影，在香甜的空气中获得不一样的观影体验。随后来到最新开幕的FlyOverLasVegas，最新的光电技术+电动骑行+4D体验，用不一样的视角来欣赏拉斯维加斯及周边美景。告别赌城，我们前往网红景点&amp;mdash;&amp;mdash;七彩巨石阵。下午抵达巴斯托奥特莱斯尽享购物的乐趣，傍晚时分抵达洛杉矶。行程安排：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店（必付项目，60分钟）&amp;rarr;飞跃拉斯维加斯（自费，25分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶景点介绍：【M豆巧克力世界M&amp;M'SLasVegas】这是M豆巧克力世界的首家店铺，1997年在拉斯维加斯大道开业，占地面积28000平方英尺，共有四层，各类缤纷妙趣的M豆巧克力，以及琳琅满目的周边商品等，在一饱眼福的同时享受巧克力的甜蜜丝滑吧！【可口可乐主题店Coca-ColaStoreLasVegas】全球只有两家的可口可乐主题店，满足你对可口可乐的所有幻想！主题店的大门是一个四层楼高的经典可口可乐瓶造型，店铺内各色商品琳琅满目，从玩具、文具、围裙到服装、台灯、饰品，所有的东西都印有&amp;ldquo;可口可乐&amp;rdquo;的商标。这里也是收藏爱好者的天堂，店内出售各个年代不同国家制造的可口可乐，印在瓶身上的各国文字，绝对是最好的纪念品。您还可以在一楼与可口可乐北极熊合影留念。【飞越拉斯维加斯FlyOverLasVegas】飞越拉斯维加斯是亮相在拉斯维加斯大道上的终极飞行之旅！站在52.5英尺宽的球形屏幕前，在最先进技术的加持下，您无需离开拉斯维加斯大道即可滑过广阔的草原和高耸的山峰，潜入河流奔腾的山谷，穿越陆地、海洋和天空，探索狂野的大西部，沉浸式游览特色景点。景点介绍：【七彩巨石阵SevenMagicMountains】一望无垠的内华达州拉斯维加斯远郊的沙漠之中，伫立着7座用彩色石头堆栈起来的柱子，合来就叫做七彩巨石阵（SevenMagicMountains）。这七座9米高的彩虹般的巨石阵，屹立在荒漠中，为沙漠单一的景色中注入了几分活泼的色彩。这里是网红打卡拍照一定不能错过的地方。景点介绍：【巴斯托奥特莱斯OutletsatBarstow】巴斯托奥特莱斯地处沙漠，位于拉斯维加斯到洛杉矶的必经之路上。这家奥特莱斯一线奢侈品牌不是很多，但是二线品牌尤其是美国本土品牌还是较为齐全而且比较集中，服务也是相当不错，逛起来别有一番新体验。温馨提示：如您选择拉斯维加斯离团或者送机，将只能参加拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯的自费行程，剩余行程无法参加。送机当天提供一趟11:00从拉斯酒店出发的免费送机服务，请预定LAS机场13:30以后的国内航班，14:30以后的国际航班。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,83 +311,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价VA必付项目VAMandatoryFee每人：$95包含：羚羊彩穴门票、马蹄湾拉斯网红欢迎招牌打卡&amp;M豆巧克力世界&amp;可口可乐主题店&amp;飞跃拉斯维加斯LasVegasWelcomeSignboard&amp;M&amp;M'SLasVegas&amp;Coca-ColaStoreLasVegas&amp;FlyOverLasVegas成人：$45.00儿童（12岁及以下）：$34.00儿童身高限制：须高于40英寸（1.016米），必须有成人或监护人（14岁或以上）陪同</w:t>
+              <w:t xml:space="preserve">1.三餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述VA必付项目VAMandatoryFee每人：$115.00包含：羚羊彩穴/羚羊峡谷X门票、马蹄湾、拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价飞跃拉斯维加斯FlyOverLasVegas成人：01/01/2026前：$32.00；01/01/2026起：$34.00儿童（12岁及以下）：01/01/2026前：$28.00；01/01/2026起：$24.00儿童身高限制：须高于40英寸（1.016米），必须有成人或监护人（14岁或以上）陪同云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00秀票价格会有浮动，所有价格请以实际预定当天为准。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。拉斯维加斯沙场射击LasVegasSandsShooting【现付】三枪套餐（共55发子弹）：$160.00五枪套餐（共80发子弹）：$200.00温馨提示：1.患有心脏病、背部疾病、精神疾病及听力有损伤者无法参加本项目。2.本项目限7岁及以上儿童参与，7-18岁儿童体验本项目需有监护人陪同。3.此项目不可提前预定，需客人在团上直接找导游报名。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>