--- v0 (2025-10-29)
+++ v1 (2026-02-25)
@@ -150,369 +150,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将体会到什么叫百变美西。第一站来到锡安国家公园。锡安国家公园是一幅美景，一派山明水秀的静美。之后去往布莱斯峡谷国家公园，与其说是布莱斯是峡谷，更不如说是一个巨大的露天竞技场，高耸入云的褐色石岩层层迭迭，像极了守护天地的石俑。夜宿布莱斯。行程安排：拉斯维加斯&amp;rarr;锡安国家公园（必付项目，45分钟）&amp;rarr;棋盘山壁群（25分钟）&amp;rarr;布莱斯峡谷国家公园（必付项目，60分钟）&amp;rarr;布莱斯景点介绍：【锡安国家公园ZionNationalPark】锡安国家公园是徒步旅行者和摄影师梦寐以求的目的地，虽然位于沙漠之中，但地形绝不荒芜。公园是历经数百万年的侵蚀而形成的，千奇百态的岩层、数不胜数的荒野小径和独一无二的野生动物，无不召唤着那些寻求孤寂和灵感体验的游客。公园内的众多峡谷、动物群落和文化遗址适合在任何季节探索，不过春季和秋季，气候最为宜人，百花绽放，蔚为壮观。景点介绍：【布莱斯峡谷国家公园BryceCanyonNationalPark】布莱斯峡谷国家公园位于美国犹他州西南部，其名字虽有峡谷一词，但其并非真正的峡谷，而是沿着庞沙冈特高原东面，由侵蚀而成的巨大自然露天剧场。其独特的地理结构称为岩柱，由风、河流里的水与冰侵蚀和湖床的沉积岩组成。位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。</w:t>
+              <w:t xml:space="preserve">今天我们将启程参观峡谷地国家公园。此地宛如岛屿悬浮于天空，景色极为壮观！恋恋不舍的离开峡谷地国家公园后，我们将前往拱门国家公园。作为世界上最大的自然沙石拱门集中地，拱门国家公园占地约309平方公里，有超过2000座天然岩石拱门。如今目之所见的拱石以千奇百怪的姿态抵御了千万年的风雨侵蚀，依然傲立在这片盐层上，令人叹为观止。行程安排：布莱斯&amp;rarr;峡谷地国家公园（必付项目，60分钟）&amp;rarr;拱门国家公园（必付项目，120分钟）&amp;rarr;布兰丁酒店景点介绍：【峡谷地国家公园CanyonlandsNationalPark】峡谷地国家公园位于犹他州东南格林河和科罗拉多河汇合处，系多年河流冲刷和风霜雨雪侵蚀而成的砂岩塔、峡谷等，成为世界上最著名的侵蚀区域之一，以峰峦险恶、怪石嶙峋著称。天空之岛坐落在陡峭的砂岩悬崖上，高出周围地形1000英尺。每一次俯瞰都能从不同的角度看到峡谷地带的壮观景色。景点介绍：【拱门国家公园ArchesNationalPark】拱门国家公园位于美国犹他州靠近摩押镇处，面积309平方公里，保存了超过2000座天然岩石拱门。约三亿年前，这种盐层曾是海洋。海水消失的几百万年后，盐层被空气和水中的渣滓所覆盖，并和其它杂物挤压成岩石。后经地壳隆起以及天然风化，成为如今的拱门。公园里不只有拱门，还有为数众多的大小尖塔、基座和平衡石等奇特的地质特征；所有的石头上有着颜色对比非常强烈的纹理。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">01/01/2024前行程安排：今天我们将首先前往色彩斑斓的圆顶礁国家公园，浅白颜色及半球形状的巨石和悬崖让这里颇有几分国会山的味道，这也是其名字的由来。随后前往景色同样壮观的跃马崖州立公园，层层相迭的群山环抱着蜿蜒峡谷，快来拍出属于自己的大片吧！最后我们将到访优雅的威尔逊砂岩拱门，探索风、水和时间是如何侵蚀这座优雅拱门的。行程安排：圆顶礁国家公园（必付项目，90分钟）&amp;rarr;跃马崖州立公园（必付项目，60分钟）&amp;rarr;威尔逊拱门（必付项目，30分钟）01/01/2024起行程安排：今天我们将启程参观峡谷地国家公园。此地宛如岛屿悬浮于天空，景色极为壮观！恋恋不舍的离开峡谷地国家公园后，我们将前往拱门国家公园。作为世界上最大的自然沙石拱门集中地，拱门国家公园占地约309平方公里，有超过2000座天然岩石拱门。如今目之所见的拱石以千奇百怪的姿态抵御了千万年的风雨侵蚀，依然傲立在这片盐层上，令人叹为观止。行程安排：峡谷地国家公园（必付项目，60分钟）&amp;rarr;拱门国家公园（必付项目，120分钟）景点介绍：【圆顶礁国家公园CapitolReefNationalPark】圆顶礁国家公园成立于1971年，位于犹他州中南部。圆顶礁国家公园保护着该地区色彩斑斓的峡谷、山脊、砂岩和巨石，以及独特的自然文化历史。因园内有些巨石和悬崖的浅白颜色及半球形状，看起来颇像美国国会大厦的圆屋顶，因此也被称作国会礁国家公园。【跃马崖州立公园DeadHorsePointStatePark】靠着栏杆屏息凝视，您会发现这里的景色绝对不逊于任何国家公园！海拔约6000英尺高，离科罗拉多河谷底约有2000英尺的落差。站在狭长突出的高地，几乎是360度全视角，蜿蜒的峡谷，层层相迭的群山，真是美不胜收。这里是很多摄影师的最爱，层次分明，任谁都可以拍一张大师级的照片。【威尔逊拱门WilsonArch】威尔逊拱门是一座砂岩拱门，位于摩押和犹他州蒙蒂塞洛之间的191号高速公路旁（距摩押约24英里）。它跨度91英尺，高46英尺。该拱门以乔&amp;middot;威尔逊(JoeWilson)命名，在这里探索风、水和时间是如何侵蚀这座优雅拱门的吧！景点介绍：【峡谷地国家公园CanyonlandsNationalPark】峡谷地国家公园位于犹他州东南格林河和科罗拉多河汇合处，系多年河流冲刷和风霜雨雪侵蚀而成的砂岩塔、峡谷等，成为世界上最著名的侵蚀区域之一，以峰峦险恶、怪石嶙峋著称。天空之岛坐落在陡峭的砂岩悬崖上，高出周围地形1000英尺。每一次俯瞰都能从不同的角度看到峡谷地带的壮观景色。【拱门国家公园ArchesNationalPark】拱门国家公园位于美国犹他州靠近摩押镇处，面积309平方公里，保存了超过2000座天然岩石拱门。约三亿年前，这种盐层曾是海洋。海水消失的几百万年后，盐层被空气和水中的渣滓所覆盖，并和其它杂物挤压成岩石。后经地壳隆起以及天然风化，成为如今的拱门。公园里不只有拱门，还有为数众多的大小尖塔、基座和平衡石等奇特的地质特征；所有的石头上有着颜色对比非常强烈的纹理。</w:t>
+              <w:t xml:space="preserve">有西部大片情节的朋友们有福了，今天我们将来到纪念碑谷。纪念碑谷频繁出现在电影镜头中，是美国原始大西部的象征，《阿甘正传》中的跨国长跑就在这里终结。之后前往美国地理杂志评选出的知名摄影点&amp;mdash;&amp;mdash;马蹄湾，河流在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾正是由此而得名。最后我们去参观奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，是大自然的抽象画。一直以来彩穴都是纳瓦霍印第安人静坐深思的凈地，他们相信这里可以聆听神的声音。夜宿印第安保护区图巴。行程安排：布兰丁&amp;rarr;纪念碑谷（必付项目，120分钟，可自费乘坐吉普车游览）&amp;rarr;马蹄湾（必付项目，75分钟）&amp;rarr;下羚羊彩穴（自费，120分钟）&amp;rarr;图巴城酒店特别说明：1.下羚羊彩穴将于01/12/2026-01/18/2026期间关闭维修，受此影响，在此期间原行程安排将改为：羚羊峡谷X（自费，120分钟）。2.为保障儿童安全，羚羊峡谷X明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。景点介绍：【纪念碑谷MonumentValley】纪念碑谷在1930年代开始出现于许多媒体中，是美国原始大西部的象征。最有名的是在美国导演约翰&amp;middot;福特的多部西部片中，其中有《驿马车》《搜索者》。导演罗拔&amp;middot;湛米基思的《阿甘正传》中的跨国长跑在这里终结。纪念碑谷的壮观难以用言语描述，一尊尊巨大的雕塑矗立在红色的原野上。这里是苍凉与狂野乐章的共鸣，生命与灵魂升华的圣地。景点介绍：【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将启程参观峡谷地国家公园。此地宛如岛屿悬浮于天空，景色极为壮观！恋恋不舍的离开峡谷地国家公园后，我们将前往拱门国家公园。作为世界上最大的自然沙石拱门集中地，拱门国家公园占地约309平方公里，有超过2000座天然岩石拱门。如今目之所见的拱石以千奇百怪的姿态抵御了千万年的风雨侵蚀，依然傲立在这片盐层上，令人叹为观止。行程安排：峡谷地国家公园（必付项目，60分钟）&amp;rarr;拱门国家公园（必付项目，120分钟）景点介绍：【峡谷地国家公园CanyonlandsNationalPark】峡谷地国家公园位于犹他州东南格林河和科罗拉多河汇合处，系多年河流冲刷和风霜雨雪侵蚀而成的砂岩塔、峡谷等，成为世界上最著名的侵蚀区域之一，以峰峦险恶、怪石嶙峋著称。天空之岛坐落在陡峭的砂岩悬崖上，高出周围地形1000英尺。每一次俯瞰都能从不同的角度看到峡谷地带的壮观景色。【拱门国家公园ArchesNationalPark】拱门国家公园位于美国犹他州靠近摩押镇处，面积309平方公里，保存了超过2000座天然岩石拱门。约三亿年前，这种盐层曾是海洋。海水消失的几百万年后，盐层被空气和水中的渣滓所覆盖，并和其它杂物挤压成岩石。后经地壳隆起以及天然风化，成为如今的拱门。公园里不只有拱门，还有为数众多的大小尖塔、基座和平衡石等奇特的地质特征；所有的石头上有着颜色对比非常强烈的纹理。</w:t>
-[...203 lines deleted...]
-              <w:t xml:space="preserve">清晨我们驱车前往被称为世界七大自然奇迹之首的大峡谷国家公园，领略造物主的神奇。在这里，每一位过客都是摄影家，每一张照片都是风景画，您可自费搭乘直升机、观光小飞机从空中俯瞰大峡谷。离开大峡谷公园，我们将乘车途经著名的胡佛水坝，最后抵达世界赌博娱乐之都&amp;mdash;&amp;mdash;拉斯维加斯！行程安排：大峡谷国家公园东缘&amp;amp;南缘（必付项目，2.5小时）&amp;rarr;南峡谷直升机或小飞机（自费，1小时）&amp;rarr;胡佛水坝（途经）&amp;rarr;拉斯维加斯景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【南峡谷GrandCanyonSouthRim】南峡谷又称大峡谷南缘，位于大峡谷的中段。地势险峻而壮阔，峡谷深不见底，规模最大。公园建设成熟完善，尤其适合公路自驾，没有任何商业设施，几乎各个观景点都尽可能保留原貌。南峡谷大规模的壮丽景观以及完善适宜的游玩环境，让人面对这造物主的鬼斧神工无不感慨万千、流连忘返。</w:t>
+              <w:t xml:space="preserve">清晨我们驱车前往被称为世界七大自然奇迹之首的大峡谷国家公园，领略造物主的神奇。在这里，每一位过客都是摄影家，每一张照片都是风景画，您可自费搭乘直升机从空中俯瞰大峡谷。离开大峡谷公园，我们将乘车途经著名的胡佛水坝，最后抵达世界赌博娱乐之都&amp;mdash;&amp;mdash;拉斯维加斯！行程安排：大峡谷国家公园东缘&amp;amp;南缘（必付项目，2.5小时）&amp;rarr;南峡谷直升机（自费，1小时）&amp;rarr;胡佛水坝（途经）&amp;rarr;拉斯维加斯（可自费参加夜景游）景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【南峡谷GrandCanyonSouthRim】南峡谷又称大峡谷南缘，位于大峡谷的中段。地势险峻而壮阔，峡谷深不见底，规模最大。公园建设成熟完善，尤其适合公路自驾，没有任何商业设施，几乎各个观景点都尽可能保留原貌。南峡谷大规模的壮丽景观以及完善适宜的游玩环境，让人面对这造物主的鬼斧神工无不感慨万千、流连忘返。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -566,83 +362,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述BW系列必付费用BWMandatoryFee每人：$150.00包含：锡安国家公园、布莱斯国家公园、峡谷地国家公园、拱门国家公园、纪念碑谷、马蹄湾、大峡谷国家公园价格：$150/人拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价纪念碑谷吉普车（90分钟）MonumentValleyJeep每人：$65.00下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费南峡谷直升机GrandCanyonSouthRimHelicopter每人：$289.003岁以上同价包含：燃油附加费南峡谷小飞机SouthCanyonMiniatureAircraft每人：$228.003岁以上同价包含：燃油附加费南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：01/01/2025前：$13.00；01/01/2025起：$15.00南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：01/01/2025前：$27.00；01/01/2025起：$32.003岁以上同价</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述羚羊峡谷XAntelopeCanyonX成人：100.00儿童（0-7岁）：$70.00包含当地接送及向导服务费为保障儿童安全，景区明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。BW4必付费用BW4MandatoryFee每人：$150.00包含：锡安国家公园、布莱斯国家公园、峡谷地国家公园、拱门国家公园、纪念碑谷、马蹄湾、大峡谷国家公园纪念碑谷吉普车（90分钟）MonumentValleyJeep每人：$65.00下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费南峡谷直升机GrandCanyonSouthRimHelicopter每人：$299.003岁以上同价包含：燃油附加费预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>