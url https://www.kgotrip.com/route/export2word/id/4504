--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -111,102 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">&amp;ldquo;如果你爱他，请带他去纽约，因为那是天堂；如果你恨他，请带他去纽约，因为那是地狱。&amp;rdquo;电视剧《北京人在纽约》中的这句台词，勾起了每个人对纽约的无限遐想。我们将穿过鳞次栉比的高楼大厦，细细品味纽约这座世界第一大城市的繁荣与沧桑。行程安排：纽约三一教堂（外观）&amp;rarr;华尔街（25分钟）&amp;rarr;华尔街铜牛（拍照留念）&amp;rarr;世贸中心观景台（自费，70分钟）&amp;rarr;自由女神环岛游船（自费，60分钟）&amp;rarr;无畏号航空母舰（自费，60分钟）&amp;rarr;时代广场（20分钟）&amp;rarr;第五大道+纽约现代艺术博物馆（自费，100分钟）&amp;rarr;纽约杜莎夫人蜡像馆（自费，60分钟）景点介绍：【纽约三一教堂TrinityChurchNewYork】纽约三一教堂是圣公会纽约教区的一座古老的堂区教堂，在1976年被列入国家史迹名录之一，矗立于高楼林立的华尔街。这座哥特式风格的教堂在摩天大楼的环绕下显得格外醒目，教堂里的一小片墓园静谧安详。另外为纪念教堂在9/11恐怖袭击的受到的伤害，教堂旁有一个红色树枝形状的艺术品，祈愿和平。【华尔街WallStreet】纽约华尔街是纽约市曼哈顿区南部从百老汇大道到东河边一条大街的名字，长不超过一英里，宽仅11米，作为美国的金融中心闻名于世。街道两旁的摩天大楼是美国一些主要金融机构的所在地，这里集中了纽约证券交易所、联邦储备银行、信托公司等，其中纽约股票交易所对面的联邦大厅是开国元勋华盛顿的宣誓就职地。【华尔街铜牛ChargingBull】华尔街铜牛是一座长5米，重6.3吨的铜牛塑像，是&amp;ldquo;力量和勇气&amp;rdquo;的象征，只要铜牛在，股市就能永保&amp;ldquo;牛&amp;rdquo;市。每天都有无数游客争着与铜牛合影，为祈求好运，铜牛也被摸得锃锃发亮。【自由女神环岛船LibertyCruise】乘坐自由女神环岛游船开启一小时哈德逊河游览之旅，途中会看到曼哈顿天际线和哈德逊河两岸风光，远眺帝国大厦和世贸大楼。游船在自由女神像旁缓缓驶过，可以清楚的看见自由女神头戴光芒四射的冠冕，高举自由火炬，手捧《独立宣言》，宏伟瞩目，象征着美国人民争取自由的崇高理想和对美好生活的向往与追求。【世贸中心观景台OneWorldTradeCenterObservatory】新世贸大厦中心一号楼，又名&amp;ldquo;自由塔&amp;rdquo;，坐落于911袭击事件中倒塌的原世界贸易中心的旧址。1776英尺的高度让新世贸成为美国最高、世界第三高的建筑物，此高度是为纪念1776年签署的《美国独立宣言》而定的。宾客抵达时，大型视讯板会依序播放各种语言的欢迎致词，宾客的家乡也会被特别标记在动态产生的世界地图上。体验「心声」的活动，聆听建造大楼的工作人员叙述各自背后的故事；「地基」活动将让宾客近距离观察建筑物所屹立的岩床。从全球欢迎中心，到可以体验虚拟延时的宾客电梯，再到震撼人心的视频展示，最后360度全方位观景的发现层，每一个细节都是参观此处的加分项。景点介绍：【无畏号航空母舰USSIntrepid】这是一个停靠在86号码头的军事和航海史博物馆，展示了无畏号航空母舰和USSGrowler潜艇。无畏号曾参加过第二次世界大战的太平洋战争，越南战争，作过反潜航母，参与过美国的太空计划，1986年获评为美国国家历史地标。无畏号的驾驶舱正对着高楼林立的曼哈顿区，从驾驶室的指挥舱看出去，可以欣赏到曼哈顿别样的街景。【时代广场TimesSquare】时代广场是美国纽约市曼哈顿的一块繁华街区，被称为&amp;ldquo;世界的十字路口&amp;rdquo;。广场附近聚集了各类商场和剧院，是繁盛的娱乐及购物中心。广告的商业金融气息与高科技艺术手段在这里得到完美的统一，夜晚耀眼的霓虹灯反映了曼哈顿强烈的时尚都市特性。走进时代广场，四周都是色彩绚烂的广告牌和身怀绝技的街头艺人，耳边充斥着各种商品的广告语、歌曲MV，震撼着每个人的心灵。事实上人们早已流传如斯：不到纽约算不上到过美国，不到时代广场算不上到过纽约。【第五大道FifthAvenue】位于曼哈顿岛的中心地带，是曼哈顿岛购物的精华之所在。现已成为纽约的商业、居住、文化、购物和旅游中心。整条街涵盖了多处纽约必去的景点和顶级百货商店，聚集了无数家全球奢侈品专卖店和旗舰店，高级定制服装、珠宝首饰、电子产品等应有尽有、极尽奢华，每天都吸引着世界各地的游人前来。【现代艺术博物馆MuseumofModernArt】洛克菲勒家族在曼哈顿城中建造的世界上最杰出的现代艺术收藏馆之一的纽约现代艺术博物馆(MoMA)，有许多近当代的先锋艺术展览，涉及美术、建筑、雕塑、电影、设计等方方面面。其中最著名的馆藏品包括梵高的《星月夜》、毕加索的《亚维农少女》、莫奈的《睡莲》、达利的《记忆的永恒》、爱德华&amp;bull;蒙克《呐喊》等等。不仅如此，馆中的庭院也十分漂亮，从馆内巨大的透明落地窗望出去，现代时尚的花园坐落在摩天大楼之间，别有一番风味。【纽约杜莎夫人蜡像馆MadameTussaud'sWaxMuseum】馆内包括有电影明星、体育明星、知名音乐家、歌唱家、具有影响力的世界领导人和历史人物等。比如好莱坞巨星安吉丽娜&amp;middot;朱莉与乔治&amp;middot;克鲁尼，你可以上前与他们一起合照。还有强尼戴普，也可以假装亲吻他的脸。还可以与爱因斯坦一起探讨科学难题，与克林顿来个合影、和小布什握个手、和希拉里一起挥手打个招呼，更可以坐在奥巴马的椭圆形办公室里签署美国宪法。如果你的胆子够大，不妨尝试下这里的鬼屋。最后在纪念品商店购买自己喜爱的Q版蜡像吧。</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">&amp;ldquo;如果你爱他，请带他去纽约，因为那是天堂；如果你恨他，请带他去纽约，因为那是地狱。&amp;rdquo;电视剧《北京人在纽约》中的这句台词，勾起了每个人对纽约的无限遐想。我们将穿过鳞次栉比的高楼大厦，细细品味纽约这座世界第一大城市的繁荣与沧桑。行程安排：纽约金融财富之旅（自费，150分钟）&amp;rarr;世贸中心观景台（自费，70分钟）&amp;rarr;自由女神环岛游船（自费，60分钟）&amp;rarr;MOMA纽约现代艺术博物馆（自费，60分钟）纽约金融财富之旅：第一站：英雄峡谷&amp;rarr;伍尔沃斯大楼&amp;rarr;柏路大楼（1899-1901年间世界最高的摩天大楼）&amp;rarr;波特大厦&amp;rarr;圣保罗教堂&amp;rarr;电报大楼第二站：公平大厦&amp;rarr;三一教堂&amp;rarr;联邦储蓄银行&amp;rarr;联邦大厅&amp;rarr;纽约证券交易所&amp;rarr;特朗普大楼&amp;rarr;德意志银行旧址（大通银行旧址）&amp;rarr;华尔街铜牛&amp;rarr;海关大楼&amp;rarr;标准石油大楼&amp;rarr;标准普尔大厦第三站：洛克菲勒中心（途经纽约钻石区、国际宝石大厦）第四站：普利策喷泉&amp;rarr;大军团广场&amp;rarr;广场饭店&amp;rarr;时代广场&amp;rarr;纳斯达克特别说明：1.纽约金融财富之旅景点游览方式为车游+轻徒步，体力要求适中。2.以上景点均为外观。景点介绍：【纽约金融财富之旅NewYorkCityFortuneTour】曼哈顿的金融梦，在纽约绽放，这里几乎聚集了世界最顶尖的金融机构。今天我们将在世界金融中心纽约参观一些经典地标建筑，英雄峡谷、柏路大楼、三一教堂、纽约证券交易所、洛克斐勒中心等等，感受浓郁的金融商业气息。【世贸中心观景台OneWorldTradeCenterObservatory】新世贸大厦中心一号楼，又名&amp;ldquo;自由塔&amp;rdquo;，坐落于911袭击事件中倒塌的原世界贸易中心的旧址。1776英尺的高度让新世贸成为美国最高、世界第三高的建筑物，此高度是为纪念1776年签署的《美国独立宣言》而定的。宾客抵达时，大型视讯板会依序播放各种语言的欢迎致词，宾客的家乡也会被特别标记在动态产生的世界地图上。体验「心声」的活动，聆听建造大楼的工作人员叙述各自背后的故事；「地基」活动将让宾客近距离观察建筑物所屹立的岩床。从全球欢迎中心，到可以体验虚拟延时的宾客电梯，再到震撼人心的视频展示，最后360度全方位观景的发现层，每一个细节都是参观此处的加分项。【自由女神环岛船LibertyCruise】乘坐自由女神环岛游船开启一小时哈德逊河游览之旅，途中会看到曼哈顿天际线和哈德逊河两岸风光，远眺帝国大厦和世贸大楼。游船在自由女神像旁缓缓驶过，可以清楚的看见自由女神头戴光芒四射的冠冕，高举自由火炬，手捧《独立宣言》，宏伟瞩目，象征着美国人民争取自由的崇高理想和对美好生活的向往与追求。【现代艺术博物馆MuseumofModernArt】洛克菲勒家族在曼哈顿城中建造的世界上最杰出的现代艺术收藏馆之一的纽约现代艺术博物馆(MoMA)，有许多近当代的先锋艺术展览，涉及美术、建筑、雕塑、电影、设计等方方面面。其中最著名的馆藏品包括梵高的《星月夜》、毕加索的《亚维农少女》、莫奈的《睡莲》、达利的《记忆的永恒》、爱德华&amp;bull;蒙克《呐喊》等等。不仅如此，馆中的庭院也十分漂亮，从馆内巨大的透明落地窗望出去，现代时尚的花园坐落在摩天大楼之间，别有一番风味。</w:t>
+              <w:t xml:space="preserve">&amp;ldquo;如果你爱他，请带他去纽约，因为那是天堂；如果你恨他，请带他去纽约，因为那是地狱。&amp;rdquo;电视剧《北京人在纽约》中的这句台词，勾起了每个人对纽约的无限遐想。我们将穿过鳞次栉比的高楼大厦，细细品味纽约这座世界第一大城市的繁荣与沧桑。行程安排：纽约金融财富之旅（自费，150分钟）&amp;rarr;世贸中心观景台（自费，70分钟）&amp;rarr;自由女神环岛游船（自费，60分钟）&amp;rarr;翱翔纽约（自费，60分钟）纽约金融财富之旅：第一站：英雄峡谷&amp;rarr;伍尔沃斯大楼&amp;rarr;柏路大楼（1899-1901年间世界最高的摩天大楼）&amp;rarr;波特大厦&amp;rarr;圣保罗教堂&amp;rarr;电报大楼第二站：公平大厦&amp;rarr;三一教堂&amp;rarr;联邦储蓄银行&amp;rarr;联邦大厅&amp;rarr;纽约证券交易所&amp;rarr;特朗普大楼&amp;rarr;德意志银行旧址（大通银行旧址）&amp;rarr;华尔街铜牛&amp;rarr;海关大楼&amp;rarr;标准石油大楼&amp;rarr;标准普尔大厦第三站：洛克菲勒中心（途经纽约钻石区、国际宝石大厦）第四站：普利策喷泉&amp;rarr;大军团广场&amp;rarr;广场饭店&amp;rarr;时代广场&amp;rarr;纳斯达克特别说明：1.纽约金融财富之旅景点游览方式为车游+轻徒步，体力要求适中。2.以上景点均为外观。景点介绍：【纽约金融财富之旅NewYorkCityFortuneTour】曼哈顿的金融梦，在纽约绽放，这里几乎聚集了世界最顶尖的金融机构。今天我们将在世界金融中心纽约参观一些经典地标建筑，英雄峡谷、柏路大楼、三一教堂、纽约证券交易所、洛克斐勒中心等等，感受浓郁的金融商业气息。【世贸中心观景台OneWorldTradeCenterObservatory】新世贸大厦中心一号楼，又名&amp;ldquo;自由塔&amp;rdquo;，坐落于911袭击事件中倒塌的原世界贸易中心的旧址。1776英尺的高度让新世贸成为美国最高、世界第三高的建筑物，此高度是为纪念1776年签署的《美国独立宣言》而定的。宾客抵达时，大型视讯板会依序播放各种语言的欢迎致词，宾客的家乡也会被特别标记在动态产生的世界地图上。体验「心声」的活动，聆听建造大楼的工作人员叙述各自背后的故事；「地基」活动将让宾客近距离观察建筑物所屹立的岩床。从全球欢迎中心，到可以体验虚拟延时的宾客电梯，再到震撼人心的视频展示，最后360度全方位观景的发现层，每一个细节都是参观此处的加分项。【自由女神环岛船LibertyCruise】乘坐自由女神环岛游船开启一小时哈德逊河游览之旅，途中会看到曼哈顿天际线和哈德逊河两岸风光，远眺帝国大厦和世贸大楼。游船在自由女神像旁缓缓驶过，可以清楚的看见自由女神头戴光芒四射的冠冕，高举自由火炬，手捧《独立宣言》，宏伟瞩目，象征着美国人民争取自由的崇高理想和对美好生活的向往与追求。【翱翔纽约RiseNY】位于时代广场，以沉浸式体验带您穿越纽约充满活力的流行文化与历史变迁。从市政厅地铁站的复刻出发，参观涵盖金融、电影、时尚、音乐、天际线、电视广播和百老汇的七大展厅，欣赏珍贵展品与经典布景。最后登上高科技飞行剧院，在逼真的8K空中视角中俯瞰纽约地标，感受如亲临其境的震撼旅程。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -260,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述纽约金融财富之旅NewYorkCityFortuneTour成人：$58.50老人（65岁及以上）：$58.50儿童（3-12岁）：$48.50世贸中心观景台OneWorldObservatory成人：$53.35老人(65+岁)：$51.17儿童(6-12岁)：$46.82自由女神环岛游船LibertyCruise成人：$48.00老人（65+岁）：$42.50儿童（12岁以下）：$42.50现代艺术博物馆MuseumofModernArt成人：$30.00老人(65岁及以上)：$22.00兒童(16岁及以下)：$0.00备注：感恩节和圣诞节期间闭馆。</w:t>
+              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述翱翔纽约RiseNY成人：$48.99儿童（3-12岁）：$45.72纽约金融财富之旅NewYorkCityFortuneTour成人：$58.50老人（65岁及以上）：$58.50儿童（3-12岁）：$48.50世贸中心观景台OneWorldObservatory成人：$53.35老人（65+岁）：$51.17儿童（6-12岁）：$46.82自由女神环岛游船LibertyCruise成人：$47.42老人（65+岁）：$43.27儿童（4-11岁）：$43.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>