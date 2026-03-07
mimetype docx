--- v0 (2025-10-23)
+++ v1 (2026-03-07)
@@ -111,255 +111,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将从纽约出发，首先前往风景秀丽，峡谷和瀑布美景并存的沃特金斯峡谷州立公园。随后抵达瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：纽约出发&amp;rarr;沃特金斯峡谷州立公园（自费，60分钟，公园关闭后行程将前往康宁玻璃中心）&amp;rarr;酒店&amp;rarr;尼亚加拉瀑布夜景游（自费，90分钟）特殊说明：1.由于巴士进入沃特金斯峡谷州立公园需要停车费与许可证，因此需额外收取$15/人费用。如遇暴风雨天气，出于安全考虑，本公司有权更改或取消该景点。2.若沃特金斯峡谷州立公园关闭，行程将调整为前往康宁玻璃中心（自费）参观。景点介绍：【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
+              <w:t xml:space="preserve">今天，我们将从纽约出发，首先前往风景秀丽，峡谷和瀑布美景并存的沃特金斯峡谷州立公园和五指湖。随后抵达瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：纽约&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，仅限沃特金斯峡谷州立公园开放期间前往）&amp;rarr;尼亚加拉瀑布夜景深度游（必付项目，90分钟）特别说明：1.沃特金斯峡谷州立公园+五指湖是夏季行程，在州立公园开放（一般是每年5-10月）后前往，实际入园日期请以官网披露为准。若沃特金斯峡谷州立公园关闭，行程将调整为前往康宁玻璃中心（自费，90分钟）参观。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将从纽约出发，首先前往风景秀丽，峡谷和瀑布美景并存的沃特金斯峡谷州立公园和五指湖。随后抵达瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：纽约&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，沃特金斯州立公园关闭后行程将不再前往）&amp;rarr;尼亚加拉瀑布夜景深度游（必付项目，90分钟）特别说明：1.沃特金斯峡谷州立公园是夏季行程，在峡谷开放（一般是每年4-10月）后执行，实际入园日期请以官网披露为准。若沃特金斯峡谷州立公园关闭，行程将调整为前往康宁玻璃中心（自费，90分钟）参观。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
-[...152 lines deleted...]
-              <w:t xml:space="preserve">早上从多伦多出发前往加拿大境内的千岛，它位于加拿大与美国之间的圣劳伦斯河上，星罗棋佈着1864座独立岛屿。登上游艇，途径千岛最出名最有魅力的风景名胜，在返程之前，可购买免税商品。晚上8:00左右返回纽约。行程安排：多伦多&amp;rarr;千岛&amp;rarr;加拿大千岛游船（自费，60分钟）&amp;rarr;纽约景点介绍：【加拿大千岛游船ThousandIslandsCruise】安大略湖的湖水流出注入圣罗伦斯河，在圣罗伦斯河河湾有大小天然岛屿1865个,人工岛屿1个，被称作千岛湖，又叫圣劳伦斯群岛国家公园。千岛湖游船让你领略无限的风光，在岛屿边上你将看到历史遗留下来的各种痕迹。可以乘坐游船在群岛间悠游和欣赏大小不同、姿态各异的豪宅与岛屿。</w:t>
+              <w:t xml:space="preserve">在尼亚加拉瀑布进行一系列活动后，我们将前往多伦多，这是北美洲国家加拿大安大略省首府，加拿大的最大城市，目前多伦多的低犯罪率、洁净的环境、高生活水平、以及对多样文化的包容性，令该市被多个经济学智囊团列为世界上最宜居的城市之一。行程安排：尼亚加拉瀑布（加境）&amp;rarr;尼亚加拉IMAX电影（加境）（自费，30分钟）&amp;rarr;尼亚加拉瀑布船（自费，30分钟）&amp;rarr;天龙塔观瀑，午餐（自费，120分钟）&amp;rarr;多伦多&amp;rarr;多伦多游船（自费，60分钟）&amp;rarr;加拿大国家电视塔（自费，60分钟）&amp;rarr;雷普利水族馆（自费，60分钟）&amp;rarr;多伦多唐人街（60分钟，您可自费享用传统中餐）特别说明：1.如遇多伦多游船关闭，则该景点将替换为卡萨罗马皇家古堡（自费，60分钟）。景点介绍：【尼亚加拉IMAX电影（加境）IMAX:Niagara(Canadaside)】在IMAX影院近距离观看尼亚加拉瀑布的故事！在45分钟内，这些故事将让您终生难忘！电影屏幕比普通电视屏幕大4500倍。12,000瓦的地板震动数位环绕声，给您身临其境的观影体验。无论是翻越尼亚加拉大瀑布、攀登珠穆朗玛峰，还是以每小时230英里的速度在印地赛道上飞驰，IMAX电影一定会带您前往从未到过的地方！【尼亚加拉瀑布船VoyagetotheFallsBoatTour】尼亚加拉瀑布船始终是尼加拉瀑布最有名的玩乐方式，穿上薄薄的红色雨衣，搭上那艘白色的双层游船，最刺激的瀑布之旅便展开了。看起来颇有历史却很坚固的尼亚加拉瀑布船，会从河岸一路勇猛地驶向瀑布，并进入瀑布的马蹄形中转圈，丰沛的河水有如万马奔腾向你扑来，顿时船上的陌生人似乎都变成同船共渡的沦落人，就在一片朦胧水花中，你可以亲身感受瀑布的气势和威力。脱离暴风圈之后的遊船，有如历劫归来的小船，摇摇晃晃地飘向美国瀑布，天气晴朗时，太阳光和水气交织出又长又美的彩虹，投射在名副其实的&amp;ldquo;彩虹大桥&amp;rdquo;前。【观瀑天龙塔SkylonTower】观瀑天龙塔可以让游客更好地观看尼亚加拉瀑布的全景，是距离马蹄瀑布最近的一座塔。高达百余米。通往塔顶瞭望台的电梯一半镶着玻璃，可以在电梯升降的同时欣赏风景。塔里设有剧院和游戏场所，最上层是旋转餐厅。您将有机会在著名的360度旋转餐厅享用美食，或者在塔楼的SummitSuite自助餐厅享受更适合家庭出游的休闲餐饮。美景尽收眼底，在距尼亚加拉瀑布775英尺之上，无论是两人的浪漫一餐，还是一家人出来度假，放松全身，都可尽情享受豪华优越的就餐环境和世界一流的烹饪美食吧！就餐期间Ride-to-the-Top和Indoor/Outdoor观景台尼亚加拉大瀑布可免费进入。景点介绍：【多伦多游船TorontoSightseeingHarbourTour】登上一艘两层的五大湖蒸汽船，在多伦多内港进行60分钟令人振奋的游览，从港口欣赏多伦多的美丽风景！享受60分钟观光海港之旅，探索多伦多港的大小景点，获得观赏城市的独特视角以及多伦多天际线和其他景观。【卡萨罗马皇家古堡CasaLomaRoyalCastle】位于高处俯瞰着多伦多市，是一座具有百年历史的并拥有98所房间的城堡，是梦幻般建筑的代表，彷佛带你回到爱德华时代。你可以静悄悄地穿过蜿蜒曲折、延伸到城堡各处的秘密通道，参观刻有时代印记的装饰精美的房间，寻访沉淀了百年的传奇记忆；也可以走上塔楼欣赏多伦多迷人的独特风景。众多好莱坞电影曾在这里取景，很多慈善活动和上流社会的派对时常也会在这里举办。一楼的大厅天花板是美丽的石膏和精致的雕花，从伊莉莎白时代的宫殿获取灵感而建。。【加拿大国家电视塔CNTower】加拿大国家电视塔是多伦多的标志，也是游客到多伦多市必看的景点。自上而下由基座、观景台、“天空之盖”和天线塔4部分组成。电视塔最独特之处是在观景台所建的玻璃地面，这块呈扇形的玻璃地面有342米高，几乎让每个尝试踏月这块地面的游客都是跃跃欲试，带着“冒险”的心情走上去挑战自己。【多伦多雷普利水族馆Ripley'sAquariumofCanada】加拿大雷普利水族馆位于加拿大多伦多市中心，就在著名的CN塔的东南方，为加拿大最大水族馆。这里有超过16000种海洋生物，并以一条最长的96米的移动通道为特色，设在一段透明的观光隧道中，头上即是包括鲨鱼、大型的鳐与其栖息的礁湖。游客们将在游乐的同时受到启发去关爱和保护珍贵的水世界。【多伦多唐人街Toronto'sChinatown】多伦多唐人街自1878年起，由来自新加坡、越南等地的华侨聚居在此逐渐形成规模。目前这里汇集了多家中国餐厅、商店、蔬果市场、推拿中心等，装饰和风格颇具中国特色。每年春节是唐人街非常热闹的时候，特色的舞龙游行在喧天锣鼓的伴奏下进行，热闹非凡。每年6月在安大略湖举办的龙舟大赛，已成为多伦多夏季的文娱盛事。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -464,51 +311,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00康宁玻璃中心CorningMuseumofGlass成人：$22.00老人(62+岁)：$19.00儿童(17岁以下)：$0.00尼亚加拉IMAX电影（加境）IMAX:Niagara(Canadaside)成人（13岁及以上）：$14.65老人（65岁及以上）：$14.65儿童（4-12岁）：$10.75尼亚加拉瀑布船+公园许可证VoyagetotheFallsBoatTour-Niagara+ParkPermit成人：$39.51老人(65+岁)：$39.51儿童(5-12岁)：$28.21多伦多游船TorontoSightseeingHarbourTour成人（13岁及以上）：$33.79老人（65岁及以上）：$33.79儿童（4-12岁）：$25.88卡萨罗马皇家古堡CasaLoma成人：$40.00老人（65+岁）：$35.00青年（14-17岁）：$35.00儿童（4-13岁）：$20.00多伦多雷普利水族馆Ripley'sAquariumofCanada成人：$49.72老人（65+岁）：$32.77青年（6-13岁）：$32.77儿童（3-5岁）：$14.13天龙观瀑塔SkylonTower成人：$21.47老人(65+岁)：$21.47儿童(4-12岁)：$10.74多伦多海鲜晚餐(TR3&amp;TR4)TorontoSeafoodDinner成人：$37.00老人(65+岁)：$37.00儿童(3-12岁)：$27.00加拿大国家电视塔CNTower成人（14-64岁）：$48.59老人（65+岁）：$33.90青年（6-13岁）：$33.90儿童（3-5岁）：$15.82天龙塔旋转餐厅（登塔+午餐）SkylonTower+Lunch成人：05/01/2024前：$54.00；05/01/2024起：$59.00老人（65+岁）：05/01/2024前：$54.00；05/01/2024起：$59.00儿童（3-12岁）：05/01/2024前：$45.00；05/01/2024起：$50.00加境千岛游船ThousandIslandsCruise成人：$36.20老人（65+岁）：$31.70儿童（3-12岁）：$23.80美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$25.00儿童（12岁以下）：$11.00-$20.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人：$45.00老人（65岁及以上）：$45.00儿童（3-12岁）：$35.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00康宁玻璃中心CorningMuseumofGlass成人：$25.00老人（62岁及以上）：$22.00儿童（17岁以下）：$0.00尼亚加拉IMAX电影（加境）IMAX:Niagara(Canadaside)成人（13岁及以上）：$14.65老人（65岁及以上）：$14.65儿童（4-12岁）：$10.75尼亚加拉瀑布船+公园许可证VoyagetotheFallsBoatTour-Niagara+ParkPermit成人：$48.53老人(65+岁)：$48.53儿童(5-12岁)：$31.58多伦多游船TorontoSightseeingHarbourTour成人：$37.24儿童（4-12岁）：$22.55卡萨罗马皇家古堡CasaLoma成人：$47.17老人（65+岁）：$42.00青年（14-17岁）：$42.00儿童（4-13岁）：$31.67多伦多雷普利水族馆Ripley'sAquariumofCanada成人：$51.98老人（65+岁）：$33.90青年（6-13岁）：$33.90儿童（3-5岁）：$15.26天龙观瀑塔SkylonTower成人：$22.34老人(65+岁)：$22.34儿童(4-12岁)：$12.17多伦多海鲜晚餐(TR3&amp;TR4)TorontoSeafoodDinner成人：$37.00老人(65+岁)：$37.00儿童(3-12岁)：$27.00加拿大国家电视塔CNTower成人（14-64岁）：$50.85老人（65+岁）：$36.16青年（6-13岁）：$36.16儿童（3-5岁）：$18.08天龙塔旋转餐厅（登塔+午餐）SkylonTower+Lunch成人：$59.00老人（65+岁）：$59.00儿童（3-12岁）：$50.00加境千岛游船ThousandIslandsCruise成人：$39.50老人（65+岁）：$39.50儿童（3-12岁）：$25.94美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>