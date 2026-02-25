--- v0 (2025-11-03)
+++ v1 (2026-02-25)
@@ -111,408 +111,204 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将从旧金山出发，穿越加州和内华达州，抵达世界赌城-拉斯维加斯。景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">今天我们将从旧金山出发，穿越加州和内华达州，抵达世界赌城-拉斯维加斯。行程安排：旧金山&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜景游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightViewTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将从旧金山出发，穿越加州和内华达州，抵达世界赌城-拉斯维加斯。行程安排：旧金山&amp;rarr;拉斯维加斯&amp;rarr;拉斯维加斯夜景游（自费）景点介绍：【拉斯维加斯夜景游(AG)LasVegasNightTour】夜幕降临、华灯初上的赌城是霓虹灯的海洋，是五彩缤纷的光影世界。五公里长的拉斯维加斯大道一晚的用电量可以供一个50万人口的城市用一年，这里的建筑更是融合了全世界的精华，是当之无愧人类工程学上的奇迹，也是最具美国特色的城市！</w:t>
+              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇。即使沧海桑田，斗转星移，时间在大峡谷刻下了长情的告白。置身其中，蔚为壮观。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾！夜宿佩吉。行程安排：拉斯维加斯&amp;rarr;乘坐直升机观赏大峡谷（自费，30分钟）&amp;rarr;南大峡谷（必付项目，40分钟）&amp;rarr;东大峡谷（必付项目，45分钟）&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;佩吉景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。景点介绍：【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇。即使沧海桑田，斗转星移，时间在大峡谷刻下了长情的告白。置身其中，蔚为壮观。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾！夜宿佩吉。行程安排：拉斯维加斯&amp;rarr;乘坐直升机观赏大峡谷（自费，30分钟）&amp;rarr;南大峡谷（必付项目，40分钟）&amp;rarr;东大峡谷（必付项目，45分钟）&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;佩吉景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
+              <w:t xml:space="preserve">早上前往全世界最奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴！跟随纳瓦霍印第安向导进入彩穴。彩穴岩壁融合了千百年来风和洪流的侵蚀，呈完美的波浪形，仿佛是一副抽像画。随后前往大峡谷的起源点-包伟湖。沿着狭长的谷缝观赏包伟湖，惠风和畅，碧波如镜，红石如焰，此刻只愿偷得浮生半日闲。行程安排：佩吉&amp;rarr;下羚羊彩穴（自费，120分钟）&amp;rarr;包伟湖（必付项目，90分钟，可自费体验皮划艇）&amp;rarr;拉斯维加斯（可自费参加夜景游）特别说明：1.03/20/2026-10/23/2026皮划艇开放期间，可自费体验皮划艇，此外时间段皮划艇关闭，包伟湖停留时间届时将调​​整为：60分钟。2.下羚羊彩穴将于01/12/2026-01/18/2026期间关闭维修，受此影响，在此期间原行程安排将改为：羚羊峡谷X（自费，120分钟）。3.为保障儿童安全，羚羊峡谷X明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。景点介绍：【包伟湖LakePowell】地属印第安人和国家公园共同开发区，鲍威尔湖除了拥有庞大的水量外，还拥有世界上稀有的奇观之一水上峡谷。它就如同嵌在赤橙色科罗拉多高原上的碧玉，也是大峡谷上的峡湾。您可途径葛兰大坝，在包伟湖畔停留拍照，或乘坐皮划艇，穿越世界上最著名的槽谷之一，与包伟湖来一场亲密邂逅，享受绝美的包伟湖全景。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇。即使沧海桑田，斗转星移，时间在大峡谷刻下了长情的告白。置身其中，蔚为壮观。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾！夜宿佩吉。行程安排：拉斯维加斯&amp;rarr;乘坐直升机观赏大峡谷（自费，30分钟）&amp;rarr;南大峡谷（40分钟）&amp;rarr;东大峡谷（45分钟）&amp;rarr;马蹄湾（60分钟）&amp;rarr;佩吉景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
-[...203 lines deleted...]
-              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。行程安排：拉斯维加斯&amp;rarr;旧金山</w:t>
+              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。行程安排：拉斯维加斯&amp;rarr;拉斯网红欢迎招牌打卡（必付项目，20-30分钟）&amp;rarr;旧金山</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -566,83 +362,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述AG系列必付费用AGMandatoryFee每人：$70.00包含：东大峡谷、南大峡谷、包伟湖、马蹄湾南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：01/01/2025前：$27.00；01/01/2025起：$32.003岁以上同价南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：01/01/2025前：$13.00；01/01/2025起：$15.00南峡谷直升机GrandCanyonSouthRimHelicopter每人：$289.003岁以上同价包含：燃油附加费南峡谷小飞机SouthCanyonMiniatureAircraft每人：$228.003岁以上同价包含：燃油附加费拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.两人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。成人秀FantasyShow【现付】每人：$85.00场次：10:30pm日期：每天年龄限制：需18岁以上太阳剧团欧秀OShow【现付】每人：$253.00场次：7pm或9:30pm日期：周三、周四、周五、周六、周日年龄限制：儿童需5岁以上秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。戴维魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00儿童需5岁以上大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$155年龄限制：儿童需5岁以上戴维魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$165年龄限制：儿童需5岁以上大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$128年龄限制：儿童需5岁以上猛男秀ThunderfromDown【现付】成人：$90.00场次：9pm或11pm（11pm仅限周四、周日）日期：周一、周三、周四、周日年龄限制：需18岁以上太阳剧团KA秀KAShow【现付】每人：$135.00场次：7pm或9:30pm日期：周一、周二、周三、周六、周日年龄限制：需5岁以上蓝人秀BlueManGroup【现付】每人：$116.00场次：8pm日期：每天年龄限制：需5岁以上迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00场次：7pm或9:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$87.00场次：6pm或8:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述羚羊峡谷XAntelopeCanyonX成人：100.00儿童（0-7岁）：$70.00包含当地接送及向导服务费为保障儿童安全，景区明确规定：0-8岁儿童参观时，须由监护人自带安全座椅。未按要求携带安全座椅的儿童，将无法入内参观，敬请谅解。AG系列必付费用（SF）AGMandatoryFee每人：$80.00包含：东大峡谷、南大峡谷、包伟湖、马蹄湾、拉斯网红欢迎招牌打卡南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00南峡谷直升机GrandCanyonSouthRimHelicopter每人：$299.003岁以上同价包含：燃油附加费预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.四人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.预计开放时间：03/20/2026-10/23/2026。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00秀票价格会有浮动，所有价格请以实际预定当天为准。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。AG44天前五排座位费用AG44-DayBusFrontRowSeat每人：$60.00限大巴前五排18个座位</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">如您选择在洛杉矶离团，我司可安排拉斯维加斯-洛杉矶送站服务，价格为$50.00/人。具体行程安排为：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯（自费，90分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶如您选择不参加自费项目，可在酒店内自由活动。洛杉矶下车点如下：1.PicoHouseLosAngeles；424NMainSt,LosAngeles,CA90012；2.LincolnPlazaHotel停车场；123SLincolnAve,MontereyPark，CA91755；3.Starbucks-TheSquareIrvine；17913MacArthurBlvd,Irvine,CA92614；4.Motel6FountainValley停车场；9125RecreationCir,FountainValley,CA92708；5.SheratonSanGabriel；303EValleyBlvd,SanGabriel,CA91776；此送站点只限酒店住客，需提供酒店确认号。6.HartfordHotel,BWSignatureCollectionRosemead；8832GlendonWay,Rosemead,CA91770；7.HowardJohnsonFullerton停车场；222W.HoustonAve.Fullerton,CA92832；8.99RanchMarketRowlandHeights（罗兰岗99大华超市，面朝GaleAve.方向）；1015NogalesSt,RowlandHeights,CA91748；9.99RanchRanchoCucamonga；9775BaseLineRd,RanchoCucamonga,CA91730；</w:t>
+              <w:t xml:space="preserve">1.如您选择在洛杉矶离团，我司可安排拉斯维加斯-洛杉矶送站服务，价格为$50.00/人。具体行程安排为：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店（60分钟）&amp;rarr;飞跃拉斯维加斯（自费，25分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶如您选择不参加自费项目，可在酒店内自由活动。洛杉矶下车点如下：1.PicoHouseLosAngeles；424NMainSt,LosAngeles,CA90012；2.LincolnPlazaHotel停车场；123SLincolnAve,MontereyPark，CA91755；3.Starbucks-TheSquareIrvine；17913MacArthurBlvd,Irvine,CA92614；4.Motel6FountainValley停车场；9125RecreationCir,FountainValley,CA92708；5.SheratonSanGabriel；303EValleyBlvd,SanGabriel,CA91776；此送站点只限酒店住客，需提供酒店确认号。6.HartfordHotel,BWSignatureCollectionRosemead；8832GlendonWay,Rosemead,CA91770；7.HowardJohnsonFullerton停车场；222W.HoustonAve.Fullerton,CA92832；8.99RanchMarketRowlandHeights（罗兰岗99大华超市，面朝GaleAve.方向）；1015NogalesSt,RowlandHeights,CA91748；9.99RanchRanchoCucamonga；9775BaseLineRd,RanchoCucamonga,CA91730；2.自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>