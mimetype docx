--- v0 (2025-10-28)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】美国 纽黑文+罗德岛+波士顿 2日游 -行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">【银榜惠享】美国 纽黑文+罗德岛+波士顿 2日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,153 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们首先会抵达纽黑文市，参观耶鲁大学。接着前往位于罗得岛的新港，这里是新英格兰地区避暑胜地，以豪宅著称。傍晚时分到达波士顿。行程安排：纽约&amp;rarr;纽黑文&amp;rarr;耶鲁大学校园游（自费，60分钟）&amp;rarr;新港市&amp;rarr;听涛山庄（自费，90分钟）&amp;rarr;波士顿景点介绍：【耶鲁大学YaleUniversity】耶鲁大学始创于1701年，是常春藤盟校之一，出过5位美国总统，坐落于康涅狄格州纽黑文。该校被称作&amp;ldquo;美国美丽的城市校园&amp;rdquo;，漂亮的哥特式建筑与现代化建筑交相互映，整个校园弥漫着古典的浪漫和现代的精英气息。【听涛山庄TheBreakers】在罗德岛这个豪宅遍布的地方，听涛山庄显得十分的突出,它是美国铁路大亨范德比尔特家族的避暑山庄。在这里，可以亲身感受到美国淘金时期的财富荣耀。因为山庄背靠大海，大海拍击崖壁的浪涛声不绝于耳，所以被称为听涛山庄。山庄后面有一个面积很大的花园草坪，在这里可以感受到面朝大海，春暖花开的惬意~</w:t>
-[...101 lines deleted...]
-              <w:t xml:space="preserve">剑桥市是世界知名学府哈佛大学和麻省理工所在地，留影于闻名世界的谎言雕像－哈佛雕像和麻省理工学院主教学楼。而与之接壤的波士顿是美国马萨诸塞州的首府和最大城市，也是新英格兰地区的最大城市。乘坐波士顿观港船，从水上视角欣赏不一样的波士顿；前往新英格兰水族馆，这里是认识海洋生物的好去处；在昆西市场感受波士顿古老的文化遗产，购买纪念品与品尝地道美食；登上保诚大厦52层的云端漫步观景台，波士顿城市景观尽收眼底！行程安排：酒店&amp;rarr;哈佛大学校园深度游（自费，80分钟）&amp;rarr;麻省理工学院（途经）&amp;rarr;波士顿&amp;rarr;波士顿观港船（自费，60分钟）&amp;rarr;新英格兰水族馆（自费，60分钟）&amp;rarr;昆西市场（自费品尝波士顿龙虾餐，60分钟）&amp;rarr;波士顿云端漫步观景台（自费，50分钟）&amp;rarr;纽约景点介绍：【哈佛大学校园深度游HarvardUniversityIn-DepthTour】哈佛大学是一所位于美国马萨诸塞州的私立研究型大学，为常春藤盟校之一，在世界上享有顶尖学术地位、声誉、财富和影响力，被誉为美国政府的思想库。校园内由红砖砌成的教学楼和建筑物，多呈哥特式风格，却又各具特色。深度游是由富有领导魅力的哈佛大学学生带领的，在游览过程中，学生会以自己的角度为您讲解他们熟知的哈佛校园，不再是千篇一律的历史解说，而是有趣味性的小故事加上学生们的独特见解，让您印象深刻。【波士顿观港船BostonHarborCruise】从水上游览波士顿，见证这里的历史，人物，遗址，故事以及其他的许许多多-波士顿拥有着这一切。波士顿港是西半球最古老的不断活跃的海港。在欧洲人到达四千年之前，土著人民将麻塞诸塞州湾作为繁忙的交易区域。欧洲麻塞诸塞湾殖民地建成后，海港成为主要的商业中心。波士顿港观港船向乘客展现了这样一个迷人的城市。徜徉于平静的港湾,极目远眺，城市的建筑物在天空的映衬下挺拔壮阔。【新英格兰水族馆NewEnglandAquarium】因拍摄《海王》被大家熟知的新英格兰水族馆是游玩、观察、认识各种鱼类、海鸟、海龟、珊瑚等海洋生物的好去处。水族馆中间是一个圆柱形水族箱，巨大的海龟、美丽的珊瑚、迷你的海马以及各种鱼类畅游其中，游人可以循着此水族箱的环形通道，一层一层往上参观。每一层的四周是各种物种的主题展区，每一物种有其分布，生活习性等介绍，部分展区能够互动，和它们来一次&amp;ldquo;肌肤之亲&amp;rdquo;。【波士顿昆西市场QuincyMarket】昆西市场是波士顿知名的旅游景点和购物场所。昆西市场的特色在于其独特的罗马式建筑风格，大型圆柱和标志性的三角式屋顶、经典的罗马式雕刻大门以及花岗岩建材与现代美式风格的矩形玻璃，成功地将古典美与现代美合二为一。市场旁边两座建筑分别叫南市和北市，荟萃了各种小商店，在这里可以淘到各种波士顿小纪念品。【波士顿云端漫步观景台ViewBostonatPrudentialCenter】观景台位于波士顿第二高楼保诚大厦的52层，您可以在360度露天屋顶平台漫游，在波士顿市中心的制高点饱览全城美景！打卡大屏影院，利用交互技术在波士顿大街小巷里沉浸式自由探索，解锁波士顿地标景点（包括芬威公园）的幕后视角！</w:t>
+              <w:t xml:space="preserve">今天我们首先会抵达纽黑文市，参观耶鲁大学。接着前往位于罗得岛的新港，这里是新英格兰地区避暑胜地，以豪宅著称。傍晚时分到达波士顿。行程安排：纽约&amp;rarr;纽黑文&amp;rarr;耶鲁大学校园游（自费，60分钟）&amp;rarr;新港市&amp;rarr;听涛山庄（自费，90分钟）&amp;rarr;波士顿景点介绍：【耶鲁大学YaleUniversity】耶鲁大学始创于1701年，是常春藤盟校之一，出过5位美国总统，坐落于康涅狄格州纽黑文。该校被称作&amp;ldquo;美国美丽的城市校园&amp;rdquo;，漂亮的哥特式建筑与现代化建筑交相互映，整个校园弥漫着古典的浪漫和现代的精英气息。景点介绍：【听涛山庄TheBreakers】在罗德岛这个豪宅遍布的地方，听涛山庄显得十分的突出,它是美国铁路大亨范德比尔特家族的避暑山庄。在这里，可以亲身感受到美国淘金时期的财富荣耀。因为山庄背靠大海，大海拍击崖壁的浪涛声不绝于耳，所以被称为听涛山庄。山庄后面有一个面积很大的花园草坪，在这里可以感受到面朝大海，春暖花开的惬意~</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -362,83 +260,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述耶鲁大学校园游YaleUniversityIn-DepthCampusTour成人：$25.00老人（65+岁）：$25.00儿童（3-12岁）：$15.00听涛山庄TheBreakersMansion成人：$29.00老人（65+岁）：$29.00儿童（6-12岁）：$10.00必付项目：美国第一之旅TheFirstsofAmericaExplorationTour(Mandatory)成人：$55.00老人（65+岁）：$55.00儿童（3-12岁）：$45.00波士顿观港船BostonHarborCruise成人：$46.00老人（65+岁）：$46.00儿童（3-11岁）：$41.00波士顿龙虾餐BostonLobsterMeal每人：$40.00波士顿云端漫步观景台ViewBostonatPrudentialCenter成人：$34.99老人（65岁+）：$32.99儿童（6-12岁）：$28.99</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：美国第一之旅TheFirstsofAmericaExplorationTour(Mandatory)成人：$55.00老人（65+岁）：$55.00儿童（3-12岁）：$45.00耶鲁大学校园游YaleUniversityIn-DepthCampusTour成人：$25.00老人（65+岁）：$25.00儿童（3-12岁）：$15.00听涛山庄TheBreakersMansion成人：$36.00儿童（6-12岁）：$18.00波士顿观港船BostonHarborCruise成人：$46.00老人（65+岁）：$46.00儿童（3-11岁）：$41.00波士顿龙虾餐BostonLobsterMeal每人：$40.00波士顿云端漫步观景台ViewBostonatPrudentialCenter成人：$37.00老人（65岁+）：$35.00儿童（6-12岁）：$18.00美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>